--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -5,66 +5,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Sertifikacija\DROSIBAS APLIECIBAS\Komercsabiedriibas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{315D70E4-AED9-477D-9226-B690383E7F89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{787FF87F-4C34-4A60-B43C-1C445E6910A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DERIGAS DA" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DERIGAS DA'!$A$2:$G$253</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DERIGAS DA'!$A$2:$G$252</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1764" uniqueCount="1378">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1757" uniqueCount="1375">
   <si>
     <t>Juridiskā adrese un reģistrācijas numurs</t>
   </si>
   <si>
     <t xml:space="preserve">Komercdarbība spēj  nodrošināt saskaņā ar drošības prasībām </t>
   </si>
   <si>
     <t>Drošības apliecība izsniegta</t>
   </si>
   <si>
     <t>Drošības apliecības numurs</t>
   </si>
   <si>
     <t>Komersanta nosaukums</t>
   </si>
   <si>
     <t xml:space="preserve">Drošības apliecība derīga līdz </t>
   </si>
   <si>
     <t>SIA "LDZ ritošā sastāva serviss"</t>
   </si>
   <si>
     <t>SIA RKF "TRANSCELTNIEKS"</t>
   </si>
   <si>
@@ -172,65 +172,59 @@
   <si>
     <t>SIA "WT TERMINAL"</t>
   </si>
   <si>
     <t>SIA "RĪGAS CENTRĀLAIS TERMINĀLS"</t>
   </si>
   <si>
     <t>SIA "DANGAS"</t>
   </si>
   <si>
     <t xml:space="preserve">SIA "BLRT Invest Latvia" </t>
   </si>
   <si>
     <t>SIA "BELAM-RĪGA"</t>
   </si>
   <si>
     <t>SIA "AKZ"</t>
   </si>
   <si>
     <t>SIA "KATISS"</t>
   </si>
   <si>
     <t>SIA "ALEKS CELTNIEKS"</t>
   </si>
   <si>
-    <t>SIA "Riga fertilizer terminal"</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA "EXTRON BALTIC"</t>
   </si>
   <si>
     <t xml:space="preserve"> Daugavgrīvas ielā 93, Rīga, LV-1007,  reģ.Nr.50003874231, t.(+371)67790500</t>
   </si>
   <si>
     <t>SIA "Dors DZ"</t>
   </si>
   <si>
-    <t xml:space="preserve"> Duntes ielā 6, Rīga, LV-1013, reģ.Nr.44103026146, t.(+371)67319416</t>
-[...1 lines deleted...]
-  <si>
     <t>Marijas ielā 1, Daugavpils,  LV-5404, reģ.Nr.40003030219,  t.(+371)65404421</t>
   </si>
   <si>
     <t>AS "LYTAGRA"</t>
   </si>
   <si>
     <t>SIA "TransRailService"</t>
   </si>
   <si>
     <t>SIA "DZELZCEĻA BŪVE"</t>
   </si>
   <si>
     <t xml:space="preserve"> Gunāra Astras ielā 8 k-1 -11, Rīga, LV-1082, reģ. Nr.40003701447, t.(+371) 67599066</t>
   </si>
   <si>
     <t xml:space="preserve"> Katlakalna ielā 11C, Rīga, LV-1073,  reģ.Nr.40103710253, t.(+371)29509797</t>
   </si>
   <si>
     <t xml:space="preserve"> Lietuvas ielā 16A, Eleja, Elejas pag., Jelgavas nov., LV-3023, reģ.Nr.58503007191, t.(+371)63025898</t>
   </si>
   <si>
     <t>Brīvības ielā 123, Liepāja, LV-3401, reģ.Nr.52103019951,   t.(+371)63486363</t>
   </si>
   <si>
     <t>SIA "Reck"</t>
@@ -284,5411 +278,5038 @@
     <t>Daugavgrīvas ielā 83, Rīga, LV-1007, reģ.Nr.50103063881, t.(+371)29403445</t>
   </si>
   <si>
     <t xml:space="preserve">AS "Ventspils Grain Terminal" </t>
   </si>
   <si>
     <t>SIA "DZELZCEĻŠA"</t>
   </si>
   <si>
     <t>Rubenes ielā 45-25, Valmiera, LV-4201, reģ.Nr.44103098500</t>
   </si>
   <si>
     <t>A/S "DAUGAVPILS LOKOMOTĪVJU REMONTA RŪPNĪCA"</t>
   </si>
   <si>
     <t>SIA "ABAVA"</t>
   </si>
   <si>
     <t xml:space="preserve"> Laivinieku ielā 11, Rīga, LV-1015,  reģ.Nr.40003355501, t.(+371)67353323</t>
   </si>
   <si>
     <t>SIA "ROLANDS S"</t>
   </si>
   <si>
     <t>AS "Latvenergo"</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Pulkveža Brieža ielā 12, Rīga, LV-1010, reģ.Nr.40003032949, t.(+371)67728222</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> (AS "Latvenergo" dzelzceļa pievedceļi, stacijā Rīga Preču, valsts reģistrācijas indekss: 130)</t>
     </r>
   </si>
   <si>
-    <t>AS "Latvijas balzams"</t>
+    <t>Zasas ielā 5-3, Rīga, LV-1057, reģ.Nr.40003620112,  t.(+371)67237321</t>
+  </si>
+  <si>
+    <t>LSEZ SIA "Ekers Stividors LP"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIEPĀJAS SPECIĀLĀS EKONOMISKĀS ZONAS PĀRVALDE </t>
+  </si>
+  <si>
+    <t>Kalna ielā 68A, Rīga, LV-1003, reģ.Nr.40103692371, t.(+371)67897650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "RDZ Energy"  </t>
+  </si>
+  <si>
+    <t>SIA "L-EKSPRESIS"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Tvaika ielā 64, Rīga, LV-1005, reģ.Nr.40103040459, t.(+371)67383696</t>
+  </si>
+  <si>
+    <t>Cempu ielā 13, Valmiera, LV-4201, reģ.Nr.40003031676, t.(+371)64202216</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(AS "VALMIERAS STIKLA ŠĶIEDRA" dzelzceļa pievedceļi, stacijā Valmiera, valsts reģistrācijas indekss: 186)</t>
+    </r>
+  </si>
+  <si>
+    <t>01.04.2021.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS "VIRŠI-A" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kalna ielā 17, Aizkraukle, Aizkraukles pag., Aizkraukles nov., LV-5101, reģ.Nr.40003242737, t.(+371)65133677</t>
+  </si>
+  <si>
+    <t>12.04.2021.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Agroserviss", Kauguru pag., Beverīnas nov., LV-4224, reģ.Nr.44103001689, t.(+371)64235427</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "AGROSERVISS VALMIERA" dzelzceļa pievedceļi, stacijā Valmiera, valsts reģistrācijas indekss: 239)</t>
+    </r>
+  </si>
+  <si>
+    <t>Flotes ielā 12A, Rīga, LV-1016, reģ.Nr.40003449972, t.(+371)67806010</t>
+  </si>
+  <si>
+    <t>SIA "LGT Stividors"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dzintaru ielā 3A, Ventspils, LV-3602, reģ.Nr.40103963869, t.(+371)29209724</t>
+  </si>
+  <si>
+    <t>SIA "Ventspils Port Services"</t>
+  </si>
+  <si>
+    <t>Liepājas speciālās ekonomiskās zonas sabiedrība "BALTIC TRANSSHIPMENT CENTER" SIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Turaidas ielā 24, Liepāja, LV-3414, reģ.Nr.42103021545, t.(+371)63407196</t>
+  </si>
+  <si>
+    <t>Zaļajā ielā 13, Garkalne, Garkalnes nov., LV-2137,                         reģ.Nr.40003276790, t.(+371)29130503</t>
+  </si>
+  <si>
+    <t>Uriekstes ielā 28, Rīga, LV-1005, reģ.Nr.40003847462, t.(+371)67518297</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mazajā Rencēnu ielā 4, Rīga, LV-1073, reģ.Nr.40103468575, t.(+371)20285331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gunāra Astras ielā 8B, Rīga, LV-1082, reģ.Nr.40103402893,  t.(+371)67599066
+</t>
+  </si>
+  <si>
+    <t>SIA LSEZ "LASKANA"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brīvostas ielā 40, Liepāja, LV-3405, reģ.Nr.40003135151, t.(+371)63423111</t>
+  </si>
+  <si>
+    <t>Tirzas ielā 1, Rīga, LV-1024, reģ.Nr.40103031530, t.(+371)67546517</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "AKVARIUS" dzelzceļa pievedceļš Nr.40, stacijā Rēzekne 2, valsts reģistrācijas indekss: 197, SIA "AKVARIUS" dzelzceļa pievedceļš Nr.16, stacijā Stende, valsts reģistrācijas indekss: 501)</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "Vlavi Serviss"</t>
+  </si>
+  <si>
+    <t>SIA "X-MET"</t>
+  </si>
+  <si>
+    <t>M.Ķempes ielā 2 - 1, Liepāja, LV-3407, reģ.Nr.42103029318, t.(+371)29250061</t>
+  </si>
+  <si>
+    <t>SIA "ALPIK CARGO"</t>
+  </si>
+  <si>
+    <t>Ķieģeļu ielā 8P, Daugavpils, LV-5401, reģ.Nr.41503075116, t.(+371)29250061</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "ALPIK CARGO" dzelzceļa pievedceļi, stacijā Grīva, valsts reģistrācijas indekss: 11 01 05)</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "KS Terminal"</t>
+  </si>
+  <si>
+    <t>Zilajā ielā 22, Rīga, LV-1007, reģ.Nr.40003500280, t.(+371)67065500</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "KS Terminal" dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 576)</t>
+    </r>
+  </si>
+  <si>
+    <t>Alīses ielā 3, Rīga, LV-1046, reģ.Nr.40103716379, t.(+371)67070001</t>
+  </si>
+  <si>
+    <t>Katlakalna ielā 9, Rīga, LV-1073, reģ.Nr.40003802180, t.(+371)27785540</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "BLRT Invest Latvia" dzelzceļa pievedceļi, stacijā Rīga Preču, valsts reģistrācijas indekss: 179)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "LogKom"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marijas ielā 1, Daugavpils, LV-5404, reģ.Nr.41503076323, t.(+371)65404421</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(A/S "DAUGAVPILS LOKOMOTĪVJU REMONTA RŪPNĪCA" dzelzceļa pievedceļi, stacijā Daugavpils, valsts reģistrācijas indekss: 253)</t>
+    </r>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>IP</t>
+  </si>
+  <si>
+    <t>IP+I</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IP </t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Bruņinieku ielā 73, Rīga, LV-1009, reģ.Nr.40003208455, t.(+371) 67272404</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eksporta ielā 15 k-1, Rīga, LV-1045, reģ.Nr.40103626836, t.(+371)20210232</t>
+  </si>
+  <si>
+    <t>SFĒRA</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla))</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(AS "LATVIJAS FINIERIS" dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 177) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "VARS" dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 505)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(AS "VIRŠI-A" dzelzceļa pievedceļi, stacijā Aizkraukle, valsts reģistrācijas indekss: 364, 426, Aizkraukles rajona padomes pievedceļi, stacijā Aizkraukle, valsts reģistrācijas indekss: 209)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "Latvijas nacionālā nekustamo īpašumu aģentūra" dzelzceļa pievedceļi, stacijā  Zaļumi, valsts reģistrācijas indekss: 144)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: LIEPĀJAS SPECIĀLĀS EKONOMISKĀS ZONAS PĀRVALDES dzelzceļa pievedceļi Nr.53-56,  stacijā Liepāja)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: LIEPĀJAS SPECIĀLĀS EKONOMISKĀS ZONAS PĀRVALDES dzelzceļa pievedceļš Nr.22, stacijā Liepāja)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "ARVORE"</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma tehniskā apkope  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa zemes nodalījuma joslas uzturēšana)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> Matrožu ielā 15, Rīga, LV-1048, reģ.Nr.40103223624,  t.(+371)29473346</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (AS "Latvijas balzams" dzelzceļa pievedceļi, stacijā Zemitāni,  valsts reģistrācijas indekss: 192, AS "Latvijas balzams" dzelzceļa pievedceļi, stacijā Rīga Krasta "Ganību parks", valsts reģistrācijas indekss: 368)</t>
-[...6 lines deleted...]
-    <t xml:space="preserve"> Vaļņu ielā 30, Daugavpils, LV-5401, reģ.Nr.51503023031, t.(+371)27123274</t>
+      <t xml:space="preserve"> (SIA "AKZ" dzelzceļa pievedceļi, stacijā Aizkraukle, valsts reģistrācijas indekss: 409)</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "RĪGAS TILTI"</t>
+  </si>
+  <si>
+    <t>Ganību dambī 25G, Rīga, LV-1005, reģ.Nr.40003131855, t.(+371)67383085</t>
+  </si>
+  <si>
+    <t>Uriekstes ielā 32, Rīga, LV-1005, reģ.Nr.40003288037, t.(+371)67076200</t>
+  </si>
+  <si>
+    <t>Irlavas ielā 24 - 135, Rīga, LV-1046, reģ.Nr.40003793649, t.(+371) 29116314</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Daugavgrīvas šosejā 1, Rīga, LV-1007, reģ.Nr.40103314798, t.(+371)67346312</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(LSEZ SIA "DG TERMINĀLS" dzelzceļa pievedceļi Nr.213, 214, 215, 216, 217, stacijā Liepāja, valsts reģistrācijas indekss: 271)</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "LEVOLS"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ugāles ielā 7 - 105, Liepāja, LV-3407, reģ.Nr.42103033239,   t.(+371)22323903</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Uriekstes ielā 48 k-1, Rīga, LV-1005, reģ.Nr.40103261378, t.(+371)67329222</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (Daugavpils stacijas "A" parka dzelzceļa pievedceļi Nr.2B, 5, 1, valsts reģistrācijas indekss: 389)</t>
-[...3 lines deleted...]
-    <t>Zasas ielā 5-3, Rīga, LV-1057, reģ.Nr.40003620112,  t.(+371)67237321</t>
+      <t xml:space="preserve"> (SIA "Riga fertilizer terminal" dzelzceļa pievedceļi, stacijā Čiekurkalns, valsts reģistrācijas indekss: 550)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa inženiertehniskās būves; dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarkandaugavas ielā 3 -128, Rīga, LV-1005, reģ.Nr.40103515761, t.(+371)29573971</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "LATGALES METĀLS" dzelzceļa pievedceļš Nr.55, stacijā Daugavpils, valsts reģistrācijas indekss: 123)</t>
-[...377 lines deleted...]
-  <si>
+      <t>(SIA "Dors DZ" dzelzceļa pievedceļi Nr.40, 42, stacijā Rīga Pasažieru, valsts reģistrācijas indekss: 429);</t>
+    </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+      <t xml:space="preserve"> dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "AKZ" dzelzceļa pievedceļi, stacijā Aizkraukle, valsts reģistrācijas indekss: 409)</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">  Daugavgrīvas šosejā 1, Rīga, LV-1007, reģ.Nr.40103314798, t.(+371)67346312</t>
+      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem, inženiertehniskās būves; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>08.03.2023.</t>
+  </si>
+  <si>
+    <t>Smilšu ielā 10 - 104, Rīga, LV-1050, reģ.Nr.40003164644, t.(+371)67810579</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
-        <charset val="186"/>
-[...19 lines deleted...]
-        <b/>
+      </rPr>
+      <t xml:space="preserve">(SIA "NAFTIMPEKS" dzelzceļa pievedceļi, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 479) </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> Bauskas ielā 58a, Rīga, LV-1004, reģ.Nr.40003132723,  t.(+371)29263508</t>
+  </si>
+  <si>
+    <t>07.06.2023.</t>
+  </si>
+  <si>
+    <t>27.06.2023.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Atbrīvošanas alejā 167, Rēzekne, LV-4604, reģ.Nr.40003017719, t.(+371)64634332</t>
+  </si>
+  <si>
+    <t>SIA "TERMES"</t>
+  </si>
+  <si>
+    <t>SIA "Lom.lv serviss"</t>
+  </si>
+  <si>
+    <t>16.01.2024.</t>
+  </si>
+  <si>
+    <t>SIA "IxCom"</t>
+  </si>
+  <si>
+    <t>SIA "WAY"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lielirbes ielā 1, Rīga, LV-1046, reģ.Nr.40203149614, t.(+371)29227326</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lielirbes ielā 17A-28, Rīga, LV-1046, reģ.Nr.40003386821, t.(+371)67033587</t>
+  </si>
+  <si>
+    <t>22.05.2024.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa pārbrauktuves un pārejas; inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gustava Zemgala gatvē 74, Rīga, LV-1039, reģ.Nr.40203140954,   t.(+371)67015500</t>
+  </si>
+  <si>
+    <t>LEONHARD WEISS OU Latvijas filiāle</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "Riga fertilizer terminal" dzelzceļa pievedceļi, stacijā Čiekurkalns, valsts reģistrācijas indekss: 550)</t>
-[...4 lines deleted...]
-      <t>dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope</t>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; dzelzceļa telekomunikāciju tīkli)
+</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "LVS Building" </t>
+  </si>
+  <si>
+    <t>03.12.2024.</t>
+  </si>
+  <si>
+    <t>Brīvostas ielā 22, Liepāja, LV-3405, reģ.Nr.40103832162, t.(+371)63424515</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa inženiertehniskās būves; dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes)</t>
-[...8 lines deleted...]
-        <b/>
+      <t>(SIA "Olaines ķīmiskā rūpnīca "BIOLARS"" dzelzceļa pievedceļi, stacijā Olaine, valsts reģistrācijas indekss: 128)</t>
+    </r>
+  </si>
+  <si>
+    <t>Ezera ielā 22, Rīga, LV-1034, reģ.Nr.40003188572,   t.(+371)67345830</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
-[...2 lines deleted...]
-      <rPr>
+      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(SIA "Dors DZ" dzelzceļa pievedceļi Nr.40, 42, stacijā Rīga Pasažieru, valsts reģistrācijas indekss: 429);</t>
-[...3 lines deleted...]
-        <b/>
+      <t xml:space="preserve">remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
-[...2 lines deleted...]
-      <rPr>
+      <t>(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes)</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "Dzelzceļa apkalpošana un remonts"</t>
+  </si>
+  <si>
+    <t>SIA "VVV Dzelzceļa būve"</t>
+  </si>
+  <si>
+    <t>10.04.2025.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(AS "VENTSPILS TIRDZNIECĪBAS OSTA" PK-1 dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 210, AS "VENTSPILS TIRDZNIECĪBAS OSTA" PK-2 dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 211)</t>
+    </r>
+  </si>
+  <si>
+    <t>12.06.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "KRAUŠANAS SERVISS" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "VL Bunkerings" </t>
+  </si>
+  <si>
+    <t>SIA "SĒME CB"</t>
+  </si>
+  <si>
+    <t>Cesvaines ielā 9, Rīga, LV-1073, reģ.Nr.40103239875,  t.(+371)67775691</t>
+  </si>
+  <si>
+    <t>AS "Remars-Rīga"</t>
+  </si>
+  <si>
+    <t>SIA "RAIL CONSTRUCTION"</t>
+  </si>
+  <si>
+    <t>Ganību dambī 22, Rīga, LV-1045, reģ.Nr.40103427454, t.(+371)67501076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "LAT SALT TRADE" </t>
+  </si>
+  <si>
+    <t>PS "BERERIX"</t>
+  </si>
+  <si>
+    <t>Kārļa Ulmaņa gatvē 119, Mārupe, Mārupes nov., LV-2167, reģ.Nr.44103125226</t>
+  </si>
+  <si>
+    <t>05.11.2025.</t>
+  </si>
+  <si>
+    <t>IP+M+I</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dzintaru ielā 22, Ventspils, LV-3602,  reģ.Nr.41203055483</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (Rīgas brīvostas pārvaldes dzelzceļa pievedceļi, stacijā Krievu sala, valsts reģistrācijas indekss: 589)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(SIA "WOODISON TERMINAL" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 283) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "Jaunmīlgrāvja ostas kompānija" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 195)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "SKULTES KOKOSTA" dzelzceļa pievedceļi, stacijā Skulte, valsts reģistrācijas indekss: 488)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība un remonts </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; robežzīmes un aizsargstādījumi; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas; iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes;  dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>14.12.2020.</t>
+  </si>
+  <si>
+    <t>IP+M</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem, inženiertehniskās būves; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
-[...59 lines deleted...]
-      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa pārbrauktuves un pārejas; inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
-[...13 lines deleted...]
-      <rPr>
+      <t xml:space="preserve"> (SIA "ATITA" dzelzceļa pievedceļi, stacijā Rēzekne, valsts reģistrācijas indekss: 264)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320200101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "KARE PLUSS" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brīvības gatvē 204A, Rīga, LV-1039, reģ.Nr.41503014910, t.(+371)65407473</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; dzelzceļa telekomunikāciju tīkli)
-[...32 lines deleted...]
-      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība </t>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), </t>
+      <t xml:space="preserve"> (SIA "KARE PLUSS" dzelzceļa pievedceļš Nr.14,  Daugavpils stacijas "B" parkā, valsts reģistrācijas indekss: 291)</t>
+    </r>
+  </si>
+  <si>
+    <t>13.12.2025.</t>
+  </si>
+  <si>
+    <t>17.02.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210002</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "INKON" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 406)</t>
+    </r>
+  </si>
+  <si>
+    <t>25.01.2021.</t>
+  </si>
+  <si>
+    <t>21.03.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210003</t>
+  </si>
+  <si>
+    <t>Bukultu ielā 22, Rīga, LV-1005, reģ.Nr.40103000780, t.(+371)67382603</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "LATSTEK" dzelzceļa pievedceļi Nr.4, 6, stacijā Ganību parks, valsts reģistrācijas indekss: 284)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520215004</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Savienības ielā 4A, Jelgava, LV-3001, reģ.Nr.43603024966, t.(+371)63048200</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība un remonts </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), ūdensapgādes un kanalizācijas sistēmas; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas; iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; sakaru iekārtas; dzelzceļa telekomunikāciju tīkli)</t>
+    </r>
+  </si>
+  <si>
+    <t>01.02.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210007</t>
+  </si>
+  <si>
+    <t>11.04.2026.</t>
+  </si>
+  <si>
+    <t>18.04.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210011</t>
+  </si>
+  <si>
+    <t>08.03.2021.</t>
+  </si>
+  <si>
+    <t>06.06.2026.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "DANGAS" dzelzceļa pievedceļi, stacijā Garkalne, valsts reģistrācijas indekss: 432)</t>
+    </r>
+  </si>
+  <si>
+    <t>24.05.2026.</t>
+  </si>
+  <si>
+    <t>30.05.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210020</t>
+  </si>
+  <si>
+    <t>SIA "SIGNĀLS-P"</t>
+  </si>
+  <si>
+    <t>Rankas ielā 4, Rīga, LV-1005, reģ.Nr.50003032851, t.(+371)67381867</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "SIGNĀLS-P" dzelzceļa pievedceļi, stacijā Čiekurkalns, valsts reģistrācijas indekss: 280)</t>
+    </r>
+  </si>
+  <si>
+    <t>24.03.2021.</t>
+  </si>
+  <si>
+    <t>23.03.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210021</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas kombinētās lopbarības rūpnīca"</t>
+  </si>
+  <si>
+    <t>Abulas ielā 11, Rīga, LV-1026, reģ.Nr.50003000451, t.(+371)67362508</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "Rīgas kombinētās lopbarības rūpnīca" dzelzceļa pievedceļi Nr.22, 23, 51, 52, stacijā Čiekurkalns, valsts reģistrācijas indekss: 319)</t>
+    </r>
+  </si>
+  <si>
+    <t>25.03.2021.</t>
+  </si>
+  <si>
+    <t>24.03.2026.</t>
+  </si>
+  <si>
+    <t>29.03.2021.</t>
+  </si>
+  <si>
+    <t>LV2420213023</t>
+  </si>
+  <si>
+    <t>19.05.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hika ielā 5, Liepāja, LV-3401,  reģ.Nr.42103022610, t.(+371)63425200</t>
+  </si>
+  <si>
+    <t>31.05.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210026</t>
+  </si>
+  <si>
+    <t>01.04.2026.</t>
+  </si>
+  <si>
+    <t>LV2420214027</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Ventspils stacijas robežās);</t>
     </r>
     <r>
       <rPr>
         <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: AS "KĀLIJA PARKS" dzelzceļa pievedceļi Nr.15, 59, 59A, 60, 61, 62, 63, 100, 101, 102, stacijā Ventspils, valsts reģistrācijas indekss: 191, AS "KĀLIJA PARKS" dzelzceļa pievedceļi Nr.140, 141, stacijā Ventspils, valsts reģistrācijas indekss: 254, AS "VENTSPILS TIRDZNIECĪBAS OSTA" PK-1, PK-2 dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 210, 211)</t>
+    </r>
+  </si>
+  <si>
+    <t>06.04.2021.</t>
+  </si>
+  <si>
+    <t>25.04.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210028</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "WT TERMINAL" dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 289)</t>
+    </r>
+  </si>
+  <si>
+    <t>19.04.2026.</t>
+  </si>
+  <si>
+    <t>SIA "Forail Baltics"</t>
+  </si>
+  <si>
+    <t>LV2320210030</t>
+  </si>
+  <si>
+    <t>Rīgas firma "ŽAŅA LAGZDIŅA MAIZES FABRIKA" SIA</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(Rīgas firmas "ŽAŅA LAGZDIŅA MAIZES FABRIKA" SIA dzelzceļa pievedceļi, stacijā Iecava, valsts reģistrācijas indekss: 164)</t>
+    </r>
+  </si>
+  <si>
+    <t>10.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2520214031</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma   būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas; siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>16.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210032</t>
+  </si>
+  <si>
+    <t>19.04.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Ārijas Elksnes ielā 7, Jēkabpils, LV-5204, reģ.Nr.45402003214, t.(+371)28381651</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "MINERĀLS" dzelzceļa pievedceļi, stacijā Krustpils, valsts reģistrācijas indekss: 230)</t>
+    </r>
+  </si>
+  <si>
+    <t>26.04.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA firma "VAL.MET.A." </t>
+  </si>
+  <si>
+    <t>Gaides ielā 10, Valmiera, LV-4201,  reģ.Nr.44103008066, t.(+371)64281100</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA firmas "VAL.MET.A." dzelzceļa pievedceļi, stacijā Valmiera, valsts reģistrācijas indekss: 175)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320210038</t>
+  </si>
+  <si>
+    <t>Katrīnas dambī 14 - 104, Rīga, LV-1045, reģ.Nr.40003569274, t.(+371)67508427</t>
+  </si>
+  <si>
+    <t>10.05.2021.</t>
+  </si>
+  <si>
+    <t>09.05.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "MCB BŪVE"  </t>
+  </si>
+  <si>
+    <t>LV2420213039</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: SIA "RĪGAS BRĪVOSTAS FLOTE" dzelzceļa pievedceļi Nr.309, 331-339, Zemitānu stacijas 3.km ceļa postenis)</t>
+    </r>
+  </si>
+  <si>
+    <t>17.05.2021.</t>
+  </si>
+  <si>
+    <t>LV2520211040</t>
+  </si>
+  <si>
+    <t>SIA "8 CBR"</t>
+  </si>
+  <si>
+    <t>Rīgas ielā 16, Smiltene, Smiltenes nov., LV-4729, reģ.Nr.43903002559, t.(+371)64707801</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">infrastruktūras tehniskā aprīkojuma būvniecība </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); meliorācijas sistēmas; robežzīmes un aizsargstādījumi; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>31.05.2021.</t>
+  </si>
+  <si>
+    <t>12.09.2026.</t>
+  </si>
+  <si>
+    <t>SIA "SONORA RW"</t>
+  </si>
+  <si>
+    <t>Cēsu ielā 15, Rīga, LV-1012, reģ.Nr.50003986301, t.(+371)66016006</t>
+  </si>
+  <si>
+    <t>13.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "OKTĀNS" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Vītoli", Auru pag., Dobeles nov., LV-3701, reģ.Nr.48503004278, t.(+371)27074017</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "OKTĀNS" dzelzceļa pievedceļi, stacijā Dobele, valsts reģistrācijas indekss: 338)</t>
+    </r>
+  </si>
+  <si>
+    <t>21.06.2021.</t>
+  </si>
+  <si>
+    <t>20.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2420213046</t>
+  </si>
+  <si>
+    <t>22.06.2021.</t>
+  </si>
+  <si>
+    <t>27.06.2026.</t>
+  </si>
+  <si>
+    <t>IP+RS</t>
+  </si>
+  <si>
+    <t>LV2320210048</t>
+  </si>
+  <si>
+    <t>28.06.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS "BALTIC COAL TERMINAL" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dzintaru ielā 39B, Ventspils, LV-3602, reģ.Nr.41203023401, t.(+371)63634000</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(AS "BALTIC COAL TERMINAL" dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 521)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2420213050</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Atslēdznieku ielā 29, Liepāja, LV-3401, reģ.Nr.42103000026, t.(+371)63427227</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: LIEPĀJAS SPECIĀLĀS EKONOMISKĀS ZONAS PĀRVALDES dzelzceļa pievedceļi Nr.12-14, stacijā Liepāja)</t>
+    </r>
+  </si>
+  <si>
+    <t>01.07.2021.</t>
+  </si>
+  <si>
+    <t>30.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2520216052</t>
+  </si>
+  <si>
+    <t>Daugavgrīvas ielā 83, Rīga, LV-1007, reģ.Nr.40103374443, t.(+371)28860490</t>
+  </si>
+  <si>
+    <t>02.08.2021.</t>
+  </si>
+  <si>
+    <t>12.08.2026.</t>
+  </si>
+  <si>
+    <t>LV2520214053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "BELIMPEKS" </t>
+  </si>
+  <si>
+    <t>Bezdelīgu ielā 16, Sigulda, Siguldas nov., LV-2150, reģ.Nr.40103418432, t.(+371)29553003</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); robežzīmes un aizsargstādījumi); inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>01.08.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210055</t>
+  </si>
+  <si>
+    <t>09.08.2021.</t>
+  </si>
+  <si>
+    <t>15.08.2026.</t>
+  </si>
+  <si>
+    <t>16.08.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210057</t>
+  </si>
+  <si>
+    <t>Čuibes ielā 2, Rīga, LV-1063, reģ.Nr.40003167320, t.(+371)67844667</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(SIA "BLĀZMA-BALT" dzelzceļa pievedceļi, stacijā Šķirotava, valsts reģistrācijas indekss: 243) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320210058</t>
+  </si>
+  <si>
+    <t>SIA "TOLMETS KURZEME"</t>
+  </si>
+  <si>
+    <t>Kapsēdes ielā 2D, Liepāja, LV-3414, reģ.Nr.42103080055, t.(+371)26402980</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(SIA "TOLMETS KURZEME" dzelzceļa pievedceļš Nr.39, stacijā Ventspils, valsts reģistrācijas indekss: 141) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320210059</t>
+  </si>
+  <si>
+    <t>30.08.2021.</t>
+  </si>
+  <si>
+    <t>10.10.2026.</t>
+  </si>
+  <si>
+    <t>07.09.2021.</t>
+  </si>
+  <si>
+    <t>LV2920211062</t>
+  </si>
+  <si>
+    <t>28.11.2026.</t>
+  </si>
+  <si>
+    <t>13.09.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210064</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "X-MET" dzelzceļa pievedceļš Nr.75, Daugavpils stacijas "D" parkā, valsts reģistrācijas indekss: 10 09 14)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320210065</t>
+  </si>
+  <si>
+    <t>20.09.2021.</t>
+  </si>
+  <si>
+    <t>02.12.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA LSEZ "TRANSIT TERMINĀLS" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jaunajā ostmalā 33/35, Liepāja, LV-3401, reģ.Nr.42103052742, t.(+371)26553630</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA LSEZ "TRANSIT TERMINĀLS" dzelzceļa pievedceļi, stacijā Liepāja, valsts reģistrācijas indekss: 419, 579, 15 11 04)</t>
+    </r>
+  </si>
+  <si>
+    <t>19.09.2026.</t>
+  </si>
+  <si>
+    <t>LV2920211067</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(SIA RKF "TRANSCELTNIEKS" dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 188); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve (sliežu ceļi, pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi), pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>06.10.2021.</t>
+  </si>
+  <si>
+    <t>05.10.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210068</t>
+  </si>
+  <si>
+    <t>Brīvības ielā 103, Liepāja, LV-3401, reģ.Nr.42103012010, t.(+371) 63424050</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(LSEZ SIA "HIDROLATS" dzelzceļa pievedceļi Nr.9, 11, stacijā Liepāja, valsts reģistrācijas indekss: 218)</t>
+    </r>
+  </si>
+  <si>
+    <t>07.10.2021.</t>
+  </si>
+  <si>
+    <t>06.10.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210069</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "TOLMETS" dzelzceļa pievedceļi, stacijā Rīga Preču, valsts reģistrācijas indekss: 158, SIA "TOLMETS"  dzelzceļa pievedceļi Nr.10, 22, 23, stacija Mangaļi, valsts reģistrācijas indekss: 316)</t>
+    </r>
+  </si>
+  <si>
+    <t>11.10.2021.</t>
+  </si>
+  <si>
+    <t>SIA "Riga Port Terminal"</t>
+  </si>
+  <si>
+    <t>19.10.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210072</t>
+  </si>
+  <si>
+    <t>SIA "SV BALTIC OIL"</t>
+  </si>
+  <si>
+    <t>Dzirciema ielā 121, Rīga, LV-1055, reģ.Nr.40203294229, t.(+371)29420752</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(BLUEORANGE BANK AS dzelzceļa pievedceļš Nr.15, stacijā Torņakalns, valsts reģistrācijas indekss: 558)</t>
+    </r>
+  </si>
+  <si>
+    <t>18.10.2026.</t>
+  </si>
+  <si>
+    <t>LV2520214073</t>
+  </si>
+  <si>
+    <r>
+      <t>SIA "DELTA EM"</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Pakalniešu ielā 18, Rīga, LV-1006,  reģ.Nr.40003524433, t.(+371)67818233</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras tehniskā aprīkojuma   būvniecība, remonts un tehniskā apkope</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas) </t>
+    </r>
+  </si>
+  <si>
+    <t>Gustava Zemgala gatvē 76, Rīga, LV-1039, reģ.Nr.40103676837, t.(+371)27895622</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas; iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes) </t>
+    </r>
+  </si>
+  <si>
+    <t>25.10.2021.</t>
+  </si>
+  <si>
+    <t>24.10.2026.</t>
+  </si>
+  <si>
+    <t>LV2520214075</t>
+  </si>
+  <si>
+    <t>Lejaskulpu ielā 5, Līči, Stopiņu pag., Ropažu nov., LV-2118, reģ.Nr.44103065552, t.(+371)29472596</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves; robežzīmes; dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas; kontakttīkli, transformatoru un vilces apakšstacijas; dzelzceļa telekomunikāciju tīkli; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">remonts un tehniskā apkope </t>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes) </t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "Pirmas"</t>
+  </si>
+  <si>
+    <t>LV2920213078</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(SIA "AMIC Latvia" dzelzceļa pievedceļi, stacijā Olaine, valsts reģistrācijas indekss: 297); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Olaines stacijas robežās); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: dzelzceļa pievedceļi, stacijā Olaine)</t>
+    </r>
+  </si>
+  <si>
+    <t>01.11.2021.</t>
+  </si>
+  <si>
+    <t>14.11.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210081</t>
+  </si>
+  <si>
+    <t>02.12.2021.</t>
+  </si>
+  <si>
+    <t>05.12.2026.</t>
+  </si>
+  <si>
+    <t>19.12.2026.</t>
+  </si>
+  <si>
+    <t>"VAKS" KOOPERATĪVĀ SABIEDRĪBA</t>
+  </si>
+  <si>
+    <t>20.12.2021.</t>
+  </si>
+  <si>
+    <t>LV2520214084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "ROADEKS" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kalnciema ielā 67, Rīga, LV-1046, reģ.Nr.40003371968, t.(+371)67619037
+</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); robežzīmes un aizsargstādījumi)
+</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2920211085</t>
+  </si>
+  <si>
+    <t>Tvaika ielā 64, Rīga, LV-1034, reģ.Nr.40103371019, t.(+371)67382224</t>
+  </si>
+  <si>
+    <t>27.12.2021.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(VAS "LDz" 3. km postenim pievienotais SIA "Forpost Termināls" dzelzceļa pievedceļš Nr. 87, stacijā Čiekurkalns, valsts reģistrācijas indekss: 544);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520226001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "ASOT" </t>
+  </si>
+  <si>
+    <t>Brīvības gatvē 225A - 30, Rīga, LV-1039,  reģ.Nr.50003022181, t.(+371)29553165</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa vagonu svari)</t>
+    </r>
+  </si>
+  <si>
+    <t>24.01.2022.</t>
+  </si>
+  <si>
+    <t>23.01.2027.</t>
+  </si>
+  <si>
+    <t>LV2320220002</t>
+  </si>
+  <si>
+    <t>SIA "Mono"</t>
+  </si>
+  <si>
+    <t>Katlakalna ielā 1, Rīga, LV-1073, reģ.Nr.40003004625, t.(+371)67775744</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "Mono" dzelzceļa pievedceļi, stacijā Rīga Preču, valsts reģistrācijas indekss: 102, 104, SIA "LEMF" dzelzceļa pievedceļš Nr.22a, stacijā Rīga Preču, valsts reģistrācijas indekss: 189)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520224003</t>
+  </si>
+  <si>
+    <r>
+      <t>SIA "Citrus Solutions"</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Dzirnavu ielā 105, Rīga, LV-1011, reģ.Nr.50003752271</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma   būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); siltumapgādes, ventilācijas, ūdensapgādes, kanalizācijas sistēmas; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>21.02.2022.</t>
+  </si>
+  <si>
+    <t>20.02.2027.</t>
+  </si>
+  <si>
+    <t>LV2520226004</t>
+  </si>
+  <si>
+    <t>SIA "RLUKSS"</t>
+  </si>
+  <si>
+    <t>"Magones", Ancveriņi 1, Aglonas pag., Preiļu nov., LV-5304, reģ.Nr.40203321387</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa zemes nodalījuma joslas uzturēšana (koku un krūmu saaudzes izciršana))</t>
+    </r>
+  </si>
+  <si>
+    <t>25.02.2022.</t>
+  </si>
+  <si>
+    <t>24.02.2027.</t>
+  </si>
+  <si>
+    <t>LV2320220005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "MADARA" </t>
+  </si>
+  <si>
+    <t>Lielajā ielā 22, Jelgava, LV-3001, reģ.Nr.51703004211, t.(+371)63023879</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "MADARA" dzelzceļa pievedceļi, stacijā Jelgava, valsts reģistrācijas indekss: 304)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520224006</t>
+  </si>
+  <si>
+    <t>SIA "Screen Group"</t>
+  </si>
+  <si>
+    <t>Zvaigžņu ielā 26 - 64, Rīga, LV-1009, reģ.Nr.40003861945</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); videonovērošanas, apsardzes, ugunsdrošības un telekomunikāciju sistēmas)  </t>
+    </r>
+  </si>
+  <si>
+    <t>10.03.2022.</t>
+  </si>
+  <si>
+    <t>SIA "TEK Baltic"</t>
+  </si>
+  <si>
+    <t>Kārļa Ulmaņa gatvĀ 114A, Rīga, LV-1029, reģ.Nr.40103332064, t.(+371)29460367</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa sakaru, elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>09.03.2027.</t>
+  </si>
+  <si>
+    <t>LV2520224008</t>
+  </si>
+  <si>
+    <t>Kundziņsalas 3. līnijā 36, Rīga, LV-1005, reģ.Nr.40103321893, t.(+371)66932616</t>
+  </si>
+  <si>
+    <t>12.06.2027.</t>
+  </si>
+  <si>
+    <t>LV2520224014</t>
+  </si>
+  <si>
+    <t>Ģertrūdes ielā 94, Rīga, LV-1009, reģ.Nr.40003171311,  t.(+371)67013400</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes)</t>
-[...255 lines deleted...]
-        <b/>
+      <t>(pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves  (tilti, ceļa pārvadi, estakādes, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas, tuneļi, segtas ieraktnes, citas apakšzemes būves u. tml.); robežzīmes un aizsargstādījumi; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli, dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu un ritošā sastāva uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>23.05.2022.</t>
+  </si>
+  <si>
+    <t>27.05.2027.</t>
+  </si>
+  <si>
+    <t>LV2420223016</t>
+  </si>
+  <si>
+    <t>Liepājas speciālās ekonomiskās zonas sabiedrība "MOLS L" SIA</t>
+  </si>
+  <si>
+    <t>Brīvostas ielā 21, Liepāja, LV-3405, reģ.Nr.50003274861, t.(+371)634 89560</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: LIEPĀJAS SPECIĀLĀS EKONOMISKĀS ZONAS PĀRVALDES dzelzceļa pievedceļi Nr. 16, 19,  20., stacijā Liepāja)</t>
+    </r>
+  </si>
+  <si>
+    <t>06.06.2022.</t>
+  </si>
+  <si>
+    <t>05.06.2027.</t>
+  </si>
+  <si>
+    <t>Višķu ielā 21Ž, Daugavpils, LV-5410, reģ.Nr.41503032511, t.(+371)22333304</t>
+  </si>
+  <si>
+    <t>07.06.2027.</t>
+  </si>
+  <si>
+    <t>LV2520226018</t>
+  </si>
+  <si>
+    <t>SIA "RST Company"</t>
+  </si>
+  <si>
+    <t>Matīsa ielā 8, Rīga, LV-1001, reģ.Nr.50103336941, t.(+371)22722292</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženierbūves (tilti, ceļa pārvadi, estakādes, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas, tuneļi, segtas ieraktnes, citas apakšzemes būves u. tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu un ritošā sastāva uzturēšanai, remontam un lietošanai</t>
+    </r>
+  </si>
+  <si>
+    <t>14.06.2022.</t>
+  </si>
+  <si>
+    <t>13.06.2027.</t>
+  </si>
+  <si>
+    <t>LV2520224019</t>
+  </si>
+  <si>
+    <t>Tīklu ielā 10, Rīga, LV-1048, reģ.Nr.40003033272, t.(+371)67892714</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope</t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženierbūves (tilti, ceļa pārvadi, estakādes, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas, tuneļi, segtas ieraktnes, citas apakšzemes būves u. tml.)</t>
+    </r>
+  </si>
+  <si>
+    <t>02.08.2027.</t>
+  </si>
+  <si>
+    <t>LV2520224020</t>
+  </si>
+  <si>
+    <t>21.06.2022.</t>
+  </si>
+  <si>
+    <t>LV2320220021</t>
+  </si>
+  <si>
+    <t>27.06.2022.</t>
+  </si>
+  <si>
+    <t>09.07.2027.</t>
+  </si>
+  <si>
+    <t>13.07.2022.</t>
+  </si>
+  <si>
+    <t>12.07.2027.</t>
+  </si>
+  <si>
+    <t>LV2320220023</t>
+  </si>
+  <si>
+    <t>SIA "TOLMETS RĒZEKNE"</t>
+  </si>
+  <si>
+    <t>Komunālajā ielā 12, Rēzekne, LV-4604, reģ.Nr.40003518013,  t.(+371)29858479</t>
+  </si>
+  <si>
+    <t>24.07.2027.</t>
+  </si>
+  <si>
+    <t>09.08.2022.</t>
+  </si>
+  <si>
+    <t>LV2320220026</t>
+  </si>
+  <si>
+    <t>SIA "Osta "Lejasvoleri""</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA  "Osta "Lejasvoleri"" dzelzceļa pievedceļi Nr.31, 32, stacijā Bolderāja, valsts reģistrācijas indekss: 582)</t>
+    </r>
+  </si>
+  <si>
+    <t>28.09.2027.</t>
+  </si>
+  <si>
+    <t>LV2320220027</t>
+  </si>
+  <si>
+    <t>SIA "Ekers Stividors Serviss"</t>
+  </si>
+  <si>
+    <t>Brīvostas ielā 22, Liepāja, LV-3405, reģ.Nr.42103077229, t.(+371)63424515</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>AS "AM Nord" dzelzceļa pievedceļi, stacijā Liepāja, valsts reģistrācijas indekss: 605)</t>
+    </r>
+  </si>
+  <si>
+    <t>16.08.2022.</t>
+  </si>
+  <si>
+    <t>15.08.2027.</t>
+  </si>
+  <si>
+    <t>LV2320220028</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "BALTIC CONTAINER TERMINAL" dzelzceļa pievedceļi, stacijā Rīga Krasta, valsts reģistrācijas indekss: 537, 580)</t>
+    </r>
+  </si>
+  <si>
+    <t>04.09.2027.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Siemens Mobility Oy Latvijas filiāle</t>
+  </si>
+  <si>
+    <r>
+      <t>SIA LSEZ "DUNA"</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520224029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "SCB ENERGO" </t>
+  </si>
+  <si>
+    <t>Lubānas ielā 78, Rīga, LV-1073, reģ.Nr.40003820970, t.(+371)29183927</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, dzelzceļa sakaru, elektroapgādes gaisvadu un kabeļu līnijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>09.09.2022.</t>
+  </si>
+  <si>
+    <t>08.09.2027.</t>
+  </si>
+  <si>
+    <t>LV2320220030</t>
+  </si>
+  <si>
+    <t>Pulvera ielā 33, Liepāja, LV-3405, reģ.Nr.40003522112, t.(+371)63424604</t>
+  </si>
+  <si>
+    <t>04.10.2022.</t>
+  </si>
+  <si>
+    <t>16.10.2027.</t>
+  </si>
+  <si>
+    <t>LV2520223032</t>
+  </si>
+  <si>
+    <t>SIA "MVR LUX"</t>
+  </si>
+  <si>
+    <t>Baznīcas ielā 45 - 25, Rīga, LV-1010, reģ.Nr.45403020372, t.(+371)29419613</t>
+  </si>
+  <si>
+    <t>11.10.2022.</t>
+  </si>
+  <si>
+    <t>10.10.2027.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">"ALSTOM Baltics" SIA </t>
+  </si>
+  <si>
+    <t>LV2520224033</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla))</t>
+    </r>
+  </si>
+  <si>
+    <t>09.11.2022.</t>
+  </si>
+  <si>
+    <t>11.11.2027.</t>
+  </si>
+  <si>
+    <t>LV2520226035</t>
+  </si>
+  <si>
+    <t>SIA "M.M. Meliora"</t>
+  </si>
+  <si>
+    <t>Biķernieku iela 24A - 9, Rīga, LV-1006, reģ.Nr.40103895844, t.(+371)26434522</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa zemes nodalījuma joslas uzturēšana)</t>
+    </r>
+  </si>
+  <si>
+    <t>07.12.2022.</t>
+  </si>
+  <si>
+    <t>06.12.2027.</t>
+  </si>
+  <si>
+    <t>LV2520226036</t>
+  </si>
+  <si>
+    <t>SIA "LORDS CELTNIEKS"</t>
+  </si>
+  <si>
+    <t>Zemgales prospektā 13 - 1,  Jelgava, LV-3001, reģ.Nr.43603029696, t.(+371)29531153</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "ATITA" dzelzceļa pievedceļi, stacijā Rēzekne, valsts reģistrācijas indekss: 264)</t>
-[...9 lines deleted...]
-    <t xml:space="preserve"> Brīvības gatvē 204A, Rīga, LV-1039, reģ.Nr.41503014910, t.(+371)65407473</t>
+      <t>(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla)</t>
+    </r>
+  </si>
+  <si>
+    <t>23.12.2022.</t>
+  </si>
+  <si>
+    <t>22.12.2027.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "DEREX" </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">
+(SIA "LaCon" dzelzceļa pievedceļi, stacijā Torņakalns Bolderājas parks,  valsts reģistrācijas indekss: 219, 221, 222, 393, 394, 395, 396,434, 493, 545, 546, 547, 548, 549);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Bolderājas stacijas Bolderājas I parka robežās); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Bolderājas stacijas Bolderājas I parka robežās) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320230002</t>
+  </si>
+  <si>
+    <t>24.01.2023.</t>
+  </si>
+  <si>
+    <t>11.02.2028.</t>
+  </si>
+  <si>
+    <t>LV2620234003</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">ritošā sastāva būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(pilnā apjomā)        </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+  </si>
+  <si>
+    <t>27.12.2027.</t>
+  </si>
+  <si>
+    <t>LV2520234004</t>
+  </si>
+  <si>
+    <t>SIA "Rail Balt"</t>
+  </si>
+  <si>
+    <t>06.02.2023.</t>
+  </si>
+  <si>
+    <t>05.02.2028.</t>
+  </si>
+  <si>
+    <t>LV2920231005</t>
+  </si>
+  <si>
+    <t>19.02.2028.</t>
+  </si>
+  <si>
+    <t>LV2520234006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Ūdensnesējs Serviss" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Augstrozes ielā 1C, Rīga, LV-1026 reģ.Nr.50003917051, t.(+371)26531170</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; sadales un lietotāju gāzes apgādes sistēmas; siltumapgādes, ventilācijas un gaisa kondicionēšanas sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
+    </r>
+  </si>
+  <si>
+    <t>07.02.2023.</t>
+  </si>
+  <si>
+    <t>29.04.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230007</t>
+  </si>
+  <si>
+    <t>SIA "LUX FRAME"</t>
+  </si>
+  <si>
+    <t>Sila ielā 1E, Rīga, LV-1057, reģ.Nr.50203046731, t.(+371)26537741</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "KARE PLUSS" dzelzceļa pievedceļš Nr.14,  Daugavpils stacijas "B" parkā, valsts reģistrācijas indekss: 291)</t>
-[...14 lines deleted...]
-  <si>
+      <t>(SIA “LUX FRAME” dzelzceļa pievedceļi Nr.14, 33, stacijā Šķirotava, valsts reģistrācijas indekss: 06 02 13)</t>
+    </r>
+  </si>
+  <si>
+    <t>14.02.2023.</t>
+  </si>
+  <si>
+    <t>13.02.2028.</t>
+  </si>
+  <si>
+    <t>LV2520234008</t>
+  </si>
+  <si>
+    <t>SIA "Asfalt.lv"</t>
+  </si>
+  <si>
+    <t>Grants ielā 12, Rīga, LV-1016, reģ.Nr.40203349368, t.(+371)29350283</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">SIA "Latvijas nacionālā nekustamo īpašumu aģentūra"  </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>APTURĒTA DARBĪBA 16.02.2023., pārtraukta satiksme</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520234009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "ArComm" </t>
+  </si>
+  <si>
+    <t>Roņu ielā 12 - 3, Katlakalns, Ķekavas pag., Ķekavas nov., LV-2111, reģ.Nr.40003209554, t.(+371)29115867</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "Smiltenes MRS" dzelzceļa pievedceļi, stacijā Inčukalns, valsts reģistrācijas indekss: 122)</t>
-[...807 lines deleted...]
-      </rPr>
+      <t>dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>24.02.2023.</t>
+  </si>
+  <si>
+    <t>23.02.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230010</t>
+  </si>
+  <si>
+    <t>08.03.2028.</t>
+  </si>
+  <si>
+    <t>SIA LSEZ "LIEPAJA BULK TERMINAL LTD"</t>
+  </si>
+  <si>
+    <t>LV2520234011</t>
+  </si>
+  <si>
+    <t>PS AGS Systems</t>
+  </si>
+  <si>
+    <t>"Dozītes", Mazsalacas pag., Valmieras nov., LV-4215, reģ.Nr.40203461484, t.(+371)26525738</t>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
-        <i/>
-[...183 lines deleted...]
-        <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes) </t>
-[...377 lines deleted...]
-      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves  (tilti, ceļa pārvadi, estakādes, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas, tuneļi, segtas ieraktnes, citas apakšzemes būves u. tml.); robežzīmes un aizsargstādījumi; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli, dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu un ritošā sastāva uzturēšanai, remontam un lietošanai)</t>
-[...82 lines deleted...]
-      <rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>28.03.2023.</t>
+  </si>
+  <si>
+    <t>27.03.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230012</t>
+  </si>
+  <si>
+    <t>SIA "TOBACCO LAND"</t>
+  </si>
+  <si>
+    <t>Braslas ielā 20, Rīga, LV-1084, reģ.Nr.40003346890, t.(+371)67441034</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženierbūves (tilti, ceļa pārvadi, estakādes, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas, tuneļi, segtas ieraktnes, citas apakšzemes būves u. tml.)</t>
-[...276 lines deleted...]
-      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla)</t>
-[...9 lines deleted...]
-    <t xml:space="preserve">SIA "DEREX" </t>
+      <t xml:space="preserve"> (SIA "TOBACCO LAND" dzelzceļa pievedceļi, stacijā Zemitāni, valsts reģistrācijas indekss: 217)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320230014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "VAGONETE"  </t>
+  </si>
+  <si>
+    <t>Jēkaba ielā 3/5-9, Rīga, LV-1050, reģ.Nr.40103018886,  t.(+371)67364777</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
-      <t xml:space="preserve">
-(SIA "LaCon" dzelzceļa pievedceļi, stacijā Torņakalns Bolderājas parks,  valsts reģistrācijas indekss: 219, 221, 222, 393, 394, 395, 396,434, 493, 545, 546, 547, 548, 549);</t>
+      <t>(SIA "VAGONETE" dzelzceļa pievedceļi, stacijā Pļaviņas, valsts reģistrācijas indekss: 354)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520236015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "DZ Service" </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
-      </rPr>
-[...94 lines deleted...]
-    <t xml:space="preserve"> Augstrozes ielā 1C, Rīga, LV-1026 reģ.Nr.50003917051, t.(+371)26531170</t>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes)</t>
+    </r>
+  </si>
+  <si>
+    <t>04.04.2023.</t>
+  </si>
+  <si>
+    <t>09.04.2028.</t>
+  </si>
+  <si>
+    <t>LV2520234016</t>
+  </si>
+  <si>
+    <t>Oskara Kalpaka ielā 64-17, Liepāja, LV-3405, reģ.Nr.40003632431, t.(+371)29818918</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
-        <i/>
-[...25 lines deleted...]
-        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
+      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (caurtekas, ūdens novadīšanas ietaises, atbalsta sienas vai aizsargsienas); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320230017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS "Balticovo"  </t>
+  </si>
+  <si>
+    <t>"Administratīvā ēka", Iecavas pag., Bauskas nov., LV-3913, reģ.Nr.40003058863,  t.(+371)63943834</t>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>Pievedceļa Nr. 4 iecirknis no manevru luksofora Nr. M15 līdz manevru luksoforam Nr. M9, stacijā Iecava, valsts reģistrācijas indekss: 03 04 03)</t>
+    </r>
+  </si>
+  <si>
+    <t>03.05.2023.</t>
+  </si>
+  <si>
+    <t>02.05.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230018</t>
+  </si>
+  <si>
+    <t>SIA "DTM SERVICE"</t>
+  </si>
+  <si>
+    <t>Buļļu ielā 45, Rīga, LV-1067, reģ.Nr.40003374625,  t.(+371)67424709</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "DTM SERVICE" dzelzceļa pievedceļš Nr. 3, stacijā Lāčupe, valsts reģistrācijas indekss: 551)</t>
+    </r>
+  </si>
+  <si>
+    <t>12.05.2023.</t>
+  </si>
+  <si>
+    <t>11.05.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230019</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "KOMPĀNIJA AVOTIŅI"</t>
+  </si>
+  <si>
+    <t>Rustēnu iela 1, Rīga, LV-1073, reģ.Nr.40003077493, t.(+371) 67139532</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "Daugavpils dzelzsbetons", Daugavpils st. "B" parka dzelzceļa pievedceļš Nr. 12, valsts reģistrācijas indekss: 05 01 11,  SIA "KOMPĀNIJA AVOTIŅI" dzelzceļa pievedceļi, stacijā Rīga Preču,  valsts reģistrācijas indekss: 344, SIA "KOMPĀNIJA AVOTIŅI" dzelzceļa pievedceļi, stacijā Rīga Preču, valsts reģistrācijas indekss: 542,  SIA "KOMPĀNIJA AVOTIŅI" dzelzceļa pievedceļš, stacijā Liepāja, valsts reģistrācijas indekss: 515)</t>
+    </r>
+  </si>
+  <si>
+    <t>31.05.2023.</t>
+  </si>
+  <si>
+    <t>30.05.2028.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Riga Bulk Terminal" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "KUREKSS" </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Graudupi", Tārgales pag., Ventspils nov., LV-3621, reģ.Nr.40003250931, t.(+371)63624364</t>
+  </si>
+  <si>
+    <t>06.06.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230022</t>
+  </si>
+  <si>
+    <t>AS "Ditton pievadķēžu rūpnīca"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Višķu ielā 17, Daugavpils, LV-5410, reģ.Nr.40003030187,     t.(+371)65402333</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(SIA “LUX FRAME” dzelzceļa pievedceļi Nr.14, 33, stacijā Šķirotava, valsts reģistrācijas indekss: 06 02 13)</t>
-[...47 lines deleted...]
-      <rPr>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); </t>
+      <t xml:space="preserve"> (AS "Ditton pievadķēžu rūpnīca" dzelzceļa pievedceļi, stacijā Daugavpils, valsts reģistrācijas indekss: 208)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520236024</t>
+  </si>
+  <si>
+    <t>SIA "HIGH INFORMATION TECHNOLOGIES"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dzelzavas ielā 19 k-3 -25, Rīga, LV-1084, reģ.Nr.40003640208, t.(+371)67275457</t>
+  </si>
+  <si>
+    <t>20.06.2023.</t>
+  </si>
+  <si>
+    <t>19.06.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230025</t>
+  </si>
+  <si>
+    <t>SIA "REMRAIL"</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>SIA "REMRAIL" dzelzceļa pievedceļi  Nr. 9.,14, stacijā Daugavpils Šķirotava, valsts reģistrācijas indekss: 398, SIA "REMRAIL" dzelzceļa pievedceļi, stacijā Daugavpils Šķirotava, valsts reģistrācijas indekss: 483)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520234026</t>
+  </si>
+  <si>
+    <t>SIA "AVITON"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Strautu ielā 32, Rīga, LV-1073,  reģ.Nr.40103253084, t.(+371)65420813</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
-[...24 lines deleted...]
-    <t>"Dozītes", Mazsalacas pag., Valmieras nov., LV-4215, reģ.Nr.40203461484, t.(+371)26525738</t>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>26.06.2028.</t>
+  </si>
+  <si>
+    <t>LV2520234028</t>
+  </si>
+  <si>
+    <t>SIA "ALEGEO"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ķengaraga ielā 9-39, Rīga, LV-1063,  reģ.Nr.40003957550, t.(+371)25885782</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
+        <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa virsbūve (sliedes [sliežu ceļi], pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi), pārbrauktuves un pārejas)</t>
+    </r>
+  </si>
+  <si>
+    <t>12.07.2023.</t>
+  </si>
+  <si>
+    <t>11.07.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230029</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "Circle K Terminal Latvia", SIA "NESTE LATVIJA" dzelzceļa pievedceļi, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 256)</t>
+    </r>
+  </si>
+  <si>
+    <t>19.07.2023.</t>
+  </si>
+  <si>
+    <t>24.07.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230030</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "RAIL CONTRUCTION" dzelzceļa pievedceļš Nr. 32, Zemitānu stacijas 3. km ceļa postenis, valsts reģistrācijas indekss: 588)</t>
+    </r>
+  </si>
+  <si>
+    <t>30.07.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230031</t>
+  </si>
+  <si>
+    <t>SIA "DARO un Co"</t>
+  </si>
+  <si>
+    <t>Spilves ielā 6A, Rīga, LV-1055, reģ.Nr.40103199623, t.(+371)25808711</t>
+  </si>
+  <si>
+    <t>28.07.2023.</t>
+  </si>
+  <si>
+    <t>27.07.2028.</t>
+  </si>
+  <si>
+    <t>SIA "I18"</t>
+  </si>
+  <si>
+    <t>Jūrkalnes ielā 1, Rīga, LV-1046, reģ.Nr.40203404439, t.(+371)26404863</t>
+  </si>
+  <si>
+    <t>LV2920233033</t>
+  </si>
+  <si>
+    <t>29.07.2028.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "DARO un Co" pievedceļi, stacijā Torņakalns Iļģuciema parks, valsts reģistrācijas indekss: 242)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "I18" dzelzceļa pievedceļš Nr. 93, stacijā Čiekurkalns, valsts reģistrācijas indekss: 350)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>)</t>
-[...20 lines deleted...]
-        <b/>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
-[...2 lines deleted...]
-      <rPr>
+      <t xml:space="preserve"> (RSEZ AS "Rēzeknes dzirnavnieks" dzelzceļa pievedceļi, stacijā Rēzekne, valsts reģistrācijas indekss: 498);  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "TOBACCO LAND" dzelzceļa pievedceļi, stacijā Zemitāni, valsts reģistrācijas indekss: 217)</t>
-[...38 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t>manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežā</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <i/>
-[...34 lines deleted...]
-        <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (caurtekas, ūdens novadīšanas ietaises, atbalsta sienas vai aizsargsienas); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
-[...120 lines deleted...]
-        <b/>
+      <t xml:space="preserve">s </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
-[...2 lines deleted...]
-      <rPr>
+      <t xml:space="preserve">(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Rēzeknes stacijas robežās); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (AS "Ditton pievadķēžu rūpnīca" dzelzceļa pievedceļi, stacijā Daugavpils, valsts reģistrācijas indekss: 208)</t>
-[...48 lines deleted...]
-      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+      <t>manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
-[...19 lines deleted...]
-      <rPr>
+      <t xml:space="preserve"> (manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Rēzeknes stacijas robežās) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320230032</t>
+  </si>
+  <si>
+    <t>LV2920233034</t>
+  </si>
+  <si>
+    <t>AS Stena Line Ports Ventspils</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Plosta ielā 7, Ventspils, LV-3601, reģ.Nr.40203438308, t.(+371)63607300</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(Ventspils brīvostas Universālā termināļa dzelzceļa pievedceļi,  stacijā Ventspils, valsts reģistrācijas indekss: 439); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Ventspils stacijas robežās) </t>
+    </r>
+  </si>
+  <si>
+    <t>22.08.2023.</t>
+  </si>
+  <si>
+    <t>21.08.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "RCPF"  </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patversmes ielā 19-2, Rīga, LV-1005, reģ.Nr.40003251778, t.(+371)67392419</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa virsbūve (sliedes [sliežu ceļi], pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi), pārbrauktuves un pārejas)</t>
-[...12 lines deleted...]
-    <r>
       <t>dzelzceļa infrastruktūras pārvaldītājs</t>
     </r>
     <r>
       <rPr>
-        <i/>
-[...90 lines deleted...]
-        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
-[...3 lines deleted...]
-        <i/>
+      <t xml:space="preserve"> (SIA "RCPF" dzelzceļa pievedceļi, stacijā Sarkandaugava, valsts reģistrācijas indekss: 182)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520236036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Druvienas ielā 18 - 8, Rīga, LV-1079, reģ.Nr.40003438184, t.(+371)67531630
+</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(dzelzceļa vagonu svari)
+</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2920233037</t>
+  </si>
+  <si>
+    <t>Birztalu ielā 15, Rīga, LV-1015, reģ.Nr.40003591468, t.(+371)62003500</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "Alpha Ekspress" dzelzceļa pievedceļi, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 165, 423, 552)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">; manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Ziemeļblāzmas stacijas robežās)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">; manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: dzelzceļa pievedceļi, stacijā Ziemeļblāzma)</t>
+    </r>
+  </si>
+  <si>
+    <t>25.08.2023.</t>
+  </si>
+  <si>
+    <t>24.08.2028.</t>
+  </si>
+  <si>
+    <t>SIA Vitol Terminal Latvia</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA Vitol Terminal Latvia dzelzceļa pievedceļi Nr. 1-8, stacijā Ventspils, valsts reģistrācijas indekss: 233, SIA Vitol Terminal Latvia dzelzceļa pievedceļi Nr. 8 un 9, stacijā Ventspils, valsts reģistrācijas indekss: 417)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520234039</t>
+  </si>
+  <si>
+    <t>SIA "Mesako Serviss"</t>
+  </si>
+  <si>
+    <t>Vienības gatvē 87A - 1, Rīga, LV-1004, reģ.Nr.40103239822</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (RSEZ AS "Rēzeknes dzirnavnieks" dzelzceļa pievedceļi, stacijā Rēzekne, valsts reģistrācijas indekss: 498);  </t>
-[...3 lines deleted...]
-        <b/>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); siltumapgādes, ventilācijas, gaisa kondicionēšanas sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai</t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežā</t>
-[...3 lines deleted...]
-        <b/>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>20.09.2023.</t>
+  </si>
+  <si>
+    <t>19.09.2028.</t>
+  </si>
+  <si>
+    <t>LV2920231040</t>
+  </si>
+  <si>
+    <t>Spaļu iela 1P, Daugavpils, LV-5404, reģ.Nr.51503050951</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">s </t>
-[...2 lines deleted...]
-      <rPr>
+      <t>(SIA "DEREX" dzelzceļa pievedceļi Nr. 1, 2, stacijā Daugavpils Šķirotava, valsts reģistrācijas indekss: 606);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Rēzeknes stacijas robežās); </t>
-[...3 lines deleted...]
-        <b/>
+      <t xml:space="preserve"> dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>05.10.2023.</t>
+  </si>
+  <si>
+    <t>25.10.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230041</t>
+  </si>
+  <si>
+    <t>SIA "TOLMETS JĒKABPILS"</t>
+  </si>
+  <si>
+    <t>Dzelzceļmalas ielā 5, Jēkabpils, Jēkabpils nov., LV-5202, reģ.Nr.42103040230,  t.(+371)65229471</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "TOLMETS JĒKABPILS" dzelzceļa pievedceļi Nr. 46, 47, stacijā Krustpils, valsts reģistrācijas indekss: 288)</t>
+    </r>
+  </si>
+  <si>
+    <t>10.10.2023.</t>
+  </si>
+  <si>
+    <t>09.10.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230042</t>
+  </si>
+  <si>
+    <t>Spilves ielā 6A, Rīga, LV-1055, reģ.Nr.40203070407, t.(+371)25808717</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "Lom.lv serviss" dzelzceļa pievedceļi, stacijā Torņakalns, valsts reģistrācijas indekss: 532)</t>
+    </r>
+  </si>
+  <si>
+    <t>18.10.2023.</t>
+  </si>
+  <si>
+    <t>13.12.2028.</t>
+  </si>
+  <si>
+    <t>LV2920233043</t>
+  </si>
+  <si>
+    <t>SCHWENK Latvija SIA</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(SCHWENK Latvija SIA dzelzceļa pievedceļi, stacijā Brocēni, valsts reģistrācijas indekss: 313,  SCHWENK Latvija SIA dzelzceļa pievedceļi, stacijā Mārciena, valsts reģistrācijas indekss: 528, SCHWENK Latvija SIA dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 111); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Brocēnu stacijas robežās);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Brocēnu stacijas robežās)</t>
+    </r>
+  </si>
+  <si>
+    <t>24.10.2023.</t>
+  </si>
+  <si>
+    <t>12.11.2028.</t>
+  </si>
+  <si>
+    <t>LV2520236044</t>
+  </si>
+  <si>
+    <t>Dzirnavu ielā 87, Rīga, LV-1011, reģ.Nr.40103338404, t.(+371)25459092</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa virsbūves [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, sakaru iekārtas; inženiertehniskās būves (caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>31.10.2023.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); videonovērošanas,  apsardzes, ugunsdrošības un telekomunikāciju sistēmas) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520236045</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Rēzeknes stacijas robežās) </t>
-[...65 lines deleted...]
-        <b/>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves;  robežzīmes; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; sakaru tīkli; elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>10.11.2023.</t>
+  </si>
+  <si>
+    <t>LV2320230046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Scandagra Latvia" </t>
+  </si>
+  <si>
+    <t>Vienības gatvē 109, Rīga, LV-1058, reģ.Nr.43603038415, t.(+371)25443839</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> (SIA "RCPF" dzelzceļa pievedceļi, stacijā Sarkandaugava, valsts reģistrācijas indekss: 182)</t>
-[...113 lines deleted...]
-      <rPr>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); siltumapgādes, ventilācijas, gaisa kondicionēšanas sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai</t>
+      <t xml:space="preserve"> (SIA "Scandagra Latvia" dzelzceļa pievedceļš Nr. 6, stacijā Meitene, valsts reģistrācijas indekss: 212)</t>
+    </r>
+  </si>
+  <si>
+    <t>22.11.2023.</t>
+  </si>
+  <si>
+    <t>21.11.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230047</t>
+  </si>
+  <si>
+    <t>Ezera ielā 22, Rīga, LV-1034, reģ.Nr.40003412378,  t.(+371)67345834</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "VEGA STIVIDORS" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 330)</t>
+    </r>
+  </si>
+  <si>
+    <t>06.12.2023.</t>
+  </si>
+  <si>
+    <t>21.12.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "KVESTOR" </t>
+  </si>
+  <si>
+    <t>Buļļu ielā 47a, Rīga, LV-1067, reģ.Nr.40003596963</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "KVESTOR" dzelzceļa pievedceļi, stacijā Lāčupe, valsts reģistrācijas indekss: 22 01 02)</t>
+    </r>
+  </si>
+  <si>
+    <t>08.12.2023.</t>
+  </si>
+  <si>
+    <t>07.12.2028.</t>
+  </si>
+  <si>
+    <t>LV2920231049</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "DZELZCEĻA BŪVE" dzelzceļa pievedceļi, stacijā Rīga - Preču, valsts reģistrācijas indekss: 24 08);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); robežzīmes un aizsargstādījumi; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas; iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>09.12.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "RIANNON" </t>
+  </si>
+  <si>
+    <t>2. Preču ielā 32 k-1, Daugavpils, LV-5401, reģ.Nr.41503034122, t.(+371)25962000</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(Daugavpils stacijas "D" parka dzelzceļa pievedceļš Nr. 43, valsts reģistrācijas indekss: 10 09 08)</t>
+    </r>
+  </si>
+  <si>
+    <t>15.12.2023.</t>
+  </si>
+  <si>
+    <t>14.12.2028.</t>
+  </si>
+  <si>
+    <t>LV2320230051</t>
+  </si>
+  <si>
+    <t>SIA Marcegaglia Baltics</t>
+  </si>
+  <si>
+    <t>Starta ielā 13, Rīga, LV-1039, reģ.Nr.40003001968, t.(+371)26571599</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA Marcegaglia Baltics dzelzceļa pievedceļi, stacijā Zemitāni, valsts reģistrācijas indekss: 112, 300)</t>
+    </r>
+  </si>
+  <si>
+    <t>19.12.2023.</t>
+  </si>
+  <si>
+    <t>18.12.2028.</t>
+  </si>
+  <si>
+    <t>LV2520234052</t>
+  </si>
+  <si>
+    <t>SIA "ATR"</t>
+  </si>
+  <si>
+    <t>Dzeņupītes ielā 2, Priekuļi, Priekuļu pag., Cēsu nov., LV-4126, reģ.Nr.44103106776, t.(+371)29463609</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>)</t>
-[...12 lines deleted...]
-    <t>Spaļu iela 1P, Daugavpils, LV-5404, reģ.Nr.51503050951</t>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); pārbrauktuves un pārejas; ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320230053</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tvaika ielā 7A, Rīga, LV-1005, reģ.Nr.40103675494, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>t.(+371)29463609</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "PARS TERMINĀLS" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 133; SIA "MAN-TESS TRANZĪTS" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 500; SIA "PARS TERMINĀLS" un SIA "MAN-TESS TRANZĪTS" dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 607; SIA „LVAGROO” dzelzceļa pievedceļi, stacijā Mangaļi, valsts reģistrācijas indekss: 615)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(AS "Dobeles dzirnavnieks" dzelzceļa pievedceļi, stacijā Dobele, valsts reģistrācijas indekss: 15 02 01);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Dobeles stacijas robežās); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Dobeles stacijas robežās)</t>
+    </r>
+  </si>
+  <si>
+    <t>09.01.2024.</t>
+  </si>
+  <si>
+    <t>LV2520245002</t>
+  </si>
+  <si>
+    <t>SIA "TILTS"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Spilves ielā 18, Rīga, LV-1055, reģ. Nr.50103005351, t.(+371)67467919</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> infrastruktūras tehniskā aprīkojuma būvniecība un remonts </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa pārbrauktuves un pārejas; inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
+    </r>
+  </si>
+  <si>
+    <t>08.01.2029.</t>
+  </si>
+  <si>
+    <t>LV2320240003</t>
+  </si>
+  <si>
+    <t>SIA "Circle K Terminal &amp; Transport Latvia"</t>
+  </si>
+  <si>
+    <t>Laivinieku ielā 7, Rīga, LV-1015, reģ.Nr.40203164596, t.(+371)26544962</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "Circle K Terminal Latvia", SIA "Neste Latvija" dzelzceļa pievedceļi, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 256)</t>
+    </r>
+  </si>
+  <si>
+    <t>15.01.2029.</t>
+  </si>
+  <si>
+    <t>24.01.2026.</t>
+  </si>
+  <si>
+    <t>LV2520246005</t>
+  </si>
+  <si>
+    <t>Rūpniecības ielā 38 - 4, Valmiera, Valmieras nov., LV-4201, reģ.Nr.44103034834, t.(+371)28314999</t>
+  </si>
+  <si>
+    <t>13.02.2024.</t>
+  </si>
+  <si>
+    <t>SIA "PATA"</t>
+  </si>
+  <si>
+    <t>Miera ielā 2, Inčukalns, Inčukalna pag., Siguldas nov., LV-2141, reģ.Nr.40003448619, t.(+371)267243135</t>
+  </si>
+  <si>
+    <t>19.02.2029.</t>
+  </si>
+  <si>
+    <t>LV2520245007</t>
+  </si>
+  <si>
+    <t>SIA ADMV</t>
+  </si>
+  <si>
+    <t>Inženieru ielā 58 - 49, Ventspils, LV-3601, reģ. Nr.40203377889, t.(+371)29532859</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> infrastruktūras tehniskā aprīkojuma būvniecība un remonts </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes, (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
+    </r>
+  </si>
+  <si>
+    <t>05.03.2024.</t>
+  </si>
+  <si>
+    <t>04.03.2029.</t>
+  </si>
+  <si>
+    <t>LV2320240008</t>
+  </si>
+  <si>
+    <t>Eksporta ielā 15 k-1, Rīga, LV-1045, reģ.Nr.40003242169, t.(+371)29838870</t>
+  </si>
+  <si>
+    <t>12.03.2024.</t>
+  </si>
+  <si>
+    <t>13.03.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244009</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); videonovērošanas, apsardzes, ugunsdrošības un telekomunikāciju sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>18.03.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244010</t>
+  </si>
+  <si>
+    <t>28.03.2029.</t>
+  </si>
+  <si>
+    <t>LV2520246011</t>
+  </si>
+  <si>
+    <t>SIA "CHS"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ceļinieku ielā 4A, Rīga, LV-1005, reģ.Nr.40103924749 </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(SIA "DEREX" dzelzceļa pievedceļi Nr. 1, 2, stacijā Daugavpils Šķirotava, valsts reģistrācijas indekss: 606);</t>
-[...3 lines deleted...]
-        <b/>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai</t>
+    </r>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
-[...3 lines deleted...]
-        <i/>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "L-EKSPRESIS" dzelzceļa pievedceļi Nr.102-107, stacijas Rīga Pasažieru Tehniskajā parkā, valsts reģistrācijas indekss: 06 01 01);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> ritošā sastāva būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(kravas vagonu kārtējais atkabes remonts (KAR), depo remonts (DR), kapitālais remonts (KR), remonts ar kalpošanas laika pagarināšanu saskaņā ar akreditētas atbilstības novērtēšanas institūcijas lēmumu; pasažieru vagonu tehniskās apkopes TA-1 un TA-2 (izņemot ritošas daļas, bremžu iekārtas, automātisko sakabju iekārtas, vagonu rāmjus un virsbūves, ģeneratoru piedziņas), tehniskā apkope TA-3, depo remonts (DR), kapitālais remonts (KR-1 un KR-2) un remonts ar kalpošanas laika pagarināšanu saskaņā ar akreditētas atbilstības novērtēšanas institūcijas lēmumu; ER2, ER2T, ER9 un ER9T tipa (sērijas) motorvagona ritošā sastāva pārbūve uz motrisēm (sliežu autobusiem) un dīzeļvilcieniem trešo valstu tirgum; kravas un pasažieru vagonu riteņpāru kārtējais, vidējais un kapitālais remonts, ER2 un ER2T tipa (sērijas) elektrovilcienu piekabvagonu riteņpāru parastā un pilnīgā pārbaude; dīzeļvilcienu DR1AM, DR1A un DR1AC tipa (sērijas) riteņpāru parastā un pilnīgā pārbaude; dīzeļlokomotīvju TEM2 tipa (sērijas) plānveida remonts (KR-1, KR-2); manevru dīzeļlokomotīvju ČME3 tipa (sērijas) vidējais remonts (VR) un kapitālais remonts (KR-1, KR-2)</t>
+    </r>
+  </si>
+  <si>
+    <t>25.03.2024.</t>
+  </si>
+  <si>
+    <t>LV2320240013</t>
+  </si>
+  <si>
+    <t>Krustpils ielā 157A, Rīga, LV-1063, reģ.Nr.40103262852</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "BALTIC TRADE" dzelzceļa pievedceļi Nr. 5, 8, stacijā Aizkraukle, valsts reģistrācijas indekss: 226)</t>
+    </r>
+  </si>
+  <si>
+    <t>26.03.2024.</t>
+  </si>
+  <si>
+    <t>25.03.2029.</t>
+  </si>
+  <si>
+    <t>"LATGRAN" SIA</t>
+  </si>
+  <si>
+    <t>LV2320240015</t>
+  </si>
+  <si>
+    <t>SIA "LVR Flote"</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(Rīgas brīvostas pārvaldes dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 377, Zemitānu stacijas 3. km ceļa posteņa pievedceļi, valsts reģistrācijas indekss: 20 03 01, Rīgas brīvostas pārvaldes dzelzceļa pievedceļi Nr. 506, 507, Zemitānu stacijas 3. km ceļa posteņa pievedceļi, valsts reģistrācijas indekss: 539)</t>
+    </r>
+  </si>
+  <si>
+    <t>01.04.2029.</t>
+  </si>
+  <si>
+    <t>LV2320240016</t>
+  </si>
+  <si>
+    <t>Meža ielā 4B, Jaunjelgava, Aizkraukles nov., LV-5134,  reģ.Nr.45403013135</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>("LATGRAN" SIA dzelzceļa pievedceļi Nr. 200-205, stacijā Gulbene, valsts reģistrācijas indekss: 564,  "LATGRAN" SIA dzelzceļa pievedceļš Nr. 58, stacijā Krustpils, valsts reģistrācijas indekss: 265,"LATGRAN" SIA dzelzceļa pievedceļš Nr. 16, stacijā Krāslava, valsts reģistrācijas indekss: 538)</t>
+    </r>
+  </si>
+  <si>
+    <t>23.04.2024.</t>
+  </si>
+  <si>
+    <t>LV2520244017</t>
+  </si>
+  <si>
+    <t>SIA "WOLTEC"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ausekļa ielā 31, Valmiera, Valmieras nov., LV-4201, reģ.Nr.44103097350 </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
-[...40 lines deleted...]
-    <t>Spilves ielā 6A, Rīga, LV-1055, reģ.Nr.40203070407, t.(+371)25808717</t>
+      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas;  siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>03.05.2024.</t>
+  </si>
+  <si>
+    <t>02.05.2029.</t>
+  </si>
+  <si>
+    <t>LV2920243018</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
-        <charset val="186"/>
-[...26 lines deleted...]
-      <t xml:space="preserve">(SCHWENK Latvija SIA dzelzceļa pievedceļi, stacijā Brocēni, valsts reģistrācijas indekss: 313,  SCHWENK Latvija SIA dzelzceļa pievedceļi, stacijā Mārciena, valsts reģistrācijas indekss: 528, SCHWENK Latvija SIA dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 111); </t>
+      </rPr>
+      <t xml:space="preserve">(SIA "EXTRON BALTIC" dzelzceļa pievedceļi, stacijā Torņkalns, Iļģuciema parks, valsts reģistrācijas indekss: 146, 490); </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t xml:space="preserve">manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
-      <t>(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Brocēnu stacijas robežās);</t>
+      <t xml:space="preserve">(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Torņakalna stacijas robežās); </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
-      <t xml:space="preserve"> manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
-[...70 lines deleted...]
-        <i/>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: dzelzceļa pievedceļi, stacijā Torņakalns) </t>
+    </r>
+  </si>
+  <si>
+    <t>08.05.2024.</t>
+  </si>
+  <si>
+    <t>27.05.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244019</t>
+  </si>
+  <si>
+    <t>SIA "AGS Sistēmas"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">"Dozītes", Mazsalacas pag., Valmieras nov., LV-4215, reģ.Nr.44103121243 </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
+      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.);  siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>07.05.2029.</t>
+  </si>
+  <si>
+    <t>SIA "Linas Agro" Graudu centrs</t>
+  </si>
+  <si>
+    <t>"Jaunsalieši", Jēkabpils, Jēkabpils nov., LV-5202, reģ.Nr.43603059101</t>
+  </si>
+  <si>
+    <t>15.05.2029.</t>
+  </si>
+  <si>
+    <t>LV2920243021</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(LSEZ SIA "Transwide Services" dzelzceļa pievedceļi, stacijā Liepāja, valsts reģistrācijas indekss: 375, Liepājas SEZ "Transit Service" SIA dzelzceļa pievedceļi, stacijā Liepāja, valsts reģistrācijas indekss: 411);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Liepājas stacijas robežās); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: dzelzceļa pievedceļi, stacijā Liepāja)</t>
+    </r>
+  </si>
+  <si>
+    <t>22.05.2029.</t>
+  </si>
+  <si>
+    <t>LV2320240022</t>
+  </si>
+  <si>
+    <t>Heidelberg Materials Latvija Cements SIA</t>
+  </si>
+  <si>
+    <t>Kroņu ielā 5, Rīga, LV-1035, reģ.Nr.40003661229</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "Baltik Saule" dzelzceļa pievedceļi, stacijā Sarkandaugava, valsts reģistrācijas indekss: 176, SIA "Baltik Saule" dzelzceļa pievedceļi, stacijā Zemitāni, valsts reģistrācijas indekss: 374)</t>
+    </r>
+  </si>
+  <si>
+    <t>28.05.2024.</t>
+  </si>
+  <si>
+    <t>LV2520244023</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(dzelzceļa signalizācijas, centralizācijas un bloķēšanas sistēmas un to iekārtas)</t>
+    </r>
+  </si>
+  <si>
+    <t>11.06.2024.</t>
+  </si>
+  <si>
+    <t>17.06.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244024</t>
+  </si>
+  <si>
+    <t>Katlakalna ielā 9A, Rīga, LV-1073, reģ.Nr.50203210191, t.(+371)27803111</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti); dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas; iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>26.06.2024.</t>
+  </si>
+  <si>
+    <t>15.07.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244025</t>
+  </si>
+  <si>
+    <t>SIA "Industry Service Partner"</t>
+  </si>
+  <si>
+    <t>Zemeņu ielā 74, Jūrmala, LV-2008, reģ.Nr.40003635527</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>25.06.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244026</t>
+  </si>
+  <si>
+    <t>Gunāra Astras ielā 1C, Rīga, LV-1084, reģ. Nr.41503000893, t.(+371)65420546</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas) </t>
+    </r>
+  </si>
+  <si>
+    <t>03.07.2024.</t>
+  </si>
+  <si>
+    <t>23.11.2029.</t>
+  </si>
+  <si>
+    <t>LV2920242027</t>
+  </si>
+  <si>
+    <t>LV2520244028</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vestienas ielā 6A, Rīga, LV-1035, reģ.Nr.40003500721</t>
+  </si>
+  <si>
+    <t>11.08.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "V SERVICE"  </t>
+  </si>
+  <si>
+    <t>Gaigalas ielā 16 - 1, Rīga, LV-1016, reģ.Nr.40003920717</t>
+  </si>
+  <si>
+    <t>30.07.2024.</t>
+  </si>
+  <si>
+    <t>29.07.2029.</t>
+  </si>
+  <si>
+    <t>LV2320240030</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "PATA" dzelzceļa pievedceļi, stacijā Inčukalns, valsts reģistrācijas indekss: 122, SIA "PATA" dzelzceļa pievedceļš, stacijā Saldus, valsts reģistrācijas indekss: 536)</t>
+    </r>
+  </si>
+  <si>
+    <t>05.09.2024.</t>
+  </si>
+  <si>
+    <t>LV2320240031</t>
+  </si>
+  <si>
+    <r>
+      <t>SIA "Baltmarine Terminal"</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFFFF00"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Sprīdīša ielā 1, Rīga, LV-1034, reģ.Nr.40003349011, t.(+371)67791241</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "Baltmarine Terminal" dzelzceļa pievedceļš Nr. 30, stacijā Mangaļi, valsts reģistrācijas indekss: 557; Rīgas brīvostas pārvaldes dzelzceļa pievedceļš Nr. 16, stacijā Mangaļi, valsts reģistrācijas indekss: 565)</t>
+    </r>
+  </si>
+  <si>
+    <t>10.09.2024.</t>
+  </si>
+  <si>
+    <t>09.09.2029.</t>
+  </si>
+  <si>
+    <t>LV2520244032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS "A.C.B." </t>
+  </si>
+  <si>
+    <t>Ziepniekkalna ielā 21A, Rīga, LV-1004, reģ.Nr.40003095713, t.(+371)67627782</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); pārbrauktuves un pārejas; inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); meliorācijas sistēmas; robežzīmes un aizsargstādījumi; ēkas un būves, kas nepieciešamas infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520244033</t>
+  </si>
+  <si>
+    <t>SIA "BALTIJAS BŪVE"</t>
+  </si>
+  <si>
+    <t>Loka ceļā 51, Jaunmārupe, Mārupes pag., Mārupes nov., LV-2166, reģ.Nr.40103539308, t.(+371)28867393</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320240034</t>
+  </si>
+  <si>
+    <t>Vilhelma Purvīša ielā 21, Rīga, LV-1050, reģ.Nr.40003788351</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(valsts reģistrācijas indekss: 06 02 06, 06 02 07, 09 06 03, 15 11 03, 03 01 02, 03 06 03, 10 09 16, 10 09 18, 151, 397) </t>
+    </r>
+  </si>
+  <si>
+    <t>17.09.2024.</t>
+  </si>
+  <si>
+    <t>23.09.2029.</t>
+  </si>
+  <si>
+    <t>19.03.2024.</t>
+  </si>
+  <si>
+    <t>LV2320240035</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(Dzelzceļa pievedceļa Nr. 43 iecirknis, stacijā Ventspils, valsts reģistrācijas indekss: 01 01 08, Ventspils brīvostas dzelzceļa pievedceļi Nr. 200, 201, 202, stacijā Ventspils, valsts reģistrācijas indekss: 568, Ventspils pilsētas pašvaldības dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 163)</t>
+    </r>
+  </si>
+  <si>
+    <t>20.09.2024.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "BALTIC TRADE"  </t>
+  </si>
+  <si>
+    <t>LV2320240036</t>
+  </si>
+  <si>
+    <t>25.09.2024.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "VIDES TEHNIKA" dzelzceļa pievedceļi, stacijā "Šķirotava" parks "E", ceļš Nr. 4, valsts reģistrācijas indekss: 385, SIA "SONORA RW" dzelzceļa pievedceļi, stacijā "Šķirotava" parks "E", valsts reģistrācijas indekss: 618)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520244037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Fima" </t>
+  </si>
+  <si>
+    <t>Dzelzavas ielā 120G, Rīga, LV-1021, reģ.Nr.40003880486,  t.(+371)67722277</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas; iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>08.10.2024.</t>
+  </si>
+  <si>
+    <t>07.10.2029.</t>
+  </si>
+  <si>
+    <t>LV2520246038</t>
+  </si>
+  <si>
+    <t>SIA "Infotrans"</t>
+  </si>
+  <si>
+    <t>Ganību dambī 25G, Rīga, LV-1005, reģ.Nr.40103410227</t>
+  </si>
+  <si>
+    <t>LV2520244039</t>
+  </si>
+  <si>
+    <t>SIA "SMP BŪVE"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Matrožu ielā 7A, Rīga, LV-1048, reģ.Nr.40103267328, t.(+371)29214930</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520244040</t>
+  </si>
+  <si>
+    <t>Hitachi Rail GTS Latvia SIA</t>
+  </si>
+  <si>
+    <t>Gustava Zemgala gatvē 76, Rīga, LV-1039, reģ.Nr.40003860456</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); inženiertehniskās būves;  robežzīmes; dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; sakaru tīkli; elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
-[...1200 lines deleted...]
-      </rPr>
       <t>(dzelzceļa signalizācijas, centralizācijas un bloķēšanas, sakaru un elektroapgādes iekārtas)</t>
     </r>
   </si>
   <si>
     <t>09.10.2024.</t>
   </si>
   <si>
     <t>08.10.2029.</t>
   </si>
   <si>
     <t>LV2320240041</t>
   </si>
   <si>
     <t xml:space="preserve">SIA "KRONOSPAN Riga"  </t>
   </si>
   <si>
     <t>Daugavgrīvas šosejā 7B, Rīga, LV-1016, reģ.Nr.40003774690</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
@@ -5852,67 +5473,50 @@
     <t>SIA "Dotnuva Seeds"</t>
   </si>
   <si>
     <t xml:space="preserve">"Iecavas bāze", Iecavas pag., Bauskas nov., LV-3913, reģ.Nr.40203489925
 </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(Dzelzceļa pievedceļš Nr. 17, stacijā Iecava, valsts reģistrācijas indekss: 184)</t>
     </r>
   </si>
   <si>
     <t>13.11.2024.</t>
   </si>
   <si>
     <t>12.11.2029.</t>
-  </si>
-[...15 lines deleted...]
-    </r>
   </si>
   <si>
     <t>LV2920243048</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">(LPKS "LATRAPS" dzelzceļa pievedceļi Nr. 22, 24,  stacijā Madona, valsts reģistrācijas indekss: 153, LPKS "LATRAPS" dzelzceļa pievedceļi, stacijā Meitene, valsts reģistrācijas indekss: 327, LPKS "LATRAPS" dzelzceļa pievedceļi, stacijā Sabile, valsts reģistrācijas indekss: 427, LPKS "LATRAPS" dzelzceļa pievedceļš Nr. 6, stacijā Aizkraukle, valsts reģistrācijas indekss: 124, LPKS "LATRAPS" dzelzceļa pievedceļš Nr. 57, dzelzceļa pievedceļa Nr. 57 pagarinājums, stacijā Krustpils, valsts reģistrācijas indekss: 328, 592, LPKS "LATRAPS" dzelzceļa pievedceļš, stacijā Saldus, valsts reģistrācijas indekss: 15 05 02); </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
@@ -6830,53 +6434,50 @@
       </rPr>
       <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: SIA "Baltic Agro" dzelzceļa pievedceļi Nr. 15, 19, 20, stacijā Saldus)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>27.04.2030.</t>
   </si>
   <si>
-    <t>IP + M</t>
-[...1 lines deleted...]
-  <si>
     <t>LV2920253029</t>
   </si>
   <si>
     <t>Mūrmuižas ielā 18, Valmiera, Valmieras nov., LV-4201, reģ.Nr.44103005731,     t.(+371) 64221283</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t xml:space="preserve">("VAKS" KOOPERATĪVĀS SABIEDRĪBAS dzelzceļa pievedceļi, stacijā Valmiera, valsts reģistrācijas indekss: 248, "VAKS" KOOPERATĪVĀS SABIEDRĪBAS dzelzceļa pievedceļš Nr. 17, stacijā Gulbene, valsts reģistrācijas indekss: 27 05 09, "VAKS" KOOPERATĪVĀS SABIEDRĪBAS  dzelzceļa pievedceļš Nr. 29b, stacijā Jelgava, valsts reģistrācijas indekss: 03 01 04, "VAKS" KOOPERATĪVĀS SABIEDRĪBAS dzelzceļa pievedceļš Nr. 4, stacijā Viļāni, valsts reģistrācijas indekss: 616); </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās</t>
@@ -7095,67 +6696,50 @@
   <si>
     <t xml:space="preserve">SIA "AGROLATS" </t>
   </si>
   <si>
     <t>Brīvības ielā 10B - 8, Dobele, Dobeles nov., LV-3701, reģ.Nr.50003349121</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "Agrolats Nekustamie Īpašumi" dzelzceļa pievedceļi, stacijā Dobele, valsts reģistrācijas indekss: 448)</t>
     </r>
   </si>
   <si>
     <t>29.05.2025.</t>
   </si>
   <si>
     <t>28.05.2030.</t>
-  </si>
-[...15 lines deleted...]
-    </r>
   </si>
   <si>
     <t>LV2920253037</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t xml:space="preserve">(LSEZ dzelzceļa pievedceļi, stacijā Liepāja, valsts reģistrācijas indekss: 378, 593, LSEZ dzelzceļa pievedceļš Nr. 25, stacijā Liepāja, valsts reģistrācijas indekss: 495,  LSEZ  dzelzceļa pievedceļš Nr. 68A, stacijā Liepāja, valsts reģistrācijas indekss: 518, LSEZ dzelzceļa nobrauktuve 22/24, stacijā Liepāja, valsts reģistrācijas indekss: 541, LSEZ dzelzceļa pievedceļš Nr. 24, stacijā Liepāja, valsts reģistrācijas indekss: 543);  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
     </r>
@@ -7482,66 +7066,50 @@
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>Par ritekļu tehnisko apkopi atbildīgā struktūrvienība (ECM) savā valdījumā esošiem ritekļiem</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">SIA "TOLMETS"  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>17.06.2025. pārtraukta satiksme uz dzelzceļa pievedceļiem Nr. 10, 22, 23, stacijā Mangaļi</t>
-    </r>
-[...14 lines deleted...]
-      <t xml:space="preserve"> APTURĒTA DARBĪBA 19.06.2025. pārtraukta satiksme  </t>
     </r>
   </si>
   <si>
     <t>LV2520254048</t>
   </si>
   <si>
     <t>Augusta Deglava ielā 106 k-2 - 80, Rīga, LV-1082, reģ.Nr.40003742657</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), dzelzceļa signalizācijas, centralizācijas un bloķēšanas līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
     </r>
   </si>
   <si>
     <t>26.06.2025.</t>
   </si>
   <si>
@@ -8328,50 +7896,433 @@
   <si>
     <t>07.10.2030.</t>
   </si>
   <si>
     <t>LV2320250080</t>
   </si>
   <si>
     <t>Cesvaines ielā 13, Rīga, LV-1073, reģ.Nr.40003005014</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "LATVIJAS ĶĪMIJA" dzelzceļa pievedceļi, stacijā Rīga Preču, reģistrācijas indekss: 392)</t>
     </r>
   </si>
   <si>
     <t>18.04.2031.</t>
+  </si>
+  <si>
+    <t>LV2520254081</t>
+  </si>
+  <si>
+    <t>Everline R SIA</t>
+  </si>
+  <si>
+    <t>Lielirbes ielā 1, Rīga, LV-1046, reģ.Nr.40203674315</t>
+  </si>
+  <si>
+    <t>21.10.2025.</t>
+  </si>
+  <si>
+    <t>20.10.2030.</t>
+  </si>
+  <si>
+    <t>LV2320250082</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vaļņu ielā 30, Daugavpils, LV-5401, reģ.Nr.51503023031</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (Daugavpils stacijas "A" parka dzelzceļa pievedceļi Nr. 2B, 5, 1, valsts reģistrācijas indekss: 389)</t>
+    </r>
+  </si>
+  <si>
+    <t>22.10.2025.</t>
+  </si>
+  <si>
+    <t>25.10.2030.</t>
+  </si>
+  <si>
+    <t>LV2320250083</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pulkveža Brieža ielā 12, Rīga, LV-1010, reģ.Nr.40003032949</t>
+  </si>
+  <si>
+    <t>04.11.2025.</t>
+  </si>
+  <si>
+    <t>03.11.2030.</t>
+  </si>
+  <si>
+    <t>LV2520254084</t>
+  </si>
+  <si>
+    <t>SIA "MRG Ceļi"</t>
+  </si>
+  <si>
+    <t>Ernestīnes ielā 43 - 1, Rīga, LV-1046, reģ.Nr.44103137314</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); robežzīmes un aizsargstādījumi; speciāla infrastruktūra pasažieru un kravu piekļuvei pie dzelzceļa platformām, tostarp speciāli piebraucamie ceļi un gājēju ceļi pasažieriem</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2520255085</t>
+  </si>
+  <si>
+    <t>05.11.2030.</t>
+  </si>
+  <si>
+    <t>LV2320250086</t>
+  </si>
+  <si>
+    <t>Andreja Pumpura ielā 151, Daugavpils, LV-5404, reģ.Nr.40003168311</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (SIA "LATGALES METĀLS" dzelzceļa pievedceļš Nr. 55, stacijā Daugavpils, valsts reģistrācijas indekss: 123)</t>
+    </r>
+  </si>
+  <si>
+    <t>16.11.2030.</t>
+  </si>
+  <si>
+    <r>
+      <t>SIA "Riga fertilizer terminal"</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  Pārtraukta satiksme 07.11.2025. </t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320250078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Cargo Concept" </t>
+  </si>
+  <si>
+    <t>Birztalu ielā 4, Rīga, LV-1015, reģ.Nr.40003215654</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "Cargo Concept" dzelzceļa pievedceļš Nr. 31, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 312, SIA "Cargo Concept" dzelzceļa pievedceļi Nr. 48, 49, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 347)</t>
+    </r>
+  </si>
+  <si>
+    <t>12.10.2030.</t>
+  </si>
+  <si>
+    <t>LV2320250087</t>
+  </si>
+  <si>
+    <t>AS "Amber Latvijas balzams"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Aleksandra Čaka ielā 160, Rīga, LV-1012, reģ.Nr.40003031873</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>dzelzceļa infrastruktūras pārvaldītājs</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (AS "Latvijas balzams" dzelzceļa pievedceļi, stacijā Zemitāni, valsts reģistrācijas indekss: 192)</t>
+    </r>
+  </si>
+  <si>
+    <t>11.11.2025.</t>
+  </si>
+  <si>
+    <t>10.11.2030.</t>
+  </si>
+  <si>
+    <t>LV2520255088</t>
+  </si>
+  <si>
+    <t>SIA "Artekso"</t>
+  </si>
+  <si>
+    <t>Mehanizatoru ielā 17, Varakļāni, Madonas nov., LV-4838, reģ.Nr.40203651473</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība un remonts </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženierbūves (tilti, ceļa pārvadi, estakādes, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas, tuneļi, segtas ieraktnes, citas apakšzemes būves u. tml.); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu un ritošā sastāva uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>12.11.2025.</t>
+  </si>
+  <si>
+    <t>11.11.2030.</t>
+  </si>
+  <si>
+    <t>LV2320250089</t>
+  </si>
+  <si>
+    <t>SIA "TOLMETS VIDZEME"</t>
+  </si>
+  <si>
+    <t>Valmieras ielā 20A, Cēsis, Cēsu nov., LV-4101, reģ.Nr.44103059611</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "TOLMETS" dzelzceļa pievedceļi Nr.36, stacijā Gulbene, valsts reģistrācijas indekss: 140)</t>
+    </r>
+  </si>
+  <si>
+    <t>24.05.2031.</t>
+  </si>
+  <si>
+    <t>LV2520256090</t>
+  </si>
+  <si>
+    <t>KUCA Railway Service Filia Latvia filiāle</t>
+  </si>
+  <si>
+    <t>Eglaines ielā 13G, Ozolnieki, Ozolnieku pag., Jelgavas nov., LV-3018, reģ.Nr.40203670417</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>27.11.2025.</t>
+  </si>
+  <si>
+    <t>26.11.2030.</t>
+  </si>
+  <si>
+    <t>LV2520254091</t>
+  </si>
+  <si>
+    <t>SIA "Technorent"</t>
+  </si>
+  <si>
+    <t>Granīta ielā 15, Rumbula, Stopiņu pag., Ropažu nov., LV-1057, reģ.Nr.40103906033</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); ūdensapgādes, kanalizācijas un ugunsdzēsības sistēmas; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>02.12.2025.</t>
+  </si>
+  <si>
+    <t>01.12.2030.</t>
+  </si>
+  <si>
+    <t>LV2320250092</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Duntes ielā 6, Rīga, LV-1013, reģ.Nr.44103026146</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(SIA "PRAX SA" dzelzceļa pievedceļi, stacijā Sloka, valsts reģistrācijas indekss: 294, SIA "RDZ Energy" dzelzceļa pievedceļš Nr. 4, stacijā Sloka, valsts reģistrācijas indekss: 583) </t>
+    </r>
+  </si>
+  <si>
+    <t>09.12.2025.</t>
+  </si>
+  <si>
+    <t>13.02.2031.</t>
+  </si>
+  <si>
+    <t>LV2920253093</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(SIA "Linas Agro" Graudu centra dzelzceļa pievedceļš, stacijā Krustpils, valsts reģistrācijas indekss: 570, SIA "Linas Agro" Graudu centra dzelzceļa pievedceļi Nr. 16, 17, 18, stacijā Skrunda, valsts reģistrācijas indekss: 416, SIA "Linas Agro" Graudu centra dzelzceļa pievedceļi Nr. 56, 57, 86, stacijā Rēzekne II, valsts reģistrācijas indekss: 494, SIA "Elagro Trade" dzelzceļa pievedceļi Nr. 10, 12, 13, stacija Meitene,  valsts reģistrācijas indekss: 401, SIA "Elagro Trade" dzelzceļa pievedceļi Nr. 100a, 104 - 113, stacijā Krustpils, valsts reģistrācijas indekss: 470); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Krustpils stacijas  robežās) </t>
+    </r>
+  </si>
+  <si>
+    <t>11.12.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
@@ -8994,5876 +8945,5853 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G253"/>
+  <dimension ref="A1:G252"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A247" workbookViewId="0">
-      <selection activeCell="A254" sqref="A254:XFD254"/>
+    <sheetView tabSelected="1" topLeftCell="A251" workbookViewId="0">
+      <selection activeCell="A253" sqref="A253:XFD253"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="1" width="16.42578125" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="16.44140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="28.88671875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="28.6640625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="41.109375" style="2" customWidth="1"/>
+    <col min="5" max="6" width="11.33203125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.109375" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:7" ht="13.8">
       <c r="A1" s="30" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="B1" s="31"/>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
       <c r="G1" s="31"/>
     </row>
-    <row r="2" spans="1:7" ht="40.5">
+    <row r="2" spans="1:7" ht="41.4">
       <c r="A2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" ht="40.5">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="53.4">
       <c r="A3" s="7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>218</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="D3" s="22" t="s">
-        <v>89</v>
+        <v>220</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>214</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="G3" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        <v>218</v>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="41.4">
+      <c r="A4" s="9" t="s">
+        <v>223</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="D4" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="41.4">
+      <c r="A5" s="9" t="s">
+        <v>227</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="133.19999999999999">
+      <c r="A6" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="41.25" customHeight="1">
+      <c r="A7" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D7" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E7" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="55.2">
+      <c r="A8" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>240</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="41.4">
+      <c r="A9" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>246</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>247</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="53.4">
+      <c r="A10" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="80.400000000000006">
+      <c r="A11" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>255</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="53.4">
+      <c r="A12" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="E4" s="18" t="s">
-[...177 lines deleted...]
-      <c r="C12" s="5" t="s">
+      <c r="F12" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="D12" s="22" t="s">
+      <c r="G12" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="213.6">
+      <c r="A13" s="9" t="s">
         <v>262</v>
       </c>
-      <c r="E12" s="18" t="s">
+      <c r="B13" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="D13" s="8" t="s">
         <v>263</v>
       </c>
-      <c r="F12" s="5" t="s">
+      <c r="E13" s="11" t="s">
         <v>264</v>
       </c>
-      <c r="G12" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="F13" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="41.4">
+      <c r="A14" s="10" t="s">
         <v>266</v>
       </c>
-      <c r="B13" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="6" t="s">
+      <c r="B14" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D14" s="17" t="s">
         <v>267</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E14" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="F14" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F13" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A14" s="9" t="s">
+      <c r="G14" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="53.4">
+      <c r="A15" s="9" t="s">
         <v>270</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6" t="s">
+      <c r="B15" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="C15" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D15" s="8" t="s">
         <v>272</v>
       </c>
-      <c r="E14" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A15" s="9" t="s">
+      <c r="E15" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="B15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="6" t="s">
+      <c r="G15" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="172.8">
+      <c r="A16" s="9" t="s">
         <v>274</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="B16" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" s="8" t="s">
         <v>275</v>
       </c>
-      <c r="E15" s="18" t="s">
-[...29 lines deleted...]
-        <v>145</v>
+      <c r="E16" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="36" customHeight="1">
       <c r="A17" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="41.4">
+      <c r="A18" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C18" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="5" t="s">
+      <c r="D18" s="17" t="s">
+        <v>281</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="41.4">
+      <c r="A19" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="D19" s="17" t="s">
+        <v>286</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="55.2">
+      <c r="A20" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="D20" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="80.400000000000006">
+      <c r="A21" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="132.6">
+      <c r="A22" s="25" t="s">
+        <v>295</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>296</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>297</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>298</v>
+      </c>
+      <c r="E22" s="13" t="s">
+        <v>299</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>242</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="41.4">
+      <c r="A23" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="80.400000000000006">
+      <c r="A24" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="E24" s="13" t="s">
+        <v>311</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>312</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="41.4">
+      <c r="A25" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D25" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="53.4">
+      <c r="A26" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="80.400000000000006">
+      <c r="A27" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>321</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="E27" s="13" t="s">
+        <v>323</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>324</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="159.6">
+      <c r="A28" s="25" t="s">
+        <v>325</v>
+      </c>
+      <c r="B28" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>326</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="E28" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>328</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="172.8">
+      <c r="A29" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="B29" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>331</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>332</v>
+      </c>
+      <c r="E29" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F29" s="12" t="s">
+        <v>333</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="66.599999999999994">
+      <c r="A30" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>335</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="41.4">
+      <c r="A31" s="25" t="s">
+        <v>338</v>
+      </c>
+      <c r="B31" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>339</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>340</v>
+      </c>
+      <c r="E31" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="F31" s="12" t="s">
+        <v>300</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="53.4">
+      <c r="A32" s="25" t="s">
+        <v>341</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>344</v>
+      </c>
+      <c r="E32" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="F32" s="12" t="s">
+        <v>336</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="41.4">
+      <c r="A33" s="25" t="s">
+        <v>345</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="160.80000000000001">
+      <c r="A34" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>348</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="G34" s="12" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="53.4">
+      <c r="A35" s="25" t="s">
+        <v>352</v>
+      </c>
+      <c r="B35" s="12" t="s">
         <v>117</v>
       </c>
-      <c r="D17" s="17" t="s">
-[...71 lines deleted...]
-      <c r="E20" s="18" t="s">
+      <c r="C35" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>353</v>
+      </c>
+      <c r="E35" s="13" t="s">
+        <v>351</v>
+      </c>
+      <c r="F35" s="12" t="s">
         <v>300</v>
       </c>
-      <c r="F20" s="5" t="s">
-[...39 lines deleted...]
-      <c r="D22" s="8" t="s">
+      <c r="G35" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="41.4">
+      <c r="A36" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="B36" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="G36" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="53.4">
+      <c r="A37" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="B37" s="19" t="s">
+        <v>358</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="D37" s="17" t="s">
+        <v>360</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="G37" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="239.4">
+      <c r="A38" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>363</v>
+      </c>
+      <c r="E38" s="26" t="s">
+        <v>364</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>365</v>
+      </c>
+      <c r="G38" s="12" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="55.2">
+      <c r="A39" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="D39" s="17" t="s">
+        <v>368</v>
+      </c>
+      <c r="E39" s="20" t="s">
+        <v>369</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>370</v>
+      </c>
+      <c r="G39" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="79.8">
+      <c r="A40" s="9" t="s">
+        <v>371</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="G40" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="53.4">
+      <c r="A41" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>377</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="D41" s="17" t="s">
+        <v>379</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="93.6">
+      <c r="A42" s="9" t="s">
+        <v>381</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="E42" s="11" t="s">
+        <v>375</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="199.2">
+      <c r="A43" s="10" t="s">
+        <v>389</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="D43" s="17" t="s">
+        <v>391</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>387</v>
+      </c>
+      <c r="F43" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="161.4">
+      <c r="A44" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="B44" s="19" t="s">
+        <v>393</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D44" s="17" t="s">
+        <v>395</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>396</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="53.4">
+      <c r="A45" s="10" t="s">
+        <v>398</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D45" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="120">
+      <c r="A46" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="B46" s="19" t="s">
+        <v>405</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="D46" s="17" t="s">
+        <v>407</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>403</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="147.6">
+      <c r="A47" s="7" t="s">
+        <v>408</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="E47" s="11" t="s">
+        <v>410</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="41.4">
+      <c r="A48" s="7" t="s">
+        <v>412</v>
+      </c>
+      <c r="B48" s="19" t="s">
+        <v>413</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="D48" s="17" t="s">
+        <v>415</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>416</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="66.599999999999994">
+      <c r="A49" s="7" t="s">
+        <v>418</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="D49" s="17" t="s">
+        <v>421</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>416</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="238.8">
+      <c r="A50" s="25" t="s">
+        <v>422</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>423</v>
+      </c>
+      <c r="C50" s="12" t="s">
+        <v>424</v>
+      </c>
+      <c r="D50" s="14" t="s">
+        <v>425</v>
+      </c>
+      <c r="E50" s="13" t="s">
+        <v>426</v>
+      </c>
+      <c r="F50" s="12" t="s">
+        <v>427</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="54">
+      <c r="A51" s="25" t="s">
+        <v>428</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>429</v>
+      </c>
+      <c r="C51" s="12" t="s">
+        <v>430</v>
+      </c>
+      <c r="D51" s="14" t="s">
+        <v>431</v>
+      </c>
+      <c r="E51" s="13" t="s">
+        <v>432</v>
+      </c>
+      <c r="F51" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="41.4">
+      <c r="A52" s="25" t="s">
+        <v>434</v>
+      </c>
+      <c r="B52" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>436</v>
+      </c>
+      <c r="D52" s="14" t="s">
+        <v>437</v>
+      </c>
+      <c r="E52" s="13" t="s">
+        <v>432</v>
+      </c>
+      <c r="F52" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="80.400000000000006">
+      <c r="A53" s="25" t="s">
+        <v>438</v>
+      </c>
+      <c r="B53" s="12" t="s">
+        <v>439</v>
+      </c>
+      <c r="C53" s="12" t="s">
+        <v>440</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>441</v>
+      </c>
+      <c r="E53" s="13" t="s">
+        <v>432</v>
+      </c>
+      <c r="F53" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="93.6">
+      <c r="A54" s="25" t="s">
+        <v>447</v>
+      </c>
+      <c r="B54" s="12" t="s">
+        <v>443</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>444</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>445</v>
+      </c>
+      <c r="E54" s="13" t="s">
+        <v>442</v>
+      </c>
+      <c r="F54" s="12" t="s">
+        <v>446</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="265.2">
+      <c r="A55" s="7" t="s">
+        <v>450</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="D55" s="21" t="s">
+        <v>452</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="80.400000000000006">
+      <c r="A56" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="B56" s="12" t="s">
+        <v>456</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>457</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>458</v>
+      </c>
+      <c r="E56" s="13" t="s">
+        <v>459</v>
+      </c>
+      <c r="F56" s="12" t="s">
+        <v>460</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="146.4">
+      <c r="A57" s="7" t="s">
+        <v>463</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="D57" s="17" t="s">
+        <v>466</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>467</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="106.8">
+      <c r="A58" s="7" t="s">
+        <v>469</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C58" s="16" t="s">
+        <v>470</v>
+      </c>
+      <c r="D58" s="21" t="s">
+        <v>471</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>467</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="G58" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="120">
+      <c r="A59" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>385</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>386</v>
+      </c>
+      <c r="E59" s="13" t="s">
+        <v>474</v>
+      </c>
+      <c r="F59" s="13" t="s">
+        <v>388</v>
+      </c>
+      <c r="G59" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="41.4">
+      <c r="A60" s="7" t="s">
+        <v>475</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D60" s="22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="41.4">
+      <c r="A61" s="7" t="s">
+        <v>480</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="D61" s="22" t="s">
+        <v>216</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>478</v>
+      </c>
+      <c r="F61" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="G61" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="53.4">
+      <c r="A62" s="7" t="s">
+        <v>485</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="C62" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="E22" s="11" t="s">
-[...519 lines deleted...]
-      <c r="B45" s="5" t="s">
+      <c r="D62" s="8" t="s">
+        <v>487</v>
+      </c>
+      <c r="E62" s="11" t="s">
+        <v>484</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="G62" s="12" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="5" t="s">
-[...413 lines deleted...]
-      <c r="C63" s="12" t="s">
+    </row>
+    <row r="63" spans="1:7" ht="41.4">
+      <c r="A63" s="7" t="s">
         <v>489</v>
       </c>
-      <c r="D63" s="14" t="s">
+      <c r="B63" s="6" t="s">
         <v>490</v>
       </c>
-      <c r="E63" s="13" t="s">
+      <c r="C63" s="6" t="s">
         <v>491</v>
       </c>
-      <c r="F63" s="12" t="s">
+      <c r="D63" s="8" t="s">
         <v>492</v>
       </c>
-      <c r="G63" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A64" s="25" t="s">
+      <c r="E63" s="11" t="s">
         <v>493</v>
       </c>
+      <c r="F63" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="G63" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="53.4">
+      <c r="A64" s="15" t="s">
+        <v>495</v>
+      </c>
       <c r="B64" s="12" t="s">
-        <v>494</v>
+        <v>67</v>
       </c>
       <c r="C64" s="12" t="s">
-        <v>495</v>
+        <v>154</v>
       </c>
       <c r="D64" s="14" t="s">
         <v>496</v>
       </c>
       <c r="E64" s="13" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F64" s="12" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>141</v>
-[...12 lines deleted...]
-      <c r="D65" s="14" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="93.6">
+      <c r="A65" s="10" t="s">
         <v>500</v>
       </c>
-      <c r="E65" s="13" t="s">
-[...10 lines deleted...]
-      <c r="A66" s="25" t="s">
+      <c r="B65" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>503</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>504</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="G65" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="53.4">
+      <c r="A66" s="7" t="s">
         <v>506</v>
       </c>
-      <c r="B66" s="12" t="s">
-[...12 lines deleted...]
-        <v>505</v>
+      <c r="B66" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="E66" s="11" t="s">
+        <v>508</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>509</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:7" ht="256.5">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="41.4">
       <c r="A67" s="7" t="s">
-        <v>509</v>
-[...4 lines deleted...]
-      <c r="C67" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="D67" s="21" t="s">
+      <c r="B67" s="6" t="s">
         <v>511</v>
       </c>
-      <c r="E67" s="6" t="s">
+      <c r="C67" s="6" t="s">
         <v>512</v>
       </c>
-      <c r="F67" s="6" t="s">
+      <c r="D67" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E67" s="11" t="s">
         <v>513</v>
       </c>
-      <c r="G67" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="15" t="s">
+      <c r="F67" s="11" t="s">
         <v>514</v>
       </c>
-      <c r="B68" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="12" t="s">
+      <c r="G67" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="93.6">
+      <c r="A68" s="7" t="s">
         <v>516</v>
       </c>
-      <c r="D68" s="14" t="s">
+      <c r="B68" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="D68" s="8" t="s">
         <v>517</v>
       </c>
-      <c r="E68" s="13" t="s">
+      <c r="E68" s="11" t="s">
         <v>518</v>
       </c>
-      <c r="F68" s="12" t="s">
+      <c r="F68" s="11" t="s">
         <v>519</v>
       </c>
-      <c r="G68" s="6" t="s">
-[...3 lines deleted...]
-    <row r="69" spans="1:7" ht="141.75">
+      <c r="G68" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="41.4">
       <c r="A69" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="C69" s="6" t="s">
         <v>522</v>
       </c>
-      <c r="B69" s="6" t="s">
+      <c r="D69" s="8" t="s">
         <v>523</v>
       </c>
-      <c r="C69" s="5" t="s">
+      <c r="E69" s="6" t="s">
         <v>524</v>
       </c>
-      <c r="D69" s="17" t="s">
+      <c r="F69" s="6" t="s">
         <v>525</v>
       </c>
-      <c r="E69" s="18" t="s">
+      <c r="G69" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="93.6">
+      <c r="A70" s="7" t="s">
         <v>526</v>
       </c>
-      <c r="F69" s="6" t="s">
+      <c r="B70" s="6" t="s">
         <v>527</v>
       </c>
-      <c r="G69" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A70" s="7" t="s">
+      <c r="C70" s="16" t="s">
         <v>528</v>
       </c>
-      <c r="B70" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="16" t="s">
+      <c r="D70" s="21" t="s">
         <v>529</v>
       </c>
-      <c r="D70" s="21" t="s">
+      <c r="E70" s="6" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>531</v>
       </c>
       <c r="G70" s="12" t="s">
-        <v>141</v>
-[...26 lines deleted...]
-      <c r="A72" s="7" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="41.4">
+      <c r="A71" s="7" t="s">
         <v>534</v>
       </c>
-      <c r="B72" s="6" t="s">
-        <v>47</v>
+      <c r="B71" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="D71" s="22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>535</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="41.4">
+      <c r="A72" s="10" t="s">
+        <v>537</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>81</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>161</v>
-[...4 lines deleted...]
-      <c r="E72" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D72" s="23" t="s">
+        <v>538</v>
+      </c>
+      <c r="E72" s="18" t="s">
         <v>535</v>
       </c>
-      <c r="F72" s="6" t="s">
-[...8 lines deleted...]
-        <v>537</v>
+      <c r="F72" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="159.6">
+      <c r="A73" s="10" t="s">
+        <v>540</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>111</v>
+      </c>
+      <c r="D73" s="17" t="s">
+        <v>163</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="F73" s="18" t="s">
         <v>542</v>
       </c>
-      <c r="G73" s="12" t="s">
-[...3 lines deleted...]
-    <row r="74" spans="1:7" ht="40.5">
+      <c r="F73" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="160.80000000000001">
       <c r="A74" s="7" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>544</v>
+        <v>52</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="D74" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>542</v>
+      </c>
+      <c r="F74" s="6" t="s">
         <v>545</v>
       </c>
-      <c r="D74" s="22" t="s">
-[...12 lines deleted...]
-    <row r="75" spans="1:7" ht="51.75">
+      <c r="G74" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="172.8">
       <c r="A75" s="7" t="s">
+        <v>546</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="C75" s="6" t="s">
         <v>548</v>
       </c>
-      <c r="B75" s="6" t="s">
+      <c r="D75" s="8" t="s">
         <v>549</v>
       </c>
-      <c r="C75" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="8" t="s">
+      <c r="E75" s="11" t="s">
         <v>550</v>
       </c>
-      <c r="E75" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="6" t="s">
+      <c r="F75" s="11" t="s">
         <v>551</v>
       </c>
       <c r="G75" s="12" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:7" ht="40.5">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="41.4">
       <c r="A76" s="7" t="s">
         <v>552</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>553</v>
       </c>
-      <c r="C76" s="6" t="s">
+      <c r="C76" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="D76" s="8" t="s">
+      <c r="D76" s="22" t="s">
         <v>555</v>
       </c>
-      <c r="E76" s="11" t="s">
+      <c r="E76" s="18" t="s">
         <v>556</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>557</v>
       </c>
-      <c r="G76" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A77" s="15" t="s">
+      <c r="G76" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="146.4">
+      <c r="A77" s="7" t="s">
         <v>558</v>
       </c>
-      <c r="B77" s="12" t="s">
+      <c r="B77" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="D77" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="93.6">
+      <c r="A78" s="7" t="s">
+        <v>562</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="D78" s="21" t="s">
+        <v>565</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>566</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="G78" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="41.4">
+      <c r="A79" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="B79" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C79" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D79" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="E79" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="F79" s="12" t="s">
+        <v>569</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="146.4">
+      <c r="A80" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="D80" s="21" t="s">
+        <v>574</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="G80" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="41.4">
+      <c r="A81" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="D81" s="22" t="s">
+        <v>580</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="41.4">
+      <c r="A82" s="7" t="s">
+        <v>581</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>584</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="146.4">
+      <c r="A83" s="7" t="s">
+        <v>585</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>587</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>588</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="146.4">
+      <c r="A84" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="B84" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="C77" s="12" t="s">
-[...123 lines deleted...]
-      <c r="F82" s="6" t="s">
+      <c r="C84" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="D84" s="21" t="s">
+        <v>592</v>
+      </c>
+      <c r="E84" s="18" t="s">
         <v>588</v>
       </c>
-      <c r="G82" s="12" t="s">
-[...16 lines deleted...]
-      <c r="E83" s="6" t="s">
+      <c r="F84" s="18" t="s">
+        <v>551</v>
+      </c>
+      <c r="G84" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="55.2">
+      <c r="A85" s="15" t="s">
         <v>593</v>
       </c>
-      <c r="F83" s="6" t="s">
+      <c r="B85" s="12" t="s">
         <v>594</v>
       </c>
-      <c r="G83" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A84" s="7" t="s">
+      <c r="C85" s="12" t="s">
+        <v>595</v>
+      </c>
+      <c r="D85" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="E85" s="13" t="s">
         <v>597</v>
       </c>
-      <c r="B84" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="5" t="s">
+      <c r="F85" s="12" t="s">
+        <v>598</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="41.4">
+      <c r="A86" s="15" t="s">
+        <v>599</v>
+      </c>
+      <c r="B86" s="12" t="s">
+        <v>600</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>601</v>
+      </c>
+      <c r="D86" s="14" t="s">
+        <v>602</v>
+      </c>
+      <c r="E86" s="13" t="s">
+        <v>603</v>
+      </c>
+      <c r="F86" s="12" t="s">
+        <v>604</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="145.80000000000001">
+      <c r="A87" s="7" t="s">
+        <v>605</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>608</v>
+      </c>
+      <c r="E87" s="11" t="s">
+        <v>609</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="53.4">
+      <c r="A88" s="7" t="s">
+        <v>615</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="D88" s="22" t="s">
+        <v>618</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="80.400000000000006">
+      <c r="A89" s="7" t="s">
+        <v>619</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="C89" s="16" t="s">
+        <v>621</v>
+      </c>
+      <c r="D89" s="17" t="s">
+        <v>709</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>622</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="G89" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="79.8">
+      <c r="A90" s="7" t="s">
+        <v>624</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="D90" s="17" t="s">
+        <v>626</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>622</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="146.4">
+      <c r="A91" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="D91" s="21" t="s">
+        <v>630</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="93.6">
+      <c r="A92" s="7" t="s">
+        <v>632</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="D92" s="21" t="s">
+        <v>635</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>636</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="G92" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="53.4">
+      <c r="A93" s="25" t="s">
+        <v>638</v>
+      </c>
+      <c r="B93" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C93" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>639</v>
+      </c>
+      <c r="E93" s="13" t="s">
+        <v>640</v>
+      </c>
+      <c r="F93" s="13" t="s">
+        <v>641</v>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="53.4">
+      <c r="A94" s="9" t="s">
+        <v>642</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>643</v>
+      </c>
+      <c r="E94" s="11" t="s">
+        <v>640</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="53.4">
+      <c r="A95" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="D95" s="17" t="s">
+        <v>654</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>648</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="41.4">
+      <c r="A96" s="10" t="s">
+        <v>657</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="D96" s="17" t="s">
+        <v>655</v>
+      </c>
+      <c r="E96" s="18" t="s">
+        <v>648</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="162.6">
+      <c r="A97" s="7" t="s">
+        <v>652</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C97" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="D84" s="22" t="s">
+      <c r="D97" s="22" t="s">
+        <v>656</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>648</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="107.4">
+      <c r="A98" s="10" t="s">
+        <v>658</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>659</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="D98" s="17" t="s">
+        <v>661</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>662</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="53.4">
+      <c r="A99" s="10" t="s">
+        <v>664</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="D99" s="22" t="s">
+        <v>667</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>662</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="55.2">
+      <c r="A100" s="10" t="s">
+        <v>668</v>
+      </c>
+      <c r="B100" s="19" t="s">
         <v>173</v>
       </c>
-      <c r="E84" s="18" t="s">
-[...332 lines deleted...]
-      <c r="A99" s="15" t="s">
+      <c r="C100" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="D100" s="17" t="s">
+        <v>670</v>
+      </c>
+      <c r="E100" s="6" t="s">
         <v>662</v>
       </c>
-      <c r="B99" s="12" t="s">
+      <c r="F100" s="6" t="s">
         <v>663</v>
       </c>
-      <c r="C99" s="12" t="s">
-[...25 lines deleted...]
-      <c r="D100" s="8" t="s">
+      <c r="G100" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="175.8">
+      <c r="A101" s="15" t="s">
         <v>671</v>
       </c>
-      <c r="E100" s="11" t="s">
+      <c r="B101" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C101" s="12" t="s">
         <v>672</v>
       </c>
-      <c r="F100" s="6" t="s">
+      <c r="D101" s="14" t="s">
         <v>673</v>
       </c>
-      <c r="G100" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A101" s="7" t="s">
+      <c r="E101" s="12" t="s">
+        <v>674</v>
+      </c>
+      <c r="F101" s="12" t="s">
+        <v>675</v>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="106.8">
+      <c r="A102" s="7" t="s">
         <v>678</v>
       </c>
-      <c r="B101" s="5" t="s">
+      <c r="B102" s="6" t="s">
         <v>679</v>
       </c>
-      <c r="C101" s="5" t="s">
+      <c r="C102" s="5" t="s">
         <v>680</v>
       </c>
-      <c r="D101" s="22" t="s">
+      <c r="D102" s="21" t="s">
         <v>681</v>
       </c>
-      <c r="E101" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A102" s="7" t="s">
+      <c r="E102" s="18" t="s">
         <v>682</v>
       </c>
-      <c r="B102" s="5" t="s">
+      <c r="F102" s="6" t="s">
         <v>683</v>
       </c>
-      <c r="C102" s="16" t="s">
+      <c r="G102" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="187.2">
+      <c r="A103" s="7" t="s">
         <v>684</v>
       </c>
-      <c r="D102" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="18" t="s">
+      <c r="B103" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="C103" s="5" t="s">
         <v>685</v>
       </c>
-      <c r="F102" s="5" t="s">
+      <c r="D103" s="21" t="s">
         <v>686</v>
       </c>
-      <c r="G102" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A103" s="7" t="s">
+      <c r="E103" s="18" t="s">
         <v>687</v>
       </c>
-      <c r="B103" s="6" t="s">
+      <c r="F103" s="5" t="s">
         <v>688</v>
       </c>
-      <c r="C103" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D103" s="17" t="s">
+      <c r="G103" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="55.2">
+      <c r="A104" s="15" t="s">
         <v>689</v>
       </c>
-      <c r="E103" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A104" s="7" t="s">
+      <c r="B104" s="12" t="s">
         <v>690</v>
       </c>
-      <c r="B104" s="5" t="s">
+      <c r="C104" s="12" t="s">
         <v>691</v>
       </c>
-      <c r="C104" s="5" t="s">
+      <c r="D104" s="14" t="s">
         <v>692</v>
       </c>
-      <c r="D104" s="21" t="s">
+      <c r="E104" s="13" t="s">
         <v>693</v>
       </c>
-      <c r="E104" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F104" s="5" t="s">
+      <c r="F104" s="12" t="s">
         <v>694</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" ht="90.75">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="41.4">
       <c r="A105" s="7" t="s">
         <v>695</v>
       </c>
-      <c r="B105" s="5" t="s">
+      <c r="B105" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C105" s="6" t="s">
         <v>696</v>
       </c>
-      <c r="C105" s="5" t="s">
+      <c r="D105" s="8" t="s">
         <v>697</v>
       </c>
-      <c r="D105" s="21" t="s">
+      <c r="E105" s="11" t="s">
         <v>698</v>
       </c>
-      <c r="E105" s="18" t="s">
+      <c r="F105" s="6" t="s">
         <v>699</v>
       </c>
-      <c r="F105" s="5" t="s">
+      <c r="G105" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="215.4">
+      <c r="A106" s="15" t="s">
         <v>700</v>
       </c>
-      <c r="G105" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A106" s="25" t="s">
+      <c r="B106" s="12" t="s">
         <v>701</v>
       </c>
-      <c r="B106" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="12" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D106" s="14" t="s">
         <v>702</v>
       </c>
       <c r="E106" s="13" t="s">
         <v>703</v>
       </c>
-      <c r="F106" s="13" t="s">
+      <c r="F106" s="12" t="s">
         <v>704</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      <c r="A107" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="186">
+      <c r="A107" s="7" t="s">
         <v>705</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>212</v>
+        <v>55</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>213</v>
+        <v>706</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="E107" s="11" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        <v>708</v>
+        <v>131</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="186">
+      <c r="A108" s="7" t="s">
+        <v>710</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>709</v>
+        <v>48</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="D108" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="D108" s="24" t="s">
+        <v>711</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>712</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="G108" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="41.4">
+      <c r="A109" s="7" t="s">
+        <v>713</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="D109" s="22" t="s">
+        <v>716</v>
+      </c>
+      <c r="E109" s="18" t="s">
         <v>717</v>
       </c>
-      <c r="E108" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A109" s="10" t="s">
+      <c r="F109" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="41.4">
+      <c r="A110" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="B110" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C110" s="12" t="s">
         <v>720</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...35 lines deleted...]
-        <v>716</v>
+      <c r="D110" s="14" t="s">
+        <v>721</v>
+      </c>
+      <c r="E110" s="13" t="s">
+        <v>722</v>
+      </c>
+      <c r="F110" s="12" t="s">
+        <v>723</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>142</v>
-[...12 lines deleted...]
-      <c r="D111" s="17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="40.200000000000003">
+      <c r="A111" s="15" t="s">
         <v>724</v>
       </c>
-      <c r="E111" s="18" t="s">
+      <c r="B111" s="12" t="s">
         <v>725</v>
       </c>
-      <c r="F111" s="5" t="s">
+      <c r="C111" s="12" t="s">
         <v>726</v>
       </c>
+      <c r="D111" s="14" t="s">
+        <v>727</v>
+      </c>
+      <c r="E111" s="13" t="s">
+        <v>728</v>
+      </c>
+      <c r="F111" s="12" t="s">
+        <v>729</v>
+      </c>
       <c r="G111" s="5" t="s">
-        <v>142</v>
-[...6 lines deleted...]
-      <c r="B112" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="306">
+      <c r="A112" s="15" t="s">
+        <v>730</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C112" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D112" s="14" t="s">
+        <v>731</v>
+      </c>
+      <c r="E112" s="13" t="s">
         <v>728</v>
       </c>
-      <c r="C112" s="5" t="s">
-[...9 lines deleted...]
-        <v>726</v>
+      <c r="F112" s="12" t="s">
+        <v>732</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>141</v>
-[...12 lines deleted...]
-      <c r="D113" s="17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="53.4">
+      <c r="A113" s="7" t="s">
         <v>733</v>
       </c>
-      <c r="E113" s="6" t="s">
-        <v>725</v>
+      <c r="B113" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="D113" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="E113" s="11" t="s">
+        <v>737</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>252</v>
-[...19 lines deleted...]
-        <v>738</v>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="41.4">
+      <c r="A114" s="7" t="s">
+        <v>739</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="D114" s="17" t="s">
+        <v>742</v>
+      </c>
+      <c r="E114" s="18" t="s">
+        <v>743</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:7" ht="90.75">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="106.8">
       <c r="A115" s="7" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>745</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="C115" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="D115" s="21" t="s">
+        <v>748</v>
+      </c>
+      <c r="E115" s="18" t="s">
         <v>743</v>
       </c>
-      <c r="D115" s="21" t="s">
+      <c r="F115" s="5" t="s">
         <v>744</v>
       </c>
-      <c r="E115" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G115" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:7" ht="181.5">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="132.6">
       <c r="A116" s="7" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>595</v>
+        <v>71</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>750</v>
+      </c>
+      <c r="D116" s="17" t="s">
+        <v>751</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>751</v>
+        <v>241</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        <v>752</v>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="133.19999999999999">
+      <c r="A117" s="25" t="s">
+        <v>754</v>
       </c>
       <c r="B117" s="12" t="s">
+        <v>755</v>
+      </c>
+      <c r="C117" s="12" t="s">
+        <v>756</v>
+      </c>
+      <c r="D117" s="14" t="s">
+        <v>757</v>
+      </c>
+      <c r="E117" s="13" t="s">
         <v>753</v>
       </c>
-      <c r="C117" s="12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" s="12" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        <v>758</v>
+        <v>131</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="53.4">
+      <c r="A118" s="9" t="s">
+        <v>759</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>185</v>
+        <v>760</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D118" s="8" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>762</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>175</v>
       </c>
       <c r="F118" s="6" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>252</v>
-[...9 lines deleted...]
-      <c r="C119" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="55.2">
+      <c r="A119" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="D119" s="8" t="s">
+        <v>523</v>
+      </c>
+      <c r="E119" s="11" t="s">
+        <v>767</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="159.6">
+      <c r="A120" s="7" t="s">
+        <v>771</v>
+      </c>
+      <c r="B120" s="12" t="s">
+        <v>772</v>
+      </c>
+      <c r="C120" s="12" t="s">
+        <v>773</v>
+      </c>
+      <c r="D120" s="14" t="s">
+        <v>774</v>
+      </c>
+      <c r="E120" s="13" t="s">
+        <v>775</v>
+      </c>
+      <c r="F120" s="12" t="s">
+        <v>776</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="41.4">
+      <c r="A121" s="7" t="s">
+        <v>777</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="G121" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="106.8">
+      <c r="A122" s="10" t="s">
+        <v>781</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D122" s="17" t="s">
+        <v>782</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>783</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="213.6">
+      <c r="A123" s="10" t="s">
+        <v>784</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D123" s="21" t="s">
         <v>190</v>
       </c>
-      <c r="D119" s="14" t="s">
-[...68 lines deleted...]
-      <c r="D122" s="22" t="s">
+      <c r="E123" s="18" t="s">
         <v>779</v>
       </c>
-      <c r="E122" s="18" t="s">
-[...16 lines deleted...]
-      <c r="C123" s="12" t="s">
+      <c r="F123" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="80.400000000000006">
+      <c r="A124" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="D124" s="21" t="s">
+        <v>789</v>
+      </c>
+      <c r="E124" s="11" t="s">
+        <v>882</v>
+      </c>
+      <c r="F124" s="6" t="s">
         <v>783</v>
       </c>
-      <c r="D123" s="14" t="s">
-[...28 lines deleted...]
-      <c r="F124" s="12" t="s">
+      <c r="G124" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="53.4">
+      <c r="A125" s="15" t="s">
         <v>792</v>
       </c>
-      <c r="G124" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A125" s="15" t="s">
+      <c r="B125" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="C125" s="12" t="s">
         <v>793</v>
       </c>
-      <c r="B125" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D125" s="14" t="s">
+      <c r="D125" s="12" t="s">
         <v>794</v>
       </c>
       <c r="E125" s="13" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="F125" s="12" t="s">
+        <v>796</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="106.2">
+      <c r="A126" s="25" t="s">
+        <v>798</v>
+      </c>
+      <c r="B126" s="12" t="s">
+        <v>799</v>
+      </c>
+      <c r="C126" s="12" t="s">
+        <v>448</v>
+      </c>
+      <c r="D126" s="14" t="s">
+        <v>800</v>
+      </c>
+      <c r="E126" s="13" t="s">
         <v>795</v>
       </c>
-      <c r="G125" s="5" t="s">
-[...19 lines deleted...]
-      <c r="F126" s="6" t="s">
+      <c r="F126" s="12" t="s">
         <v>801</v>
       </c>
-      <c r="G126" s="5" t="s">
-[...3 lines deleted...]
-    <row r="127" spans="1:7" ht="40.5">
+      <c r="G126" s="6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="106.2">
       <c r="A127" s="7" t="s">
         <v>802</v>
       </c>
       <c r="B127" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="C127" s="6" t="s">
         <v>803</v>
       </c>
-      <c r="C127" s="5" t="s">
+      <c r="D127" s="8" t="s">
         <v>804</v>
       </c>
-      <c r="D127" s="17" t="s">
+      <c r="E127" s="11" t="s">
         <v>805</v>
       </c>
-      <c r="E127" s="18" t="s">
+      <c r="F127" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="G127" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="186">
+      <c r="A128" s="7" t="s">
         <v>806</v>
       </c>
-      <c r="F127" s="5" t="s">
+      <c r="B128" s="6" t="s">
         <v>807</v>
       </c>
-      <c r="G127" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A128" s="7" t="s">
+      <c r="C128" s="5" t="s">
         <v>808</v>
       </c>
-      <c r="B128" s="5" t="s">
+      <c r="D128" s="21" t="s">
         <v>809</v>
       </c>
-      <c r="C128" s="5" t="s">
+      <c r="E128" s="18" t="s">
         <v>810</v>
       </c>
-      <c r="D128" s="21" t="s">
+      <c r="F128" s="5" t="s">
         <v>811</v>
       </c>
-      <c r="E128" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G128" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:7" ht="128.25">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="175.8">
       <c r="A129" s="7" t="s">
         <v>812</v>
       </c>
-      <c r="B129" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C129" s="5" t="s">
+      <c r="B129" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C129" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D129" s="14" t="s">
         <v>813</v>
       </c>
-      <c r="D129" s="17" t="s">
+      <c r="E129" s="13" t="s">
         <v>814</v>
       </c>
-      <c r="E129" s="18" t="s">
-[...3 lines deleted...]
-        <v>294</v>
+      <c r="F129" s="13" t="s">
+        <v>815</v>
       </c>
       <c r="G129" s="5" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      <c r="A130" s="25" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="146.4">
+      <c r="A130" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="B130" s="6" t="s">
         <v>817</v>
       </c>
-      <c r="B130" s="12" t="s">
+      <c r="C130" s="5" t="s">
         <v>818</v>
       </c>
-      <c r="C130" s="12" t="s">
+      <c r="D130" s="21" t="s">
         <v>819</v>
       </c>
-      <c r="D130" s="14" t="s">
+      <c r="E130" s="18" t="s">
+        <v>814</v>
+      </c>
+      <c r="F130" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="E130" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G130" s="5" t="s">
-        <v>142</v>
-[...9 lines deleted...]
-      <c r="C131" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="189">
+      <c r="A131" s="15" t="s">
         <v>824</v>
       </c>
-      <c r="D131" s="8" t="s">
+      <c r="B131" s="12" t="s">
+        <v>570</v>
+      </c>
+      <c r="C131" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D131" s="14" t="s">
         <v>825</v>
       </c>
-      <c r="E131" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F131" s="6" t="s">
+      <c r="E131" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="F131" s="12" t="s">
         <v>826</v>
       </c>
-      <c r="G131" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A132" s="7" t="s">
+      <c r="G131" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="79.8">
+      <c r="A132" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="B132" s="12" t="s">
         <v>828</v>
       </c>
-      <c r="B132" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C132" s="6" t="s">
+      <c r="C132" s="12" t="s">
         <v>829</v>
       </c>
-      <c r="D132" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="11" t="s">
+      <c r="D132" s="14" t="s">
         <v>830</v>
       </c>
-      <c r="F132" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="7" t="s">
+      <c r="E132" s="13" t="s">
+        <v>831</v>
+      </c>
+      <c r="F132" s="12" t="s">
+        <v>815</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="54">
+      <c r="A133" s="15" t="s">
+        <v>832</v>
+      </c>
+      <c r="B133" s="12" t="s">
+        <v>498</v>
+      </c>
+      <c r="C133" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="D133" s="14" t="s">
+        <v>833</v>
+      </c>
+      <c r="E133" s="13" t="s">
         <v>834</v>
       </c>
-      <c r="B133" s="12" t="s">
+      <c r="F133" s="12" t="s">
         <v>835</v>
       </c>
-      <c r="C133" s="12" t="s">
+      <c r="G133" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" ht="199.2">
+      <c r="A134" s="7" t="s">
         <v>836</v>
       </c>
-      <c r="D133" s="14" t="s">
+      <c r="B134" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="C134" s="6" t="s">
         <v>837</v>
       </c>
-      <c r="E133" s="13" t="s">
+      <c r="D134" s="8" t="s">
         <v>838</v>
       </c>
-      <c r="F133" s="12" t="s">
+      <c r="E134" s="11" t="s">
         <v>839</v>
       </c>
-      <c r="G133" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="7" t="s">
+      <c r="F134" s="6" t="s">
         <v>840</v>
       </c>
-      <c r="B134" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C134" s="5" t="s">
+      <c r="G134" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="93.6">
+      <c r="A135" s="7" t="s">
         <v>841</v>
       </c>
-      <c r="D134" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="6" t="s">
+      <c r="B135" s="6" t="s">
         <v>842</v>
       </c>
-      <c r="F134" s="5" t="s">
+      <c r="C135" s="6" t="s">
         <v>843</v>
       </c>
-      <c r="G134" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A135" s="10" t="s">
+      <c r="D135" s="8" t="s">
         <v>844</v>
       </c>
-      <c r="B135" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D135" s="17" t="s">
+      <c r="E135" s="11" t="s">
+        <v>839</v>
+      </c>
+      <c r="F135" s="6" t="s">
         <v>845</v>
       </c>
-      <c r="E135" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F135" s="5" t="s">
+      <c r="G135" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="146.4">
+      <c r="A136" s="7" t="s">
         <v>846</v>
       </c>
-      <c r="G135" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A136" s="10" t="s">
+      <c r="B136" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C136" s="6" t="s">
         <v>847</v>
       </c>
-      <c r="B136" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F136" s="5" t="s">
+      <c r="D136" s="8" t="s">
         <v>848</v>
       </c>
-      <c r="G136" s="6" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:7" ht="78">
+      <c r="E136" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="409.6">
       <c r="A137" s="7" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>850</v>
-[...4 lines deleted...]
-      <c r="D137" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D137" s="8" t="s">
+        <v>790</v>
+      </c>
+      <c r="E137" s="11" t="s">
+        <v>791</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="106.8">
+      <c r="A138" s="7" t="s">
         <v>852</v>
       </c>
-      <c r="E137" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A138" s="15" t="s">
+      <c r="B138" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="D138" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="E138" s="27">
+        <v>45483</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="146.4">
+      <c r="A139" s="7" t="s">
         <v>855</v>
       </c>
-      <c r="B138" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="12" t="s">
+      <c r="B139" s="5" t="s">
         <v>856</v>
       </c>
-      <c r="D138" s="12" t="s">
+      <c r="C139" s="5" t="s">
         <v>857</v>
       </c>
-      <c r="E138" s="13" t="s">
+      <c r="D139" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="E139" s="5" t="s">
         <v>858</v>
       </c>
-      <c r="F138" s="12" t="s">
+      <c r="F139" s="6" t="s">
         <v>859</v>
       </c>
-      <c r="G138" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A139" s="25" t="s">
+      <c r="G139" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="66.599999999999994">
+      <c r="A140" s="7" t="s">
+        <v>860</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="D140" s="8" t="s">
         <v>861</v>
       </c>
-      <c r="B139" s="12" t="s">
+      <c r="E140" s="11" t="s">
         <v>862</v>
       </c>
-      <c r="C139" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D139" s="14" t="s">
+      <c r="F140" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="G140" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="79.8">
+      <c r="A141" s="7" t="s">
         <v>863</v>
       </c>
-      <c r="E139" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F139" s="12" t="s">
+      <c r="B141" s="5" t="s">
         <v>864</v>
       </c>
-      <c r="G139" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A140" s="7" t="s">
+      <c r="C141" s="5" t="s">
         <v>865</v>
       </c>
-      <c r="B140" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C140" s="6" t="s">
+      <c r="D141" s="17" t="s">
         <v>866</v>
       </c>
-      <c r="D140" s="8" t="s">
+      <c r="E141" s="18" t="s">
         <v>867</v>
       </c>
-      <c r="E140" s="11" t="s">
+      <c r="F141" s="6" t="s">
         <v>868</v>
       </c>
-      <c r="F140" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="7" t="s">
+      <c r="G141" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="146.4">
+      <c r="A142" s="7" t="s">
+        <v>869</v>
+      </c>
+      <c r="B142" s="19" t="s">
         <v>870</v>
       </c>
-      <c r="B141" s="6" t="s">
+      <c r="C142" s="5" t="s">
         <v>871</v>
       </c>
-      <c r="C141" s="5" t="s">
+      <c r="D142" s="8" t="s">
         <v>872</v>
       </c>
-      <c r="D141" s="21" t="s">
+      <c r="E142" s="18" t="s">
+        <v>867</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="159.6">
+      <c r="A143" s="7" t="s">
         <v>873</v>
       </c>
-      <c r="E141" s="18" t="s">
+      <c r="B143" s="5" t="s">
         <v>874</v>
       </c>
-      <c r="F141" s="5" t="s">
+      <c r="C143" s="5" t="s">
         <v>875</v>
       </c>
-      <c r="G141" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A142" s="7" t="s">
+      <c r="D143" s="17" t="s">
         <v>876</v>
       </c>
-      <c r="B142" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D142" s="14" t="s">
+      <c r="E143" s="18" t="s">
+        <v>867</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="53.4">
+      <c r="A144" s="7" t="s">
         <v>877</v>
       </c>
-      <c r="E142" s="13" t="s">
+      <c r="B144" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C144" s="6" t="s">
         <v>878</v>
       </c>
-      <c r="F142" s="13" t="s">
+      <c r="D144" s="8" t="s">
         <v>879</v>
       </c>
-      <c r="G142" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A143" s="7" t="s">
+      <c r="E144" s="11" t="s">
         <v>880</v>
       </c>
-      <c r="B143" s="6" t="s">
+      <c r="F144" s="6" t="s">
         <v>881</v>
       </c>
-      <c r="C143" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D143" s="21" t="s">
+      <c r="G144" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="106.2">
+      <c r="A145" s="7" t="s">
         <v>883</v>
       </c>
-      <c r="E143" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F143" s="5" t="s">
+      <c r="B145" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D145" s="8" t="s">
         <v>884</v>
       </c>
-      <c r="G143" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A144" s="15" t="s">
+      <c r="E145" s="11" t="s">
+        <v>885</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="G145" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="79.8">
+      <c r="A146" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="D146" s="8" t="s">
+        <v>889</v>
+      </c>
+      <c r="E146" s="11" t="s">
         <v>888</v>
       </c>
-      <c r="B144" s="12" t="s">
-[...11 lines deleted...]
-      <c r="F144" s="12" t="s">
+      <c r="F146" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="186">
+      <c r="A147" s="7" t="s">
         <v>890</v>
       </c>
-      <c r="G144" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A145" s="15" t="s">
+      <c r="B147" s="5" t="s">
         <v>891</v>
       </c>
-      <c r="B145" s="12" t="s">
+      <c r="C147" s="5" t="s">
         <v>892</v>
       </c>
-      <c r="C145" s="12" t="s">
+      <c r="D147" s="17" t="s">
         <v>893</v>
       </c>
-      <c r="D145" s="14" t="s">
+      <c r="E147" s="18" t="s">
         <v>894</v>
       </c>
-      <c r="E145" s="13" t="s">
+      <c r="F147" s="18" t="s">
         <v>895</v>
       </c>
-      <c r="F145" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="15" t="s">
+      <c r="G147" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="186">
+      <c r="A148" s="7" t="s">
         <v>896</v>
       </c>
-      <c r="B146" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D146" s="14" t="s">
+      <c r="B148" s="5" t="s">
         <v>897</v>
       </c>
-      <c r="E146" s="13" t="s">
+      <c r="C148" s="5" t="s">
         <v>898</v>
       </c>
-      <c r="F146" s="12" t="s">
+      <c r="D148" s="24" t="s">
+        <v>711</v>
+      </c>
+      <c r="E148" s="18" t="s">
+        <v>894</v>
+      </c>
+      <c r="F148" s="18" t="s">
+        <v>895</v>
+      </c>
+      <c r="G148" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="159.6">
+      <c r="A149" s="7" t="s">
         <v>899</v>
       </c>
-      <c r="G146" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A147" s="7" t="s">
+      <c r="B149" s="5" t="s">
         <v>900</v>
       </c>
-      <c r="B147" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C147" s="6" t="s">
+      <c r="C149" s="5" t="s">
         <v>901</v>
       </c>
-      <c r="D147" s="8" t="s">
+      <c r="D149" s="17" t="s">
         <v>902</v>
       </c>
-      <c r="E147" s="11" t="s">
+      <c r="E149" s="18" t="s">
+        <v>894</v>
+      </c>
+      <c r="F149" s="18" t="s">
+        <v>895</v>
+      </c>
+      <c r="G149" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="54">
+      <c r="A150" s="7" t="s">
         <v>903</v>
       </c>
-      <c r="F147" s="6" t="s">
+      <c r="B150" s="5" t="s">
         <v>904</v>
       </c>
-      <c r="G147" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A148" s="7" t="s">
+      <c r="C150" s="5" t="s">
         <v>905</v>
       </c>
-      <c r="B148" s="6" t="s">
+      <c r="D150" s="21" t="s">
         <v>906</v>
       </c>
-      <c r="C148" s="6" t="s">
+      <c r="E150" s="18" t="s">
         <v>907</v>
       </c>
-      <c r="D148" s="8" t="s">
+      <c r="F150" s="18" t="s">
         <v>908</v>
       </c>
-      <c r="E148" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F148" s="6" t="s">
+      <c r="G150" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="40.200000000000003">
+      <c r="A151" s="7" t="s">
         <v>909</v>
       </c>
-      <c r="G148" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A149" s="7" t="s">
+      <c r="B151" s="6" t="s">
         <v>910</v>
       </c>
-      <c r="B149" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C149" s="6" t="s">
+      <c r="C151" s="6" t="s">
         <v>911</v>
       </c>
-      <c r="D149" s="8" t="s">
+      <c r="D151" s="8" t="s">
         <v>912</v>
       </c>
-      <c r="E149" s="6" t="s">
+      <c r="E151" s="11" t="s">
         <v>913</v>
       </c>
-      <c r="F149" s="6" t="s">
+      <c r="F151" s="11" t="s">
         <v>914</v>
       </c>
-      <c r="G149" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A150" s="7" t="s">
+      <c r="G151" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="159.6">
+      <c r="A152" s="7" t="s">
         <v>915</v>
       </c>
-      <c r="B150" s="6" t="s">
-[...19 lines deleted...]
-      <c r="A151" s="7" t="s">
+      <c r="B152" s="6" t="s">
         <v>916</v>
       </c>
-      <c r="B151" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C151" s="5" t="s">
+      <c r="C152" s="6" t="s">
         <v>917</v>
       </c>
-      <c r="D151" s="21" t="s">
-[...5 lines deleted...]
-      <c r="F151" s="6" t="s">
+      <c r="D152" s="8" t="s">
         <v>918</v>
       </c>
-      <c r="G151" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A152" s="7" t="s">
+      <c r="E152" s="11" t="s">
         <v>919</v>
       </c>
-      <c r="B152" s="5" t="s">
+      <c r="F152" s="11" t="s">
         <v>920</v>
       </c>
-      <c r="C152" s="5" t="s">
+      <c r="G152" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="67.2">
+      <c r="A153" s="7" t="s">
         <v>921</v>
       </c>
-      <c r="D152" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="5" t="s">
+      <c r="B153" s="6" t="s">
         <v>922</v>
       </c>
-      <c r="F152" s="6" t="s">
+      <c r="C153" s="6" t="s">
         <v>923</v>
       </c>
-      <c r="G152" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A153" s="7" t="s">
+      <c r="D153" s="8" t="s">
         <v>924</v>
       </c>
-      <c r="B153" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D153" s="8" t="s">
+      <c r="E153" s="11" t="s">
         <v>925</v>
       </c>
-      <c r="E153" s="11" t="s">
+      <c r="F153" s="11" t="s">
         <v>926</v>
       </c>
-      <c r="F153" s="6" t="s">
-[...6 lines deleted...]
-    <row r="154" spans="1:7" ht="77.25">
+      <c r="G153" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="40.200000000000003">
       <c r="A154" s="7" t="s">
         <v>927</v>
       </c>
-      <c r="B154" s="5" t="s">
+      <c r="B154" s="6" t="s">
         <v>928</v>
       </c>
-      <c r="C154" s="5" t="s">
+      <c r="C154" s="6" t="s">
         <v>929</v>
       </c>
-      <c r="D154" s="17" t="s">
+      <c r="D154" s="8" t="s">
         <v>930</v>
       </c>
-      <c r="E154" s="18" t="s">
+      <c r="E154" s="11" t="s">
         <v>931</v>
       </c>
-      <c r="F154" s="6" t="s">
+      <c r="F154" s="11" t="s">
         <v>932</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:7" ht="141.75">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="53.4">
       <c r="A155" s="7" t="s">
         <v>933</v>
       </c>
-      <c r="B155" s="19" t="s">
+      <c r="B155" s="6" t="s">
         <v>934</v>
       </c>
-      <c r="C155" s="5" t="s">
+      <c r="C155" s="6" t="s">
         <v>935</v>
       </c>
       <c r="D155" s="8" t="s">
         <v>936</v>
       </c>
-      <c r="E155" s="18" t="s">
-        <v>931</v>
+      <c r="E155" s="11" t="s">
+        <v>937</v>
       </c>
       <c r="F155" s="6" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:7" ht="154.5">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="55.2">
       <c r="A156" s="7" t="s">
-        <v>937</v>
-[...4 lines deleted...]
-      <c r="C156" s="5" t="s">
         <v>939</v>
       </c>
-      <c r="D156" s="17" t="s">
+      <c r="B156" s="6" t="s">
         <v>940</v>
       </c>
-      <c r="E156" s="18" t="s">
-        <v>931</v>
+      <c r="C156" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="D156" s="8" t="s">
+        <v>942</v>
+      </c>
+      <c r="E156" s="11" t="s">
+        <v>943</v>
       </c>
       <c r="F156" s="6" t="s">
-        <v>932</v>
-[...5 lines deleted...]
-    <row r="157" spans="1:7" ht="51.75">
+        <v>944</v>
+      </c>
+      <c r="G156" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="306.60000000000002">
       <c r="A157" s="7" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="C157" s="6" t="s">
-        <v>942</v>
+        <v>59</v>
       </c>
       <c r="D157" s="8" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>944</v>
+        <v>946</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>186</v>
       </c>
       <c r="F157" s="6" t="s">
-        <v>945</v>
-[...5 lines deleted...]
-    <row r="158" spans="1:7" ht="102.75">
+        <v>947</v>
+      </c>
+      <c r="G157" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="227.4">
       <c r="A158" s="7" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="C158" s="6" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="D158" s="8" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="E158" s="11" t="s">
         <v>949</v>
       </c>
+      <c r="E158" s="6" t="s">
+        <v>950</v>
+      </c>
       <c r="F158" s="6" t="s">
-        <v>945</v>
-[...5 lines deleted...]
-    <row r="159" spans="1:7" ht="77.25">
+        <v>951</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="120">
       <c r="A159" s="7" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>360</v>
+        <v>73</v>
       </c>
       <c r="C159" s="6" t="s">
-        <v>361</v>
+        <v>953</v>
       </c>
       <c r="D159" s="8" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>954</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>950</v>
       </c>
       <c r="F159" s="6" t="s">
-        <v>362</v>
+        <v>955</v>
       </c>
       <c r="G159" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:7" ht="180">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="66.599999999999994">
       <c r="A160" s="7" t="s">
-        <v>954</v>
-[...4 lines deleted...]
-      <c r="C160" s="5" t="s">
         <v>956</v>
       </c>
-      <c r="D160" s="17" t="s">
+      <c r="B160" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="D160" s="8" t="s">
         <v>957</v>
       </c>
-      <c r="E160" s="18" t="s">
+      <c r="E160" s="6" t="s">
         <v>958</v>
       </c>
-      <c r="F160" s="18" t="s">
+      <c r="F160" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="53.4">
+      <c r="A161" s="15" t="s">
         <v>959</v>
       </c>
-      <c r="G160" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A161" s="7" t="s">
+      <c r="B161" s="12" t="s">
         <v>960</v>
       </c>
-      <c r="B161" s="5" t="s">
+      <c r="C161" s="12" t="s">
         <v>961</v>
       </c>
-      <c r="C161" s="5" t="s">
+      <c r="D161" s="14" t="s">
         <v>962</v>
       </c>
-      <c r="D161" s="24" t="s">
-[...6 lines deleted...]
-        <v>959</v>
+      <c r="E161" s="13" t="s">
+        <v>963</v>
+      </c>
+      <c r="F161" s="12" t="s">
+        <v>964</v>
       </c>
       <c r="G161" s="5" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      <c r="A162" s="7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="67.2">
+      <c r="A162" s="15" t="s">
+        <v>965</v>
+      </c>
+      <c r="B162" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="C162" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="D162" s="14" t="s">
+        <v>966</v>
+      </c>
+      <c r="E162" s="12" t="s">
         <v>963</v>
       </c>
-      <c r="B162" s="5" t="s">
-[...12 lines deleted...]
-        <v>959</v>
+      <c r="F162" s="12" t="s">
+        <v>967</v>
       </c>
       <c r="G162" s="5" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      <c r="B163" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="346.8">
+      <c r="A163" s="15" t="s">
         <v>968</v>
       </c>
-      <c r="C163" s="5" t="s">
+      <c r="B163" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="C163" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="D163" s="14" t="s">
         <v>969</v>
       </c>
-      <c r="D163" s="21" t="s">
+      <c r="E163" s="13" t="s">
+        <v>963</v>
+      </c>
+      <c r="F163" s="12" t="s">
+        <v>401</v>
+      </c>
+      <c r="G163" s="5" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="67.2">
+      <c r="A164" s="7" t="s">
         <v>970</v>
       </c>
-      <c r="E163" s="18" t="s">
+      <c r="B164" s="5" t="s">
         <v>971</v>
       </c>
-      <c r="F163" s="18" t="s">
+      <c r="C164" s="5" t="s">
         <v>972</v>
       </c>
-      <c r="G163" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A164" s="7" t="s">
+      <c r="D164" s="17" t="s">
         <v>973</v>
       </c>
-      <c r="B164" s="6" t="s">
+      <c r="E164" s="5" t="s">
         <v>974</v>
       </c>
-      <c r="C164" s="6" t="s">
+      <c r="F164" s="5" t="s">
         <v>975</v>
       </c>
-      <c r="D164" s="8" t="s">
+      <c r="G164" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="55.2">
+      <c r="A165" s="7" t="s">
         <v>976</v>
       </c>
-      <c r="E164" s="11" t="s">
+      <c r="B165" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C165" s="5" t="s">
         <v>977</v>
       </c>
-      <c r="F164" s="11" t="s">
+      <c r="D165" s="17" t="s">
         <v>978</v>
       </c>
-      <c r="G164" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A165" s="7" t="s">
+      <c r="E165" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="F165" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="G165" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="53.4">
+      <c r="A166" s="7" t="s">
         <v>979</v>
       </c>
-      <c r="B165" s="6" t="s">
+      <c r="B166" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C166" s="5" t="s">
         <v>980</v>
       </c>
-      <c r="C165" s="6" t="s">
+      <c r="D166" s="22" t="s">
         <v>981</v>
       </c>
-      <c r="D165" s="8" t="s">
+      <c r="E166" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="F166" s="28" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G166" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="53.4">
+      <c r="A167" s="7" t="s">
         <v>982</v>
       </c>
-      <c r="E165" s="11" t="s">
+      <c r="B167" s="5" t="s">
         <v>983</v>
       </c>
-      <c r="F165" s="11" t="s">
+      <c r="C167" s="5" t="s">
         <v>984</v>
       </c>
-      <c r="G165" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A166" s="7" t="s">
+      <c r="D167" s="17" t="s">
+        <v>188</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="F167" s="5" t="s">
         <v>985</v>
       </c>
-      <c r="B166" s="6" t="s">
+      <c r="G167" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="93.6">
+      <c r="A168" s="7" t="s">
+        <v>991</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>992</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="D168" s="8" t="s">
+        <v>988</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="107.4">
+      <c r="A169" s="9" t="s">
+        <v>994</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="D169" s="8" t="s">
+        <v>997</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="G169" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="53.4">
+      <c r="A170" s="7" t="s">
+        <v>999</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D170" s="8" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="213.6">
+      <c r="A171" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D171" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E171" s="18" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G171" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="80.400000000000006">
+      <c r="A172" s="7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D172" s="8" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="93.6">
+      <c r="A173" s="7" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D173" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="213.6">
+      <c r="A174" s="7" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D174" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G174" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="55.2">
+      <c r="A175" s="7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D175" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G175" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="106.2">
+      <c r="A176" s="7" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D176" s="17" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="133.19999999999999">
+      <c r="A177" s="7" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D177" s="17" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G177" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="146.4">
+      <c r="A178" s="7" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D178" s="17" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="159.6">
+      <c r="A179" s="7" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D179" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="79.8">
+      <c r="A180" s="15" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B180" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C180" s="12" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D180" s="14" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E180" s="13" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F180" s="12" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G180" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="162.6">
+      <c r="A181" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B181" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C181" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D181" s="14" t="s">
+        <v>752</v>
+      </c>
+      <c r="E181" s="13" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F181" s="12" t="s">
+        <v>1046</v>
+      </c>
+      <c r="G181" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="53.4">
+      <c r="A182" s="15" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B182" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C182" s="12" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D182" s="14" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E182" s="13" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F182" s="12" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="159.6">
+      <c r="A183" s="7" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D183" s="21" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E183" s="18" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F183" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G183" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="159.6">
+      <c r="A184" s="7" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D184" s="21" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E184" s="18" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="53.4">
+      <c r="A185" s="25" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C185" s="12" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D185" s="14" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E185" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F185" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="80.400000000000006">
+      <c r="A186" s="7" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D186" s="21" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E186" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="186">
+      <c r="A187" s="7" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B187" s="5" t="s">
         <v>986</v>
       </c>
-      <c r="C166" s="6" t="s">
+      <c r="C187" s="5" t="s">
         <v>987</v>
       </c>
-      <c r="D166" s="8" t="s">
-[...5 lines deleted...]
-      <c r="F166" s="11" t="s">
+      <c r="D187" s="17" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E187" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F187" s="18" t="s">
         <v>990</v>
       </c>
-      <c r="G166" s="5" t="s">
-[...99 lines deleted...]
-      <c r="B171" s="6" t="s">
+      <c r="G187" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="53.4">
+      <c r="A188" s="9" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D188" s="8" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E188" s="11" t="s">
+        <v>193</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="41.4">
+      <c r="A189" s="25" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B189" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C189" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D189" s="14" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E189" s="13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F189" s="29" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="226.8">
+      <c r="A190" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B190" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="C171" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E171" s="6" t="s">
+      <c r="C190" s="12" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D190" s="14" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E190" s="13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F190" s="12" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="280.8">
+      <c r="A191" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B191" s="12" t="s">
+        <v>402</v>
+      </c>
+      <c r="C191" s="12" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D191" s="14" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E191" s="13" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F191" s="12" t="s">
+        <v>483</v>
+      </c>
+      <c r="G191" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="40.200000000000003">
+      <c r="A192" s="15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B192" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C192" s="12" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D192" s="14" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E192" s="13" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F192" s="12" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="120">
+      <c r="A193" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B193" s="12" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C193" s="12" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D193" s="12" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E193" s="13" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F193" s="12" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G193" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="119.4">
+      <c r="A194" s="15" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B194" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C194" s="12" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D194" s="14" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E194" s="13" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F194" s="12" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="80.400000000000006">
+      <c r="A195" s="7" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D195" s="8" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E195" s="11" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G195" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="79.8">
+      <c r="A196" s="7" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D196" s="8" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E196" s="11" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G196" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="53.4">
+      <c r="A197" s="7" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D197" s="8" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E197" s="11" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G197" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="226.8">
+      <c r="A198" s="15" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B198" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C198" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D198" s="14" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E198" s="13" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F198" s="12" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G198" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="160.19999999999999">
+      <c r="A199" s="25" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B199" s="12" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C199" s="12" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D199" s="12" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E199" s="13" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F199" s="12" t="s">
+        <v>259</v>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" ht="53.4">
+      <c r="A200" s="15" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B200" s="12" t="s">
         <v>197</v>
       </c>
-      <c r="F171" s="6" t="s">
-[...13 lines deleted...]
-      <c r="C172" s="6" t="s">
+      <c r="C200" s="12" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D200" s="14" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E200" s="13" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F200" s="12" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="53.4">
+      <c r="A201" s="15" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B201" s="12" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C201" s="12" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D201" s="14" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E201" s="13" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F201" s="12" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G201" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="53.4">
+      <c r="A202" s="15" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B202" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C202" s="12" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D202" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="E202" s="13" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F202" s="12" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G202" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" ht="187.2">
+      <c r="A203" s="15" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B203" s="12" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C203" s="12" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D203" s="14" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E203" s="13" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F203" s="12" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G203" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="106.8">
+      <c r="A204" s="15" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B204" s="12" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C204" s="12" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D204" s="14" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E204" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="F204" s="12" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="278.39999999999998">
+      <c r="A205" s="15" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B205" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C205" s="12" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D205" s="14" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E205" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="F205" s="12" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="106.2">
+      <c r="A206" s="15" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B206" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C206" s="12" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D206" s="14" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E206" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="F206" s="12" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G206" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="409.6">
+      <c r="A207" s="7" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D207" s="8" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G207" s="5" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="146.4">
+      <c r="A208" s="15" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B208" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C208" s="12" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D208" s="14" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E208" s="13" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F208" s="12" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G208" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="106.8">
+      <c r="A209" s="7" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D209" s="8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E209" s="11" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="G209" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="93">
+      <c r="A210" s="7" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B210" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="D172" s="8" t="s">
-[...847 lines deleted...]
-      <c r="C209" s="6" t="s">
+      <c r="C210" s="6" t="s">
         <v>1174</v>
       </c>
-      <c r="D209" s="8" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D210" s="8" t="s">
-        <v>1182</v>
+        <v>194</v>
       </c>
       <c r="E210" s="11" t="s">
         <v>1175</v>
       </c>
       <c r="F210" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G210" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="53.4">
+      <c r="A211" s="15" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B211" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C211" s="12" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D211" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="E211" s="13" t="s">
         <v>1179</v>
       </c>
-      <c r="G210" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A211" s="7" t="s">
+      <c r="F211" s="12" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G211" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="54">
+      <c r="A212" s="7" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D212" s="8" t="s">
         <v>1183</v>
       </c>
-      <c r="B211" s="6" t="s">
+      <c r="E212" s="11" t="s">
         <v>1184</v>
       </c>
-      <c r="C211" s="6" t="s">
+      <c r="F212" s="6" t="s">
         <v>1185</v>
       </c>
-      <c r="D211" s="8" t="s">
+      <c r="G212" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="40.200000000000003">
+      <c r="A213" s="15" t="s">
         <v>1186</v>
       </c>
-      <c r="E211" s="11" t="s">
+      <c r="B213" s="12" t="s">
         <v>1187</v>
       </c>
-      <c r="F211" s="6" t="s">
+      <c r="C213" s="12" t="s">
         <v>1188</v>
       </c>
-      <c r="G211" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A212" s="7" t="s">
+      <c r="D213" s="14" t="s">
         <v>1189</v>
       </c>
-      <c r="B212" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D212" s="8" t="s">
+      <c r="E213" s="13" t="s">
         <v>1190</v>
       </c>
-      <c r="E212" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A213" s="15" t="s">
+      <c r="F213" s="12" t="s">
         <v>1191</v>
       </c>
-      <c r="B213" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D213" s="14" t="s">
+      <c r="G213" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="40.200000000000003">
+      <c r="A214" s="15" t="s">
         <v>1192</v>
       </c>
-      <c r="E213" s="13" t="s">
+      <c r="B214" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C214" s="12" t="s">
         <v>1193</v>
       </c>
-      <c r="F213" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="25" t="s">
+      <c r="D214" s="14" t="s">
         <v>1194</v>
       </c>
-      <c r="B214" s="12" t="s">
+      <c r="E214" s="13" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F214" s="12" t="s">
         <v>1195</v>
       </c>
-      <c r="C214" s="12" t="s">
+      <c r="G214" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="93">
+      <c r="A215" s="15" t="s">
         <v>1196</v>
       </c>
-      <c r="D214" s="12" t="s">
+      <c r="B215" s="12" t="s">
         <v>1197</v>
       </c>
-      <c r="E214" s="13" t="s">
-[...10 lines deleted...]
-      <c r="A215" s="15" t="s">
+      <c r="C215" s="12" t="s">
         <v>1198</v>
       </c>
-      <c r="B215" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="12" t="s">
+      <c r="D215" s="14" t="s">
         <v>1199</v>
       </c>
-      <c r="D215" s="14" t="s">
+      <c r="E215" s="13" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F215" s="12" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G215" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="202.2">
+      <c r="A216" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B216" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C216" s="12" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D216" s="14" t="s">
+        <v>533</v>
+      </c>
+      <c r="E216" s="13" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F216" s="12" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G216" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="53.4">
+      <c r="A217" s="7" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D217" s="8" t="s">
         <v>1206</v>
       </c>
-      <c r="E215" s="13" t="s">
+      <c r="E217" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F217" s="6" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G217" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="53.4">
+      <c r="A218" s="7" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D218" s="8" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E218" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G218" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="40.200000000000003">
+      <c r="A219" s="7" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D219" s="8" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E219" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F219" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G219" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="79.8">
+      <c r="A220" s="7" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D220" s="8" t="s">
+        <v>677</v>
+      </c>
+      <c r="E220" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G220" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="80.400000000000006">
+      <c r="A221" s="15" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B221" s="12" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C221" s="12" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D221" s="14" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E221" s="13" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F221" s="12" t="s">
         <v>1200</v>
       </c>
-      <c r="F215" s="12" t="s">
-[...128 lines deleted...]
-      <c r="C221" s="12" t="s">
+      <c r="G221" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="55.2">
+      <c r="A222" s="15" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B222" s="12" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C222" s="12" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D222" s="14" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E222" s="13" t="s">
         <v>1222</v>
       </c>
-      <c r="D221" s="14" t="s">
-[...22 lines deleted...]
-      <c r="D222" s="8" t="s">
+      <c r="F222" s="12" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G222" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="53.4">
+      <c r="A223" s="15" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B223" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C223" s="12" t="s">
         <v>1229</v>
       </c>
-      <c r="E222" s="6" t="s">
+      <c r="D223" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="E223" s="13" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F223" s="12" t="s">
         <v>1227</v>
       </c>
-      <c r="F222" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="15" t="s">
+      <c r="G223" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="53.4">
+      <c r="A224" s="15" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B224" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C224" s="12" t="s">
         <v>1232</v>
       </c>
-      <c r="B223" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C223" s="12" t="s">
+      <c r="D224" s="14" t="s">
         <v>1233</v>
       </c>
-      <c r="D223" s="14" t="s">
+      <c r="E224" s="13" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F224" s="12" t="s">
         <v>1234</v>
       </c>
-      <c r="E223" s="13" t="s">
+      <c r="G224" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="93.6">
+      <c r="A225" s="15" t="s">
         <v>1235</v>
       </c>
-      <c r="F223" s="12" t="s">
+      <c r="B225" s="12" t="s">
         <v>1236</v>
       </c>
-      <c r="G223" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A224" s="7" t="s">
+      <c r="C225" s="12" t="s">
         <v>1237</v>
       </c>
-      <c r="B224" s="6" t="s">
+      <c r="D225" s="14" t="s">
         <v>1238</v>
       </c>
-      <c r="C224" s="6" t="s">
+      <c r="E225" s="13" t="s">
         <v>1239</v>
       </c>
-      <c r="D224" s="8" t="s">
+      <c r="F225" s="12" t="s">
         <v>1240</v>
       </c>
-      <c r="E224" s="11" t="s">
+      <c r="G225" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="93">
+      <c r="A226" s="15" t="s">
         <v>1241</v>
       </c>
-      <c r="F224" s="6" t="s">
+      <c r="B226" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C226" s="12" t="s">
         <v>1242</v>
       </c>
-      <c r="G224" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A225" s="7" t="s">
+      <c r="D226" s="14" t="s">
         <v>1243</v>
       </c>
-      <c r="B225" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C225" s="6" t="s">
+      <c r="E226" s="13" t="s">
         <v>1244</v>
       </c>
-      <c r="D225" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="11" t="s">
+      <c r="F226" s="12" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G226" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="307.8">
+      <c r="A227" s="15" t="s">
         <v>1245</v>
       </c>
-      <c r="F225" s="6" t="s">
+      <c r="B227" s="12" t="s">
         <v>1246</v>
       </c>
-      <c r="G225" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A226" s="15" t="s">
+      <c r="C227" s="12" t="s">
         <v>1247</v>
       </c>
-      <c r="B226" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C226" s="12" t="s">
+      <c r="D227" s="14" t="s">
         <v>1248</v>
       </c>
-      <c r="D226" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="13" t="s">
+      <c r="E227" s="13" t="s">
         <v>1249</v>
       </c>
-      <c r="F226" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="7" t="s">
+      <c r="F227" s="12" t="s">
         <v>1250</v>
       </c>
-      <c r="B227" s="6" t="s">
+      <c r="G227" s="5" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="159.6">
+      <c r="A228" s="7" t="s">
         <v>1251</v>
       </c>
-      <c r="C227" s="6" t="s">
+      <c r="B228" s="6" t="s">
         <v>1252</v>
       </c>
-      <c r="D227" s="8" t="s">
+      <c r="C228" s="6" t="s">
         <v>1253</v>
       </c>
-      <c r="E227" s="11" t="s">
+      <c r="D228" s="8" t="s">
         <v>1254</v>
       </c>
-      <c r="F227" s="6" t="s">
+      <c r="E228" s="11" t="s">
         <v>1255</v>
       </c>
-      <c r="G227" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A228" s="15" t="s">
+      <c r="F228" s="6" t="s">
         <v>1256</v>
       </c>
-      <c r="B228" s="12" t="s">
+      <c r="G228" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="159.6">
+      <c r="A229" s="7" t="s">
         <v>1257</v>
       </c>
-      <c r="C228" s="12" t="s">
+      <c r="B229" s="6" t="s">
         <v>1258</v>
       </c>
-      <c r="D228" s="14" t="s">
+      <c r="C229" s="6" t="s">
         <v>1259</v>
       </c>
-      <c r="E228" s="13" t="s">
+      <c r="D229" s="8" t="s">
         <v>1260</v>
       </c>
-      <c r="F228" s="12" t="s">
+      <c r="E229" s="11" t="s">
         <v>1261</v>
       </c>
-      <c r="G228" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A229" s="15" t="s">
+      <c r="F229" s="6" t="s">
         <v>1262</v>
       </c>
-      <c r="B229" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C229" s="12" t="s">
+      <c r="G229" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="40.200000000000003">
+      <c r="A230" s="15" t="s">
         <v>1263</v>
       </c>
-      <c r="D229" s="14" t="s">
+      <c r="B230" s="12" t="s">
         <v>1264</v>
       </c>
-      <c r="E229" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F229" s="12" t="s">
+      <c r="C230" s="12" t="s">
         <v>1265</v>
       </c>
-      <c r="G229" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A230" s="15" t="s">
+      <c r="D230" s="12" t="s">
         <v>1266</v>
       </c>
-      <c r="B230" s="12" t="s">
+      <c r="E230" s="12" t="s">
         <v>1267</v>
       </c>
-      <c r="C230" s="12" t="s">
+      <c r="F230" s="12" t="s">
         <v>1268</v>
       </c>
-      <c r="D230" s="14" t="s">
+      <c r="G230" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" ht="199.2">
+      <c r="A231" s="7" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B231" s="6" t="s">
         <v>1269</v>
       </c>
-      <c r="E230" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F230" s="12" t="s">
+      <c r="C231" s="6" t="s">
         <v>1270</v>
       </c>
-      <c r="G230" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A231" s="15" t="s">
+      <c r="D231" s="8" t="s">
         <v>1271</v>
       </c>
-      <c r="B231" s="12" t="s">
-[...12 lines deleted...]
-        <v>1236</v>
+      <c r="E231" s="11" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>1268</v>
       </c>
       <c r="G231" s="5" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      <c r="A232" s="7" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="40.200000000000003">
+      <c r="A232" s="15" t="s">
         <v>1274</v>
       </c>
-      <c r="B232" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C232" s="6" t="s">
+      <c r="B232" s="12" t="s">
         <v>1275</v>
       </c>
-      <c r="D232" s="8" t="s">
+      <c r="C232" s="12" t="s">
         <v>1276</v>
       </c>
+      <c r="D232" s="14" t="s">
+        <v>1277</v>
+      </c>
       <c r="E232" s="11" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="F232" s="6" t="s">
         <v>1278</v>
       </c>
+      <c r="F232" s="12" t="s">
+        <v>1250</v>
+      </c>
       <c r="G232" s="5" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:7" ht="51.75">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="54">
       <c r="A233" s="7" t="s">
         <v>1279</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>211</v>
+        <v>1280</v>
       </c>
       <c r="C233" s="6" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D233" s="8" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="E233" s="11" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="F233" s="6" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="G233" s="5" t="s">
-        <v>145</v>
-[...12 lines deleted...]
-      <c r="D234" s="8" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="41.4">
+      <c r="A234" s="15" t="s">
         <v>1285</v>
       </c>
-      <c r="E234" s="11" t="s">
-[...3 lines deleted...]
-        <v>1224</v>
+      <c r="B234" s="12" t="s">
+        <v>203</v>
+      </c>
+      <c r="C234" s="12" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D234" s="14" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E234" s="13" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F234" s="12" t="s">
+        <v>1289</v>
       </c>
       <c r="G234" s="5" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:7" ht="77.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="40.200000000000003">
       <c r="A235" s="7" t="s">
-        <v>1286</v>
-[...14 lines deleted...]
-        <v>1224</v>
+        <v>1290</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D235" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="E235" s="18" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>1293</v>
       </c>
       <c r="G235" s="5" t="s">
-        <v>145</v>
-[...15 lines deleted...]
-      <c r="E236" s="13" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="53.4">
+      <c r="A236" s="7" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D236" s="22" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E236" s="18" t="s">
         <v>1292</v>
       </c>
-      <c r="F236" s="12" t="s">
-        <v>1270</v>
+      <c r="F236" s="5" t="s">
+        <v>1297</v>
       </c>
       <c r="G236" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:7" ht="54">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="79.8">
       <c r="A237" s="15" t="s">
-        <v>1293</v>
+        <v>1333</v>
       </c>
       <c r="B237" s="12" t="s">
-        <v>1294</v>
+        <v>1334</v>
       </c>
       <c r="C237" s="12" t="s">
-        <v>1295</v>
+        <v>1335</v>
       </c>
       <c r="D237" s="14" t="s">
-        <v>1296</v>
+        <v>1336</v>
       </c>
       <c r="E237" s="13" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="F237" s="12" t="s">
-        <v>1297</v>
+        <v>1337</v>
       </c>
       <c r="G237" s="5" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      <c r="A238" s="15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="186">
+      <c r="A238" s="7" t="s">
         <v>1298</v>
       </c>
-      <c r="B238" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C238" s="12" t="s">
+      <c r="B238" s="6" t="s">
         <v>1299</v>
       </c>
-      <c r="D238" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="13" t="s">
+      <c r="C238" s="6" t="s">
         <v>1300</v>
       </c>
-      <c r="F238" s="12" t="s">
-        <v>1297</v>
+      <c r="D238" s="8" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E238" s="11" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F238" s="6" t="s">
+        <v>1303</v>
       </c>
       <c r="G238" s="5" t="s">
-        <v>145</v>
-[...9 lines deleted...]
-      <c r="C239" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="40.200000000000003">
+      <c r="A239" s="7" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D239" s="8" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E239" s="11" t="s">
         <v>1302</v>
       </c>
-      <c r="D239" s="14" t="s">
-[...6 lines deleted...]
-        <v>1304</v>
+      <c r="F239" s="6" t="s">
+        <v>1307</v>
       </c>
       <c r="G239" s="5" t="s">
-        <v>145</v>
-[...12 lines deleted...]
-      <c r="D240" s="14" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" ht="213.6">
+      <c r="A240" s="7" t="s">
         <v>1308</v>
       </c>
-      <c r="E240" s="13" t="s">
+      <c r="B240" s="5" t="s">
         <v>1309</v>
       </c>
-      <c r="F240" s="12" t="s">
+      <c r="C240" s="5" t="s">
         <v>1310</v>
       </c>
+      <c r="D240" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E240" s="18" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F240" s="5" t="s">
+        <v>1312</v>
+      </c>
       <c r="G240" s="5" t="s">
-        <v>141</v>
-[...12 lines deleted...]
-      <c r="D241" s="14" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" ht="53.4">
+      <c r="A241" s="7" t="s">
         <v>1313</v>
       </c>
-      <c r="E241" s="13" t="s">
+      <c r="B241" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C241" s="5" t="s">
         <v>1314</v>
       </c>
-      <c r="F241" s="12" t="s">
-        <v>1297</v>
+      <c r="D241" s="22" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E241" s="18" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>1317</v>
       </c>
       <c r="G241" s="5" t="s">
-        <v>145</v>
-[...12 lines deleted...]
-      <c r="D242" s="14" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="40.200000000000003">
+      <c r="A242" s="7" t="s">
         <v>1318</v>
       </c>
-      <c r="E242" s="13" t="s">
+      <c r="B242" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C242" s="5" t="s">
         <v>1319</v>
       </c>
-      <c r="F242" s="12" t="s">
+      <c r="D242" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="E242" s="18" t="s">
         <v>1320</v>
       </c>
+      <c r="F242" s="5" t="s">
+        <v>1321</v>
+      </c>
       <c r="G242" s="5" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:7" ht="154.5">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" ht="106.8">
       <c r="A243" s="7" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D243" s="17" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E243" s="18" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F243" s="5" t="s">
         <v>1321</v>
       </c>
-      <c r="B243" s="6" t="s">
-[...11 lines deleted...]
-      <c r="F243" s="6" t="s">
+      <c r="G243" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" ht="304.8">
+      <c r="A244" s="7" t="s">
         <v>1326</v>
       </c>
-      <c r="G243" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A244" s="7" t="s">
+      <c r="B244" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D244" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="E244" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="F244" s="5" t="s">
         <v>1327</v>
       </c>
-      <c r="B244" s="6" t="s">
+      <c r="G244" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="53.4">
+      <c r="A245" s="7" t="s">
         <v>1328</v>
       </c>
-      <c r="C244" s="6" t="s">
+      <c r="B245" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C245" s="5" t="s">
         <v>1329</v>
       </c>
-      <c r="D244" s="8" t="s">
+      <c r="D245" s="22" t="s">
         <v>1330</v>
       </c>
-      <c r="E244" s="11" t="s">
+      <c r="E245" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="F245" s="5" t="s">
         <v>1331</v>
       </c>
-      <c r="F244" s="6" t="s">
-[...22 lines deleted...]
-      <c r="F245" s="12" t="s">
+      <c r="G245" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="40.200000000000003">
+      <c r="A246" s="7" t="s">
         <v>1338</v>
-      </c>
-[...6 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>1339</v>
       </c>
-      <c r="C246" s="6" t="s">
+      <c r="C246" s="5" t="s">
         <v>1340</v>
       </c>
-      <c r="D246" s="8" t="s">
+      <c r="D246" s="22" t="s">
         <v>1341</v>
       </c>
-      <c r="E246" s="11" t="s">
+      <c r="E246" s="18" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F246" s="5" t="s">
         <v>1343</v>
       </c>
-      <c r="F246" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G246" s="5" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      <c r="A247" s="15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="146.4">
+      <c r="A247" s="7" t="s">
         <v>1344</v>
       </c>
-      <c r="B247" s="12" t="s">
+      <c r="B247" s="5" t="s">
         <v>1345</v>
       </c>
-      <c r="C247" s="12" t="s">
+      <c r="C247" s="5" t="s">
         <v>1346</v>
       </c>
-      <c r="D247" s="14" t="s">
+      <c r="D247" s="17" t="s">
         <v>1347</v>
       </c>
-      <c r="E247" s="11" t="s">
+      <c r="E247" s="18" t="s">
         <v>1348</v>
       </c>
-      <c r="F247" s="12" t="s">
-        <v>1320</v>
+      <c r="F247" s="5" t="s">
+        <v>1349</v>
       </c>
       <c r="G247" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:7" ht="52.5">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" ht="41.4">
       <c r="A248" s="7" t="s">
-        <v>1349</v>
-[...1 lines deleted...]
-      <c r="B248" s="6" t="s">
         <v>1350</v>
       </c>
-      <c r="C248" s="6" t="s">
+      <c r="B248" s="5" t="s">
         <v>1351</v>
       </c>
-      <c r="D248" s="8" t="s">
+      <c r="C248" s="5" t="s">
         <v>1352</v>
       </c>
-      <c r="E248" s="11" t="s">
+      <c r="D248" s="17" t="s">
         <v>1353</v>
       </c>
-      <c r="F248" s="6" t="s">
+      <c r="E248" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F248" s="5" t="s">
         <v>1354</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      <c r="A249" s="15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="67.2">
+      <c r="A249" s="7" t="s">
         <v>1355</v>
       </c>
-      <c r="B249" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C249" s="12" t="s">
+      <c r="B249" s="6" t="s">
         <v>1356</v>
       </c>
-      <c r="D249" s="14" t="s">
+      <c r="C249" s="6" t="s">
         <v>1357</v>
       </c>
-      <c r="E249" s="13" t="s">
+      <c r="D249" s="8" t="s">
         <v>1358</v>
       </c>
-      <c r="F249" s="12" t="s">
+      <c r="E249" s="11" t="s">
         <v>1359</v>
       </c>
+      <c r="F249" s="6" t="s">
+        <v>1360</v>
+      </c>
       <c r="G249" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:7" ht="39">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="186">
       <c r="A250" s="7" t="s">
-        <v>1360</v>
-[...4 lines deleted...]
-      <c r="C250" s="5" t="s">
         <v>1361</v>
       </c>
-      <c r="D250" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="18" t="s">
+      <c r="B250" s="6" t="s">
         <v>1362</v>
       </c>
-      <c r="F250" s="5" t="s">
+      <c r="C250" s="6" t="s">
         <v>1363</v>
       </c>
+      <c r="D250" s="8" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E250" s="11" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F250" s="6" t="s">
+        <v>1366</v>
+      </c>
       <c r="G250" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:7" ht="51.75">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" ht="66.599999999999994">
       <c r="A251" s="7" t="s">
-        <v>1364</v>
-[...13 lines deleted...]
-      <c r="F251" s="5" t="s">
         <v>1367</v>
       </c>
+      <c r="B251" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D251" s="8" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E251" s="11" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F251" s="11" t="s">
+        <v>1371</v>
+      </c>
       <c r="G251" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:7" ht="180">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" ht="226.2">
       <c r="A252" s="7" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>1369</v>
+        <v>821</v>
       </c>
       <c r="C252" s="6" t="s">
-        <v>1370</v>
+        <v>822</v>
       </c>
       <c r="D252" s="8" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="E252" s="11" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="F252" s="6" t="s">
-        <v>1373</v>
+        <v>823</v>
       </c>
       <c r="G252" s="5" t="s">
-        <v>141</v>
-[...22 lines deleted...]
-        <v>142</v>
+        <v>215</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:G253" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:G252" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>