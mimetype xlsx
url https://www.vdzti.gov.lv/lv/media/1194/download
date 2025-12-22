--- v0 (2025-10-21)
+++ v1 (2025-12-22)
@@ -2,140 +2,141 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\i.saulite\Desktop\VDZTI\Pakalpojumi\Pakalpojumu izpilde\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEC014EA-9B04-4298-BC70-5F41E386440C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83412791-EE53-4813-8355-C782389BFD17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1080" yWindow="984" windowWidth="19380" windowHeight="11256" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024" sheetId="4" r:id="rId1"/>
     <sheet name="2023" sheetId="2" r:id="rId2"/>
     <sheet name="2022" sheetId="3" r:id="rId3"/>
     <sheet name="2021" sheetId="1" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I20" i="4" l="1"/>
-[...3 lines deleted...]
-  <c r="E20" i="4"/>
+  <c r="J22" i="4" l="1"/>
+  <c r="E21" i="4"/>
+  <c r="I21" i="4"/>
+  <c r="H21" i="4"/>
+  <c r="G21" i="4"/>
+  <c r="F21" i="4"/>
+  <c r="D21" i="4"/>
   <c r="D12" i="4"/>
-  <c r="D20" i="4"/>
   <c r="D20" i="2"/>
   <c r="F20" i="2"/>
   <c r="G20" i="2"/>
   <c r="H20" i="2"/>
   <c r="I20" i="2"/>
   <c r="E20" i="2"/>
   <c r="D12" i="2"/>
   <c r="D4" i="2"/>
   <c r="E18" i="3"/>
   <c r="F18" i="3"/>
   <c r="G18" i="3"/>
   <c r="H18" i="3"/>
   <c r="I18" i="3"/>
   <c r="J18" i="3"/>
   <c r="K18" i="3"/>
   <c r="D11" i="3"/>
   <c r="D7" i="3"/>
   <c r="D4" i="3"/>
   <c r="D18" i="3" s="1"/>
   <c r="E18" i="1"/>
   <c r="F18" i="1"/>
   <c r="G18" i="1"/>
   <c r="H18" i="1"/>
   <c r="I18" i="1"/>
   <c r="J18" i="1"/>
   <c r="K18" i="1"/>
   <c r="D17" i="1"/>
   <c r="D4" i="1"/>
   <c r="D5" i="1"/>
   <c r="D6" i="1"/>
   <c r="D7" i="1"/>
   <c r="D8" i="1"/>
   <c r="D9" i="1"/>
   <c r="D10" i="1"/>
   <c r="D11" i="1"/>
   <c r="D12" i="1"/>
   <c r="D13" i="1"/>
   <c r="D14" i="1"/>
   <c r="D15" i="1"/>
   <c r="D16" i="1"/>
   <c r="D18" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="45">
   <si>
     <t>Pakalpojuma nosaukums</t>
   </si>
   <si>
     <t>Pieteiktā pakalpojuma skaits</t>
   </si>
   <si>
     <t>e-pasts</t>
   </si>
   <si>
     <t>Kavējumu skaits katram pakalpojumam</t>
   </si>
   <si>
     <t>Sūdzību skaits par pakalpojumu</t>
   </si>
   <si>
     <t>Vienotā drošības sertifikāta izsniegšana, atjaunošana, grozīšana un priekšiesaiste pirms vienotā drošības sertifikāta izsniegšanas, ja darbības telpa atrodas Latvijā</t>
   </si>
   <si>
     <t>Vienotā drošības sertifikāta izsniegšana, atjaunošana, grozīšana un priekšiesaiste pirms vienotā drošības sertifikāta izsniegšanas, ja darbības telpa atrodas vairākās dalībvalstīs</t>
   </si>
   <si>
     <t>Pieteikums vai iesniegums saņemts</t>
   </si>
   <si>
@@ -224,50 +225,53 @@
   </si>
   <si>
     <t>Pieteikuma vai iesnieguma saņemšanas veids</t>
   </si>
   <si>
     <t>Bīstamo kravu pārvadājumu drošības konsultantu (padomnieku) kvalifikācijas iegūšanas administrēšana</t>
   </si>
   <si>
     <t>KOPĀ:</t>
   </si>
   <si>
     <t>1 (atsaukts
 05.12.2023.)</t>
   </si>
   <si>
     <t>Vilces līdzekļa vadītāja (mašīnista) instruktora profesionālās kompetences atzīšana</t>
   </si>
   <si>
     <t>Vilces līdzekļa vadītāja (mašīnista) sertificēšana</t>
   </si>
   <si>
     <t>Pieteikto pakalpojumu skaits</t>
   </si>
   <si>
     <t>Pakalpojumu izpildes rādītāji 2024. gadā</t>
+  </si>
+  <si>
+    <t>Neatkarīgas riska novērtēšanas iestādes atzīšana</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -308,51 +312,51 @@
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -377,104 +381,124 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -744,151 +768,155 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3044D77B-1544-4122-B061-8C9768C21EFD}">
-  <dimension ref="A1:L20"/>
+  <dimension ref="A1:L22"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I20" sqref="I20"/>
+      <selection pane="bottomLeft" activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="40.77734375" customWidth="1"/>
     <col min="3" max="3" width="16.6640625" customWidth="1"/>
     <col min="4" max="4" width="14.88671875" customWidth="1"/>
     <col min="5" max="5" width="11.33203125" customWidth="1"/>
     <col min="6" max="6" width="12.21875" customWidth="1"/>
     <col min="7" max="7" width="12.44140625" customWidth="1"/>
     <col min="8" max="8" width="11.88671875" customWidth="1"/>
     <col min="9" max="9" width="11.5546875" customWidth="1"/>
     <col min="10" max="10" width="15.88671875" customWidth="1"/>
     <col min="11" max="11" width="14.6640625" customWidth="1"/>
     <col min="12" max="12" width="14.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="23" t="s">
         <v>43</v>
       </c>
-      <c r="B1" s="21"/>
-[...9 lines deleted...]
-      <c r="L1" s="21"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
     </row>
     <row r="2" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="22" t="s">
+      <c r="A2" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="25" t="s">
+      <c r="B2" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="D2" s="30" t="s">
         <v>42</v>
       </c>
-      <c r="E2" s="28" t="s">
+      <c r="E2" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="F2" s="28"/>
-[...3 lines deleted...]
-      <c r="J2" s="27" t="s">
+      <c r="F2" s="31"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="K2" s="27" t="s">
+      <c r="K2" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="L2" s="27" t="s">
+      <c r="L2" s="30" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="23"/>
-[...2 lines deleted...]
-      <c r="D3" s="27"/>
+      <c r="A3" s="26"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="30"/>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="27"/>
-[...1 lines deleted...]
-      <c r="L3" s="27"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
     </row>
     <row r="4" spans="1:12" ht="85.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1">
         <v>120</v>
       </c>
       <c r="D4" s="1">
         <v>1</v>
       </c>
       <c r="E4" s="2">
         <v>0</v>
       </c>
       <c r="F4" s="2">
         <v>0</v>
       </c>
       <c r="G4" s="2">
         <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
@@ -1226,174 +1254,174 @@
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="2">
         <v>13</v>
       </c>
       <c r="J13" s="1">
         <v>0</v>
       </c>
       <c r="K13" s="1">
         <v>0</v>
       </c>
       <c r="L13" s="8"/>
     </row>
     <row r="14" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4">
         <v>11</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="1">
         <v>120</v>
       </c>
       <c r="D14" s="2">
-        <v>107</v>
+        <v>55</v>
       </c>
       <c r="E14" s="2">
         <v>6</v>
       </c>
       <c r="F14" s="2">
         <v>0</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>6</v>
       </c>
       <c r="I14" s="2">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="J14" s="1">
         <v>0</v>
       </c>
       <c r="K14" s="1">
         <v>0</v>
       </c>
       <c r="L14" s="8"/>
     </row>
     <row r="15" spans="1:12" ht="40.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="10">
         <v>12</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="1">
         <v>30</v>
       </c>
       <c r="D15" s="1">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="E15" s="1">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="F15" s="1">
         <v>25</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>9</v>
       </c>
       <c r="J15" s="2">
         <v>0</v>
       </c>
       <c r="K15" s="2">
         <v>0</v>
       </c>
       <c r="L15" s="8"/>
     </row>
     <row r="16" spans="1:12" ht="52.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="10">
         <v>13</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="1">
         <v>30</v>
       </c>
       <c r="D16" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E16" s="1">
         <v>0</v>
       </c>
       <c r="F16" s="1">
         <v>0</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1">
         <v>1</v>
       </c>
       <c r="I16" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J16" s="1">
         <v>0</v>
       </c>
       <c r="K16" s="1">
         <v>0</v>
       </c>
       <c r="L16" s="8"/>
     </row>
     <row r="17" spans="1:12" ht="53.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10">
         <v>14</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="1">
         <v>30</v>
       </c>
       <c r="D17" s="1">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E17" s="1">
         <v>0</v>
       </c>
       <c r="F17" s="1">
         <v>0</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1">
         <v>0</v>
       </c>
       <c r="I17" s="1">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J17" s="1">
         <v>0</v>
       </c>
       <c r="K17" s="1">
         <v>0</v>
       </c>
       <c r="L17" s="8"/>
     </row>
     <row r="18" spans="1:12" ht="46.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10">
         <v>15</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="1">
         <v>577</v>
       </c>
       <c r="E18" s="2">
         <v>0</v>
       </c>
@@ -1433,200 +1461,261 @@
         <v>3</v>
       </c>
       <c r="E19" s="2">
         <v>0</v>
       </c>
       <c r="F19" s="2">
         <v>0</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="2">
         <v>3</v>
       </c>
       <c r="J19" s="1">
         <v>0</v>
       </c>
       <c r="K19" s="1">
         <v>0</v>
       </c>
       <c r="L19" s="7"/>
     </row>
-    <row r="20" spans="1:12" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C20" s="12" t="s">
+    <row r="20" spans="1:12" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="10">
+        <v>17</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="1">
+        <v>120</v>
+      </c>
+      <c r="D20" s="1">
+        <v>0</v>
+      </c>
+      <c r="E20" s="2">
+        <v>0</v>
+      </c>
+      <c r="F20" s="2">
+        <v>0</v>
+      </c>
+      <c r="G20" s="2">
+        <v>0</v>
+      </c>
+      <c r="H20" s="2">
+        <v>0</v>
+      </c>
+      <c r="I20" s="2">
+        <v>0</v>
+      </c>
+      <c r="J20" s="1">
+        <v>0</v>
+      </c>
+      <c r="K20" s="1">
+        <v>0</v>
+      </c>
+      <c r="L20" s="7"/>
+    </row>
+    <row r="21" spans="1:12" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="9"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="D20" s="13">
-[...8 lines deleted...]
-        <f t="shared" ref="F20:I20" si="1">SUM(F4:F19)</f>
+      <c r="D21" s="13">
+        <f t="shared" ref="D21:H21" si="1">SUM(D4:D20)</f>
+        <v>853</v>
+      </c>
+      <c r="E21" s="13">
+        <f>SUM(E4:E20)</f>
+        <v>115</v>
+      </c>
+      <c r="F21" s="13">
+        <f t="shared" si="1"/>
         <v>25</v>
       </c>
-      <c r="G20" s="13">
+      <c r="G21" s="13">
         <f t="shared" si="1"/>
         <v>590</v>
       </c>
-      <c r="H20" s="13">
+      <c r="H21" s="13">
         <f t="shared" si="1"/>
         <v>7</v>
       </c>
-      <c r="I20" s="13">
-[...9 lines deleted...]
-      <c r="L20" s="9"/>
+      <c r="I21" s="13">
+        <f>SUM(I4:I20)</f>
+        <v>116</v>
+      </c>
+      <c r="J21" s="13">
+        <v>0</v>
+      </c>
+      <c r="K21" s="13">
+        <v>0</v>
+      </c>
+      <c r="L21" s="9"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="D22" s="21">
+        <v>1</v>
+      </c>
+      <c r="E22" s="22">
+        <v>13</v>
+      </c>
+      <c r="F22" s="22">
+        <v>3</v>
+      </c>
+      <c r="G22" s="22">
+        <v>69</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1</v>
+      </c>
+      <c r="I22" s="22">
+        <v>14</v>
+      </c>
+      <c r="J22">
+        <f>SUM(E22:I22)</f>
+        <v>100</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="K2:K3"/>
     <mergeCell ref="L2:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="D12" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{29604F18-8513-4EDE-83CC-588BEEC3691C}">
-  <dimension ref="A1:L20"/>
+  <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D2" sqref="D2:D3"/>
+      <pane ySplit="3" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E21" sqref="E21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="40.77734375" customWidth="1"/>
     <col min="3" max="3" width="16.6640625" customWidth="1"/>
     <col min="4" max="4" width="14.88671875" customWidth="1"/>
     <col min="5" max="5" width="11.33203125" customWidth="1"/>
     <col min="6" max="6" width="12.21875" customWidth="1"/>
     <col min="7" max="7" width="12.44140625" customWidth="1"/>
     <col min="8" max="8" width="11.88671875" customWidth="1"/>
     <col min="9" max="9" width="11.5546875" customWidth="1"/>
     <col min="10" max="10" width="15.88671875" customWidth="1"/>
     <col min="11" max="11" width="14.6640625" customWidth="1"/>
     <col min="12" max="12" width="14.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="23" t="s">
         <v>34</v>
       </c>
-      <c r="B1" s="21"/>
-[...9 lines deleted...]
-      <c r="L1" s="21"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
     </row>
     <row r="2" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="22" t="s">
+      <c r="A2" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="25" t="s">
+      <c r="B2" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="D2" s="30" t="s">
         <v>42</v>
       </c>
-      <c r="E2" s="28" t="s">
+      <c r="E2" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="F2" s="28"/>
-[...3 lines deleted...]
-      <c r="J2" s="27" t="s">
+      <c r="F2" s="31"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="K2" s="27" t="s">
+      <c r="K2" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="L2" s="27" t="s">
+      <c r="L2" s="30" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="23"/>
-[...2 lines deleted...]
-      <c r="D3" s="27"/>
+      <c r="A3" s="26"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="30"/>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="27"/>
-[...1 lines deleted...]
-      <c r="L3" s="27"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
     </row>
     <row r="4" spans="1:12" ht="85.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1">
         <v>120</v>
       </c>
       <c r="D4" s="1">
         <f t="shared" ref="D4:D12" si="0">SUM(E4:I4)</f>
         <v>3</v>
       </c>
       <c r="E4" s="2">
         <v>0</v>
       </c>
       <c r="F4" s="2">
         <v>0</v>
       </c>
       <c r="G4" s="2">
         <v>3</v>
       </c>
       <c r="H4" s="2">
@@ -2209,162 +2298,167 @@
         <v>92</v>
       </c>
       <c r="F20" s="13">
         <f t="shared" ref="F20:I20" si="1">SUM(F4:F19)</f>
         <v>38</v>
       </c>
       <c r="G20" s="13">
         <f t="shared" si="1"/>
         <v>512</v>
       </c>
       <c r="H20" s="13">
         <f t="shared" si="1"/>
         <v>35</v>
       </c>
       <c r="I20" s="13">
         <f t="shared" si="1"/>
         <v>196</v>
       </c>
       <c r="J20" s="13">
         <v>0</v>
       </c>
       <c r="K20" s="13">
         <v>1</v>
       </c>
       <c r="L20" s="9"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="E21" s="20">
+        <v>10.5</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="K2:K3"/>
     <mergeCell ref="L2:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EE49B07-5901-4C12-ADAE-620D2EACA173}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.44140625" style="11" customWidth="1"/>
     <col min="2" max="2" width="48" customWidth="1"/>
     <col min="3" max="3" width="12.21875" customWidth="1"/>
     <col min="4" max="4" width="12.6640625" customWidth="1"/>
     <col min="5" max="6" width="9.21875" customWidth="1"/>
     <col min="7" max="7" width="12.33203125" customWidth="1"/>
     <col min="8" max="9" width="9.21875" customWidth="1"/>
     <col min="10" max="10" width="14.77734375" customWidth="1"/>
     <col min="11" max="11" width="13.88671875" customWidth="1"/>
     <col min="12" max="12" width="15.21875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="3" customFormat="1" ht="21.45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="21"/>
-[...9 lines deleted...]
-      <c r="L1" s="21"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
     </row>
     <row r="2" spans="1:12" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="22" t="s">
+      <c r="A2" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="25" t="s">
+      <c r="B2" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="D2" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="E2" s="29" t="s">
+      <c r="E2" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="F2" s="29"/>
-[...3 lines deleted...]
-      <c r="J2" s="27" t="s">
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
+      <c r="J2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="K2" s="27" t="s">
+      <c r="K2" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="L2" s="27" t="s">
+      <c r="L2" s="30" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="48" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="23"/>
-[...2 lines deleted...]
-      <c r="D3" s="27"/>
+      <c r="A3" s="26"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="30"/>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="27"/>
-[...1 lines deleted...]
-      <c r="L3" s="27"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
     </row>
     <row r="4" spans="1:12" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1">
         <v>120</v>
       </c>
       <c r="D4" s="1">
         <f t="shared" ref="D4:D11" si="0">SUM(E4:I4)</f>
         <v>3</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
       <c r="F4" s="1">
         <v>0</v>
       </c>
       <c r="G4" s="1">
         <v>3</v>
       </c>
       <c r="H4" s="1">
@@ -2912,137 +3006,137 @@
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="K2:K3"/>
     <mergeCell ref="L2:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="90" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L18"/>
   <sheetViews>
     <sheetView zoomScale="76" zoomScaleNormal="76" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="3" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.44140625" style="11" customWidth="1"/>
     <col min="2" max="2" width="48" customWidth="1"/>
     <col min="3" max="3" width="12.21875" customWidth="1"/>
     <col min="4" max="4" width="12.6640625" customWidth="1"/>
     <col min="5" max="6" width="9.21875" customWidth="1"/>
     <col min="7" max="7" width="12.33203125" customWidth="1"/>
     <col min="8" max="9" width="9.21875" customWidth="1"/>
     <col min="10" max="10" width="14.77734375" customWidth="1"/>
     <col min="11" max="11" width="13.88671875" customWidth="1"/>
     <col min="12" max="12" width="15.21875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="3" customFormat="1" ht="21.45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="B1" s="21"/>
-[...9 lines deleted...]
-      <c r="L1" s="21"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
     </row>
     <row r="2" spans="1:12" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="22" t="s">
+      <c r="A2" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="B2" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="25" t="s">
+      <c r="B2" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="D2" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="E2" s="29" t="s">
+      <c r="E2" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="F2" s="29"/>
-[...3 lines deleted...]
-      <c r="J2" s="27" t="s">
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
+      <c r="J2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="K2" s="27" t="s">
+      <c r="K2" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="L2" s="27" t="s">
+      <c r="L2" s="30" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="48" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="23"/>
-[...2 lines deleted...]
-      <c r="D3" s="27"/>
+      <c r="A3" s="26"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="30"/>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="27"/>
-[...1 lines deleted...]
-      <c r="L3" s="27"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
     </row>
     <row r="4" spans="1:12" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4">
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="1">
         <v>120</v>
       </c>
       <c r="D4" s="1">
         <f t="shared" ref="D4:D15" si="0">SUM(E4:I4)</f>
         <v>3</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
       <c r="F4" s="1">
         <v>0</v>
       </c>
       <c r="G4" s="1">
         <v>3</v>
       </c>
       <c r="H4" s="1">