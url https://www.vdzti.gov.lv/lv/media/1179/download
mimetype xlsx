--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -1,222 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Sertifikacija\DROSIBAS APLIECIBAS\Komercsabiedriibas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94B4136B-C3E2-4B1D-93B7-79A8DB4DA328}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{147A7A76-598E-4E72-AB0D-5B668A5EE33B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="APTURETAS " sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'APTURETAS '!$A$4:$F$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'APTURETAS '!$A$4:$F$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Komercsabiedrības nosaukums</t>
   </si>
   <si>
     <t>Juridiskā adrese un reģistrācijas numurs</t>
   </si>
   <si>
     <t xml:space="preserve">Komercdarbība spēj  nodrošināt saskaņā ar drošības prasībām </t>
   </si>
   <si>
     <t>Drošības apliecība izsniegta</t>
   </si>
   <si>
     <t>Drošības apliecība derīga līdz</t>
   </si>
   <si>
     <t>Apturēta drošības apliecības darbība</t>
   </si>
   <si>
     <t>Drošības apliecības numurs</t>
   </si>
   <si>
     <t>LV2320210038</t>
   </si>
   <si>
     <t>Katrīnas dambī 14 - 104, Rīga, LV-1045, reģ.Nr.40003569274, t.(+371)67508427</t>
   </si>
   <si>
     <t>10.05.2021.</t>
   </si>
   <si>
     <t>09.05.2026.</t>
-  </si>
-[...10 lines deleted...]
-    <t>02.11.2025.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>(SIA "Latvijas nacionālā nekustamo īpašumu aģentūra" dzelzceļa pievedceļi, stacijā  Zaļumi, valsts reģistrācijas indekss: 144)</t>
-    </r>
-[...11 lines deleted...]
-      <t>("AGROĶĪMIJA" Saldus SIA dzelzceļa pievedceļi, stacijā Saldus, valsts reģistrācijas indekss: 321)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">SIA "Latvijas nacionālā nekustamo īpašumu aģentūra"  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>APTURĒTA DARBĪBA 16.02.2023., pārtraukta satiksme</t>
     </r>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>LV2320210068</t>
   </si>
   <si>
     <t>Brīvības ielā 103, Liepāja, LV-3401, reģ.Nr.42103012010, t.(+371) 63424050</t>
   </si>
   <si>
     <t>07.10.2021.</t>
   </si>
   <si>
     <t>06.10.2026.</t>
-  </si>
-[...38 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">LSEZ SIA "HIDROLATS" </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t xml:space="preserve"> APTURĒTA DARBĪBA 15.05.2025. pārtraukta satiksme (maksātnespēja) </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
@@ -316,79 +236,76 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
@@ -692,174 +609,134 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:F8"/>
+  <dimension ref="A2:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <selection activeCell="D18" sqref="D18"/>
+      <selection activeCell="A7" sqref="A7:XFD7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="25" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="25.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="12.28515625" style="1" customWidth="1"/>
     <col min="7" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" ht="15.75">
       <c r="B2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="9"/>
     </row>
     <row r="4" spans="1:6" ht="40.5">
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="67.5">
       <c r="A5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="67.5">
-[...1 lines deleted...]
-        <v>11</v>
+    <row r="6" spans="1:6" ht="54">
+      <c r="A6" s="4" t="s">
+        <v>13</v>
       </c>
       <c r="B6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="6" t="s">
+      <c r="E6" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="7" t="s">
         <v>16</v>
-      </c>
-[...44 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A4:F8" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A4:F6" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="B2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>