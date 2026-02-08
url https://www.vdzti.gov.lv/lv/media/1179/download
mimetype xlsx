--- v1 (2025-12-15)
+++ v2 (2026-02-08)
@@ -5,66 +5,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Sertifikacija\DROSIBAS APLIECIBAS\Komercsabiedriibas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{147A7A76-598E-4E72-AB0D-5B668A5EE33B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45C4E927-69EE-431C-B963-49329B880F42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="APTURETAS " sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'APTURETAS '!$A$4:$F$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <si>
     <t>Komercsabiedrības nosaukums</t>
   </si>
   <si>
     <t>Juridiskā adrese un reģistrācijas numurs</t>
   </si>
   <si>
     <t xml:space="preserve">Komercdarbība spēj  nodrošināt saskaņā ar drošības prasībām </t>
   </si>
   <si>
     <t>Drošības apliecība izsniegta</t>
   </si>
   <si>
     <t>Drošības apliecība derīga līdz</t>
   </si>
   <si>
     <t>Apturēta drošības apliecības darbība</t>
   </si>
   <si>
     <t>Drošības apliecības numurs</t>
   </si>
   <si>
     <t>LV2320210038</t>
   </si>
   <si>
@@ -96,82 +96,124 @@
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>APTURĒTA DARBĪBA 16.02.2023., pārtraukta satiksme</t>
     </r>
   </si>
   <si>
     <t>LV2320210068</t>
   </si>
   <si>
     <t>Brīvības ielā 103, Liepāja, LV-3401, reģ.Nr.42103012010, t.(+371) 63424050</t>
   </si>
   <si>
     <t>07.10.2021.</t>
   </si>
   <si>
     <t>06.10.2026.</t>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(LSEZ SIA "HIDROLATS" dzelzceļa pievedceļi Nr.9, 11, stacijā Liepāja, valsts reģistrācijas indekss: 218)</t>
+    </r>
+  </si>
+  <si>
+    <t>LV2320220005</t>
+  </si>
+  <si>
+    <t>Lielajā ielā 22, Jelgava, LV-3001, reģ.Nr.51703004211, t.(+371)63023879</t>
+  </si>
+  <si>
+    <t>25.02.2022.</t>
+  </si>
+  <si>
+    <t>24.02.2027.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">SIA "MADARA"  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">APTURĒTA DARBĪBA 18.12.2025. pārtraukta satiksme  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "MADARA" dzelzceļa pievedceļi, stacijā Jelgava, valsts reģistrācijas indekss: 304)</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve">LSEZ SIA "HIDROLATS" </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
-      <t xml:space="preserve"> APTURĒTA DARBĪBA 15.05.2025. pārtraukta satiksme (maksātnespēja) </t>
-[...12 lines deleted...]
-      <t>(LSEZ SIA "HIDROLATS" dzelzceļa pievedceļi Nr.9, 11, stacijā Liepāja, valsts reģistrācijas indekss: 218)</t>
+      <t xml:space="preserve"> APTURĒTA DARBĪBA 15.05.2025., pārtraukta satiksme (maksātnespēja) </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
@@ -187,125 +229,164 @@
       <b/>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Belwe Bd TL"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman Baltic"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Times New Roman Baltic"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="10"/>
+      <name val="Times New Roman Baltic"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman Baltic"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <name val="Times New Roman Baltic"/>
+      <charset val="186"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
@@ -609,130 +690,150 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:F6"/>
+  <dimension ref="A2:F7"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:XFD7"/>
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8"/>
   <cols>
     <col min="1" max="1" width="25" style="1" customWidth="1"/>
-    <col min="2" max="2" width="25.7109375" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="8.85546875" style="1"/>
+    <col min="2" max="2" width="25.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.5546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="38.6640625" style="1" customWidth="1"/>
+    <col min="5" max="6" width="12.33203125" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="15.75">
+    <row r="2" spans="1:6" ht="15.6">
       <c r="B2" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="9"/>
     </row>
-    <row r="4" spans="1:6" ht="40.5">
+    <row r="4" spans="1:6" ht="41.4">
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="67.5">
+    <row r="5" spans="1:6" ht="69">
       <c r="A5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="54">
+    <row r="6" spans="1:6" ht="55.2">
       <c r="A6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="55.2">
+      <c r="A7" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" s="11" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A4:F6" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="B2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>