--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -1,58 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E4CA1CA" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BE1CCCD" wp14:editId="507AC7DD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="5671820" cy="1033145"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="27" name="Picture 40"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -81,93 +83,93 @@
                       <a:ext cx="5671820" cy="1033145"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE77E9F" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57F19B76" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
           <w:tab w:val="left" w:pos="5652"/>
           <w:tab w:val="left" w:pos="7860"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE5E7E3" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10FDF07F" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78FFE384" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BC845AD" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D25C81B" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="115238A3" wp14:editId="1A538668">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1885315</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4397375" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Group 41"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -238,64 +240,64 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4E51F1CD" id="Group 41" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:148.45pt;width:346.25pt;height:.1pt;z-index:-251628544;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page" coordorigin="2915,2998" coordsize="6926,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe0doe9QIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1v2yAQ/j5p/wHxcdPql6RNbdWpprap&#10;JnVbpWY/gGD8omFgQOJ0v34H2KmbtZrUfUGH73ju4bnjfHG57zjaMW1aKQqcnMQYMUFl2Yq6wD/W&#10;q0/nGBlLREm4FKzAj8zgy+X7dxe9ylkqG8lLphGACJP3qsCNtSqPIkMb1hFzIhUT4Kyk7oiFra6j&#10;UpMe0DsepXF8FvVSl0pLyoyBr9fBiZcev6oYtd+ryjCLeIGBm/Wr9uvGrdHyguS1Jqpp6UCDvIFF&#10;R1oBSQ9Q18QStNXtX1BdS7U0srInVHaRrKqWMn8HuE0SH93mVsut8nep875WB5lA2iOd3gxLv+1u&#10;tXpQ9zqwB/NO0p8GdIl6VedTv9vXIRht+q+yhHqSrZX+4vtKdw4CroT2Xt/Hg75sbxGFj/NZtpgt&#10;TjGi4EvSxSA/baBG7lCaJeAEX5pl56E0tLkZDp9l6Vk4mTpXRPKQ0tMcaLmyQx+ZJ6nM/0n10BDF&#10;fAWMk+Jeo7YEesBSkA6uv9KMueZEc0/KZYewUU4z1XLicWEGJP+nii8IMmr5mhwkp1tjb5n01SC7&#10;O2NDj5dg+RqXA/c1vIeq49DuHz+hGLlcfhnexCEsGcM+RGgdox751APoiJWOQR4rO58nL2LNxjCH&#10;lU6woJz1yJA0I2m6FwNrsBBxMyX23aakcQ2zBm5jmwECBLkbvhILuY9jw5khhYZhcTwmNEYwJjZB&#10;EkWsY+ZSOBP1BfZSuA+d3LG19C571P+Q5MnLxTQqFHHCKrjhhEvgm/yQ1HGdVFbIVcu5rwIXjsos&#10;gZflCBjJ29I5/UbXmyuu0Y7AAExnySr1jw7AnoXBoBGlB2sYKW8G25KWBxviOWgLby10bnhoG1k+&#10;QhdrGcYq/AbAaKT+jVEPI7XA5teWaIYR/yLgIWbJfO5msN/MTxdABempZzP1EEEBqsAWQ+GdeWXD&#10;3N4q3dYNZEr8dYX8DDOoal2be36B1bCBWeAtP0DBejahp3sf9fRLWv4BAAD//wMAUEsDBBQABgAI&#10;AAAAIQAFu5LC3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3STSaGI2&#10;pRT1VARbQbxNs9MkNDsbstsk/fduT3p884b3vlesZtOJkQbXWlYQLyIQxJXVLdcKvvZvD88gnEfW&#10;2FkmBRdysCpvbwrMtZ34k8adr0UIYZejgsb7PpfSVQ0ZdAvbEwfvaAeDPsihlnrAKYSbTiZRlEqD&#10;LYeGBnvaNFSddmej4H3Caf0Yv47b03Fz+dkvP763MSl1fzevX0B4mv3fM1zxAzqUgelgz6yd6BSE&#10;IV5BkqUZiGCnWbIEcbhenmKQZSH/Dyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN7R&#10;2h71AgAA2gYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAW7ksLfAAAACAEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;">
+              <v:group w14:anchorId="43687E6B" id="Group 41" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:148.45pt;width:346.25pt;height:.1pt;z-index:-251628544;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page" coordorigin="2915,2998" coordsize="6926,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe0doe9QIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1v2yAQ/j5p/wHxcdPql6RNbdWpprap&#10;JnVbpWY/gGD8omFgQOJ0v34H2KmbtZrUfUGH73ju4bnjfHG57zjaMW1aKQqcnMQYMUFl2Yq6wD/W&#10;q0/nGBlLREm4FKzAj8zgy+X7dxe9ylkqG8lLphGACJP3qsCNtSqPIkMb1hFzIhUT4Kyk7oiFra6j&#10;UpMe0DsepXF8FvVSl0pLyoyBr9fBiZcev6oYtd+ryjCLeIGBm/Wr9uvGrdHyguS1Jqpp6UCDvIFF&#10;R1oBSQ9Q18QStNXtX1BdS7U0srInVHaRrKqWMn8HuE0SH93mVsut8nep875WB5lA2iOd3gxLv+1u&#10;tXpQ9zqwB/NO0p8GdIl6VedTv9vXIRht+q+yhHqSrZX+4vtKdw4CroT2Xt/Hg75sbxGFj/NZtpgt&#10;TjGi4EvSxSA/baBG7lCaJeAEX5pl56E0tLkZDp9l6Vk4mTpXRPKQ0tMcaLmyQx+ZJ6nM/0n10BDF&#10;fAWMk+Jeo7YEesBSkA6uv9KMueZEc0/KZYewUU4z1XLicWEGJP+nii8IMmr5mhwkp1tjb5n01SC7&#10;O2NDj5dg+RqXA/c1vIeq49DuHz+hGLlcfhnexCEsGcM+RGgdox751APoiJWOQR4rO58nL2LNxjCH&#10;lU6woJz1yJA0I2m6FwNrsBBxMyX23aakcQ2zBm5jmwECBLkbvhILuY9jw5khhYZhcTwmNEYwJjZB&#10;EkWsY+ZSOBP1BfZSuA+d3LG19C571P+Q5MnLxTQqFHHCKrjhhEvgm/yQ1HGdVFbIVcu5rwIXjsos&#10;gZflCBjJ29I5/UbXmyuu0Y7AAExnySr1jw7AnoXBoBGlB2sYKW8G25KWBxviOWgLby10bnhoG1k+&#10;QhdrGcYq/AbAaKT+jVEPI7XA5teWaIYR/yLgIWbJfO5msN/MTxdABempZzP1EEEBqsAWQ+GdeWXD&#10;3N4q3dYNZEr8dYX8DDOoal2be36B1bCBWeAtP0DBejahp3sf9fRLWv4BAAD//wMAUEsDBBQABgAI&#10;AAAAIQAFu5LC3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3STSaGI2&#10;pRT1VARbQbxNs9MkNDsbstsk/fduT3p884b3vlesZtOJkQbXWlYQLyIQxJXVLdcKvvZvD88gnEfW&#10;2FkmBRdysCpvbwrMtZ34k8adr0UIYZejgsb7PpfSVQ0ZdAvbEwfvaAeDPsihlnrAKYSbTiZRlEqD&#10;LYeGBnvaNFSddmej4H3Caf0Yv47b03Fz+dkvP763MSl1fzevX0B4mv3fM1zxAzqUgelgz6yd6BSE&#10;IV5BkqUZiGCnWbIEcbhenmKQZSH/Dyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN7R&#10;2h71AgAA2gYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAW7ksLfAAAACAEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;">
                 <v:shape id="Freeform 42" o:spid="_x0000_s1027" style="position:absolute;left:2915;top:2998;width:6926;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6926,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCffE69xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9iG60WDS6ipQK1ptpQbw9s69JaPZt3N3GtL/eFYQeh5n5hlmsOlOLlpyvLCsYDRMQ&#10;xLnVFRcKPj82gykIH5A11pZJwS95WC0fegtMtb3wntosFCJC2KeooAyhSaX0eUkG/dA2xNH7ss5g&#10;iNIVUju8RLip5ThJXqTBiuNCiQ29lpR/Zz9GwS55nk0Op5GcZbJ/1u69Pb79tUo9PXbrOYhAXfgP&#10;39tbrWA8gduX+APk8goAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCffE69xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l6926,e" filled="f" strokecolor="#231f20" strokeweight=".25pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6926,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7A6782" w14:textId="77777777" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
       <w:pPr>
-        <w:pStyle w:val="Galvene"/>
+        <w:pStyle w:val="Header"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1157F84F" wp14:editId="76DDAED6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2011680</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5838825" cy="314325"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="26" name="Text Box 43"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -316,67 +318,93 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="685EF793" w14:textId="787FB22A" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
+                          <w:p w14:paraId="685EF793" w14:textId="45A013C7" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
                             <w:pPr>
                               <w:spacing w:line="194" w:lineRule="exact"/>
                               <w:ind w:left="20" w:right="-45"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="17"/>
                                 <w:szCs w:val="17"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="001C2C62">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="17"/>
                                 <w:szCs w:val="17"/>
                               </w:rPr>
-                              <w:t>Riepnieku iela 2, Rīga, LV-1050, tālr. 67234308, 67234335, fakss 67234333, e</w:t>
+                              <w:t>Riepnieku</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="001C2C62">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="17"/>
+                                <w:szCs w:val="17"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> iela 2, Rīga, LV-1050, tālr</w:t>
+                            </w:r>
+                            <w:r w:rsidR="0033293E">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="17"/>
+                                <w:szCs w:val="17"/>
+                              </w:rPr>
+                              <w:t>unis</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001C2C62">
+                              <w:rPr>
+                                <w:color w:val="231F20"/>
+                                <w:sz w:val="17"/>
+                                <w:szCs w:val="17"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> 67234335,  e</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="17"/>
                                 <w:szCs w:val="17"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidRPr="001C2C62">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="17"/>
                                 <w:szCs w:val="17"/>
                               </w:rPr>
                               <w:t xml:space="preserve">pasts </w:t>
                             </w:r>
                             <w:r w:rsidR="00122CDF">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="17"/>
                                 <w:szCs w:val="17"/>
                               </w:rPr>
                               <w:t>pasts</w:t>
                             </w:r>
@@ -393,296 +421,454 @@
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1157F84F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 43" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:158.4pt;width:459.75pt;height:24.75pt;z-index:-251627520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDip/vV1QEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjiXdQiMOEXXosOA&#10;7gJ0/QBZlmxjtqiRSuzs60fJcbp1b8NeBJqiDs85pHfXY9+Jo0FqwRVytVhKYZyGqnV1IZ++3b/Z&#10;SkFBuUp14EwhT4bk9f71q93gc7OGBrrKoGAQR/ngC9mE4PMsI92YXtECvHF8aQF7FfgT66xCNTB6&#10;32Xr5fJdNgBWHkEbIs7eTZdyn/CtNTp8sZZMEF0hmVtIJ6azjGe236m8RuWbVp9pqH9g0avWcdML&#10;1J0KShyw/QuqbzUCgQ0LDX0G1rbaJA2sZrV8oeaxUd4kLWwO+YtN9P9g9efjo/+KIozvYeQBJhHk&#10;H0B/J+HgtlGuNjeIMDRGVdx4FS3LBk/5+Wm0mnKKIOXwCSoesjoESECjxT66wjoFo/MAThfTzRiE&#10;5uTVdrPdrq+k0Hy3Wb3dcBxbqHx+7ZHCBwO9iEEhkYea0NXxgcJUOpfEZg7u265Lg+3cHwnGjJnE&#10;PhKeqIexHLk6qiihOrEOhGlPeK85aAB/SjHwjhSSfhwUGim6j469iAs1BzgH5Rwop/lpIYMUU3gb&#10;psU7eGzrhpEntx3csF+2TVKeWZx58tyTGecdjYv1+3eqev6T9r8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzN7Fq3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLC0TFS1NpwnB&#10;CQnRlQPHtPHaaI1Tmmwrb485saP9W7+/r9wsbhQnnIP1pCBdJSCQOm8s9Qo+m9e7RxAhajJ69IQK&#10;fjDAprq+KnVh/JlqPO1iL7iEQqEVDDFOhZShG9DpsPITEmd7PzsdeZx7aWZ95nI3yvskyaTTlvjD&#10;oCd8HrA77I5OwfaL6hf7/d5+1PvaNk2e0Ft2UOr2Ztk+gYi4xP9j+MNndKiYqfVHMkGMClgkKlin&#10;GQtwnKf5A4iWN1m2BlmV8lKg+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDip/vV1QEA&#10;AJEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCzN7Fq&#10;3QAAAAgBAAAPAAAAAAAAAAAAAAAAAC8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="685EF793" w14:textId="787FB22A" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
+                    <w:p w14:paraId="685EF793" w14:textId="45A013C7" w:rsidR="00D7381E" w:rsidRDefault="00D7381E" w:rsidP="00D7381E">
                       <w:pPr>
                         <w:spacing w:line="194" w:lineRule="exact"/>
                         <w:ind w:left="20" w:right="-45"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="001C2C62">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
-                        <w:t>Riepnieku iela 2, Rīga, LV-1050, tālr. 67234308, 67234335, fakss 67234333, e</w:t>
+                        <w:t>Riepnieku</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="001C2C62">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="17"/>
+                          <w:szCs w:val="17"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> iela 2, Rīga, LV-1050, tālr</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0033293E">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="17"/>
+                          <w:szCs w:val="17"/>
+                        </w:rPr>
+                        <w:t>unis</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001C2C62">
+                        <w:rPr>
+                          <w:color w:val="231F20"/>
+                          <w:sz w:val="17"/>
+                          <w:szCs w:val="17"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 67234335,  e</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidRPr="001C2C62">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                         <w:t xml:space="preserve">pasts </w:t>
                       </w:r>
                       <w:r w:rsidR="00122CDF">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                         <w:t>pasts</w:t>
                       </w:r>
                       <w:r w:rsidRPr="001C2C62">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                         <w:t>@vdzti.gov.lv, www.vdzti.gov.lv</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1633E475" w14:textId="77777777" w:rsidR="00694E8E" w:rsidRDefault="00694E8E" w:rsidP="00E92F83">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4713596F" w14:textId="77777777" w:rsidR="00642F96" w:rsidRPr="00642F96" w:rsidRDefault="00642F96" w:rsidP="00642F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00642F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>APSTIPRINU</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="060963E2" w14:textId="42BE363F" w:rsidR="00E92F83" w:rsidRPr="00E92F83" w:rsidRDefault="00E92F83" w:rsidP="00E92F83">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E1C69">
+    <w:p w14:paraId="4C5ACC84" w14:textId="77777777" w:rsidR="00642F96" w:rsidRDefault="00642F96" w:rsidP="00642F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktors Andris Dunskis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5264D1F2" w14:textId="77777777" w:rsidR="00642F96" w:rsidRDefault="00642F96" w:rsidP="00642F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(laika zīmogs, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D723A2" w14:textId="77777777" w:rsidR="00642F96" w:rsidRDefault="00642F96" w:rsidP="00642F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektroniskais paraksts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C43000" w14:textId="77777777" w:rsidR="00E92F83" w:rsidRDefault="00E92F83" w:rsidP="00642F96">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060963E2" w14:textId="7654A647" w:rsidR="00E92F83" w:rsidRPr="00E92F83" w:rsidRDefault="00E92F83" w:rsidP="00E92F83">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4187A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rīgā, </w:t>
       </w:r>
-      <w:r w:rsidR="002E1C69" w:rsidRPr="002E1C69">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="002E1C69">
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A2" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A2" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidR="00F61497" w:rsidRPr="002E1C69">
+      <w:r w:rsidR="001D70A2" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C30E16" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00122CDF" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-1/4-</w:t>
+      </w:r>
+      <w:r w:rsidR="0033293E" w:rsidRPr="00E4187A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
-      </w:r>
-[...86 lines deleted...]
-        <w:t>1-1/4-5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE3F31D" w14:textId="77777777" w:rsidR="00016302" w:rsidRDefault="00016302" w:rsidP="00E92F83">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="314993D1" w14:textId="3CF2892F" w:rsidR="00E92F83" w:rsidRDefault="005B62C2" w:rsidP="00E92F83">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ritekļu un ritekļu tipu laišanas tirgū</w:t>
+        <w:t>Ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu laišanas tirgū</w:t>
       </w:r>
       <w:r w:rsidR="00E92F83" w:rsidRPr="00E92F83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> rokasgrāmata</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F85AE42" w14:textId="77777777" w:rsidR="00016302" w:rsidRPr="00E92F83" w:rsidRDefault="00016302" w:rsidP="00E92F83">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EB89409" w14:textId="77777777" w:rsidR="00E92F83" w:rsidRPr="00E92F83" w:rsidRDefault="00E92F83" w:rsidP="00E92F83">
@@ -703,51 +889,51 @@
         </w:rPr>
         <w:t>Izmaiņu reģistrs</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92F83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00E92F83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="1478"/>
         <w:gridCol w:w="1514"/>
         <w:gridCol w:w="2996"/>
         <w:gridCol w:w="2810"/>
       </w:tblGrid>
       <w:tr w:rsidR="00122CDF" w:rsidRPr="00E92F83" w14:paraId="5DE66AF9" w14:textId="77777777" w:rsidTr="00122CDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17146C2E" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -906,59 +1092,68 @@
           <w:p w14:paraId="5FB7D7BB" w14:textId="2DE7A098" w:rsidR="00122CDF" w:rsidRPr="002E1C69" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E1C69">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.02.2023.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6925C9F8" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="6925C9F8" w14:textId="76675326" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00C30E16" w:rsidP="00E92F83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.02.2023.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ADC01F8" w14:textId="23B81C63" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92F83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rokasgrāmatas izstrāde</w:t>
             </w:r>
@@ -1024,3315 +1219,4779 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ekspert</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92F83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00122CDF" w:rsidRPr="00E92F83" w14:paraId="31A3CC88" w14:textId="77777777" w:rsidTr="00122CDF">
+      <w:tr w:rsidR="005F2547" w:rsidRPr="00E92F83" w14:paraId="45356497" w14:textId="77777777" w:rsidTr="00122CDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6604C8D6" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="3216E165" w14:textId="2F288CD7" w:rsidR="005F2547" w:rsidRPr="00E92F83" w:rsidRDefault="005F2547" w:rsidP="00E92F83">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E92F83">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>V-1.0.</w:t>
+              <w:t>V-1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1478" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6099B9CB" w14:textId="5604F0E4" w:rsidR="00122CDF" w:rsidRPr="002E1C69" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="32D1BE11" w14:textId="2A965570" w:rsidR="005F2547" w:rsidRPr="002E1C69" w:rsidRDefault="005F2547" w:rsidP="00E92F83">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E1C69">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>13.02.2023.</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.06.2024.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5710C5A3" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="33755041" w14:textId="2FCB1561" w:rsidR="005F2547" w:rsidRDefault="00C30E16" w:rsidP="00E92F83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.07.2024.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04798AD9" w14:textId="69C21E49" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="0E150F4E" w14:textId="77777777" w:rsidR="005F2547" w:rsidRDefault="005F2547" w:rsidP="00E92F83">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E92F83">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Teksta pārskatīšana</w:t>
+              <w:t>Grozījumi:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3694A70B" w14:textId="21F1A43D" w:rsidR="00D62D07" w:rsidRDefault="00D62D07" w:rsidP="00E92F83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rokasgrāmata ir papildināta ar </w:t>
+            </w:r>
+            <w:r w:rsidR="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.pu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Izmaiņu pārvaldība</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D0621A" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00B50257">
+          <w:p w14:paraId="166CB484" w14:textId="77777777" w:rsidR="00413315" w:rsidRPr="00E92F83" w:rsidRDefault="00413315" w:rsidP="00413315">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E92F83">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Inese Saulīte</w:t>
+              <w:t>Dainis Lācis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66504CEB" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00B50257">
+          <w:p w14:paraId="7FD90F85" w14:textId="6355EC51" w:rsidR="005F2547" w:rsidRPr="00E92F83" w:rsidRDefault="00413315" w:rsidP="00413315">
             <w:pPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92F83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Attīstības daļas vecākā eksperte/analītiķe</w:t>
+              <w:t>Attīstības daļas vecāk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ekspert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00122CDF" w:rsidRPr="00E92F83" w14:paraId="6B999456" w14:textId="77777777" w:rsidTr="00122CDF">
+      <w:tr w:rsidR="005365F2" w:rsidRPr="00E92F83" w14:paraId="7A7EAD07" w14:textId="77777777" w:rsidTr="00122CDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45B0A2D4" w14:textId="12D76BC5" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="4EACDB37" w14:textId="77F23CF0" w:rsidR="005365F2" w:rsidRDefault="005365F2" w:rsidP="005365F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92F83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>V-1.0.</w:t>
+              <w:t>V-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1478" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24637A81" w14:textId="17FC7172" w:rsidR="00122CDF" w:rsidRPr="002E1C69" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="5862A6F8" w14:textId="0DA1C855" w:rsidR="005365F2" w:rsidRPr="00E4187A" w:rsidRDefault="001D70A2" w:rsidP="005365F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E1C69">
+            <w:r w:rsidRPr="00E4187A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00756774">
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="005365F2" w:rsidRPr="00E4187A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...8 lines deleted...]
-              <w:t>.02.2023.</w:t>
+              <w:t>.02.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE46A0F" w14:textId="02125EC1" w:rsidR="00122CDF" w:rsidRDefault="00756774" w:rsidP="00E92F83">
+          <w:p w14:paraId="5BAC57B3" w14:textId="2B9A0C3A" w:rsidR="005365F2" w:rsidRPr="00E4187A" w:rsidRDefault="001D70A2" w:rsidP="005365F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E4187A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>17.02.2023.</w:t>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="005365F2" w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.02.2026.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="175F7863" w14:textId="397AE65E" w:rsidR="00122CDF" w:rsidRPr="00E92F83" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="7DAD6589" w14:textId="633EE809" w:rsidR="005365F2" w:rsidRDefault="005365F2" w:rsidP="005365F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E92F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rokasgrāmatas </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Rokasgrāmatas pārskatīšana</w:t>
+              <w:t>jauna redakcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08CFF8B9" w14:textId="77777777" w:rsidR="00122CDF" w:rsidRDefault="00122CDF" w:rsidP="00E92F83">
+          <w:p w14:paraId="4774EDF2" w14:textId="77777777" w:rsidR="005365F2" w:rsidRPr="00E92F83" w:rsidRDefault="005365F2" w:rsidP="005365F2">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dainis Lācis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="001D2E1D" w14:textId="693F6FB5" w:rsidR="005365F2" w:rsidRDefault="005365F2" w:rsidP="005365F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92F83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linda Gailīte </w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Attīstības daļas </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">vadošais </w:t>
+            </w:r>
             <w:r w:rsidRPr="00E92F83">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Direktora vietniece, Attīstības daļas vadītāja</w:t>
+              <w:t>vecāk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ekspert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92F83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0F8CEE5E" w14:textId="77777777" w:rsidR="00E92F83" w:rsidRDefault="00E92F83">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71AB5D56" w14:textId="77777777" w:rsidR="00B50257" w:rsidRDefault="00B50257">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BA21A38" w14:textId="622E8C9C" w:rsidR="00AE3B3D" w:rsidRDefault="00AE3B3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F1F670" w14:textId="07EED9E1" w:rsidR="00B50257" w:rsidRDefault="00B50257" w:rsidP="00AE3B3D">
-[...21 lines deleted...]
-    </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:id w:val="2073926714"/>
+        <w:id w:val="-215823976"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="122B53C4" w14:textId="19E6C316" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00AE3B3D" w:rsidP="00F04345">
+        <w:p w14:paraId="4B605D35" w14:textId="7BFB56D2" w:rsidR="00D62D07" w:rsidRPr="00837645" w:rsidRDefault="00D62D07" w:rsidP="00837645">
           <w:pPr>
-            <w:pStyle w:val="Saturardtjavirsraksts"/>
-            <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOCHeading"/>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4819"/>
+            </w:tabs>
+            <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
-        </w:p>
-[...6 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:r w:rsidRPr="00837645">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="lv-LV"/>
+            </w:rPr>
+            <w:t>Saturs</w:t>
+          </w:r>
+          <w:r w:rsidR="00837645">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="lv-LV"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="74254F7E" w14:textId="02779235" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00D62D07" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc127277079" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020626" w:history="1">
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1. Rokasgrāmatas (vadlīniju) mērķis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277079 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020626 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00431EB6" w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09E1CF50" w14:textId="489B2124" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="566790A1" w14:textId="1229C014" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
-[...3 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOC1"/>
             <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020627" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2. Tiesiskais regulējums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020627 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5E245411" w14:textId="5C553719" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020628" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3. Izmantotie termini un saīsinājumi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020628 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="32B9F960" w14:textId="0DCE27C4" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020629" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4. Kopsavilkuma tabula</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020629 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="23A0B29D" w14:textId="2EBC3C63" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020630" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>5. Ritekļa tips, ritekļa tipa variants un ritekļa tipa versija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020630 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="66F10999" w14:textId="00487FFE" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020631" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>6. Pieteikuma iesniedzēja atbildība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020631 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="480A273F" w14:textId="4BB14EA8" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020632" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>7. Ritekļa tipa atļaujas turētāja pienākumi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020632 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="48906E9B" w14:textId="55044F59" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020633" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>8. Valodas politika</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020633 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="67F01E87" w14:textId="081A2A3F" w:rsidR="00431EB6" w:rsidRPr="00E4187A" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:ind w:hanging="158"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00E4187A">
+            <w:rPr>
+              <w:rStyle w:val="Hyperlink"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:noProof/>
+              <w:color w:val="auto"/>
+              <w:u w:val="none"/>
+            </w:rPr>
+            <w:t xml:space="preserve">8.1. </w:t>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc221020634" w:history="1">
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>ERA atļauja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020634 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A" w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E4187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="01D0024E" w14:textId="18F3567B" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:ind w:hanging="158"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277080" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:r w:rsidRPr="00E4187A">
+            <w:rPr>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:noProof/>
+              <w:color w:val="auto"/>
+              <w:u w:val="none"/>
+            </w:rPr>
+            <w:t xml:space="preserve">8.2. </w:t>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc221020635" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>Inspekcijas atļauja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277080 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020635 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="36DADCDF" w14:textId="541F9D37" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="23F514F9" w14:textId="511FC4E1" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
-[...3 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277081" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020636" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>3. Izmantotie termini un saīsinājumi</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>9. Saziņas kārtība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277081 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020636 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05582252" w14:textId="619AD845" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="0C325580" w14:textId="58E1E8FC" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
-[...3 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277082" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020637" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>4. Kopsavilkuma tabula</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>10. Nodevas un maksas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277082 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020637 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="212945F5" w14:textId="66938C92" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="0206CD18" w14:textId="1CD31C95" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
-[...3 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277083" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020638" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>5. Ritekļa tips, ritekļa tipa variants un ritekļa tipa versija</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>11. Pārrobežu nolīgumi un pārrobežu stacijas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277083 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020638 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="476D9B40" w14:textId="232B6B72" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="59F6D108" w14:textId="0ED4BA21" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
-[...3 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277084" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020639" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>6. Pieteikuma iesniedzēja atbildība</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12. Pieteikuma sagatavošanas, iesniegšanas un izskatīšanas process</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277084 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020639 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="52E9B885" w14:textId="7D1B3FAF" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="6CBE0C67" w14:textId="4712D447" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277085" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020640" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>7. Ritekļa tipa atļaujas turētāja pienākumi</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.1. Prasību fiksēšana un piemērojamo noteikumu apzināšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277085 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020640 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B58B116" w14:textId="300392ED" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="51EEBCDC" w14:textId="351946DD" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277086" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020641" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>8. Valodas politika</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.2. Attiecīgās atļaujas identificēšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277086 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020641 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="448E92FA" w14:textId="6FE471F5" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="4ED01E0F" w14:textId="42C80651" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277087" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020642" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>9. Saziņas kārtība</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.3. Pagaidu atļauja ritekļa izmantošanai praktiskām pārbaudēm tīklā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277087 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020642 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2CA94F92" w14:textId="3769F87B" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="211E12FF" w14:textId="728F81B7" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277088" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020643" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>10. Nodevas un maksas</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.4. Priekšiesaiste</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277088 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020643 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="765E6A34" w14:textId="5CC400AA" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="19CB898B" w14:textId="08710EA6" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277089" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020644" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>11. Pārrobežu nolīgumi un pārrobežu stacijas</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.5. Atbilstības novērtēšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277089 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020644 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F1D48C0" w14:textId="5777D6F0" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="30686939" w14:textId="666019C7" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277090" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020645" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12.Pieteikuma sagatavošanas, iesniegšanas un izskatīšanas process</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.6. Pieteikuma iesniegšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277090 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020645 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="417CAAF7" w14:textId="185908F3" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="30996D60" w14:textId="75D10791" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277091" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020646" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12.1. Prasību fiksēšana un piemērojamo noteikumu apzināšana</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.7. Sākotnējā pārbaude</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277091 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020646 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66B7AEEE" w14:textId="74D1302B" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="0905C229" w14:textId="1A1C1A80" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277092" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020647" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12.2. Attiecīgās atļaujas identificēšana</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.8. Detalizēts novērtējums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277092 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020647 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2FBEBB33" w14:textId="20B45632" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="3CF660E8" w14:textId="253A973A" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277093" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020648" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12.3. Pagaidu atļauja ritekļa izmantošanai praktiskām pārbaudēm tīklā</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.9. Pamatotas šaubas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277093 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020648 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43206C18" w14:textId="0D385688" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="52F07F18" w14:textId="14E69BD8" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277094" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020649" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12.4. Priekšiesaiste</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>12.10. Lēmuma pieņemšana un novērtējuma noslēgums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277094 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020649 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DDFA305" w14:textId="355EB489" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="6F489B40" w14:textId="6314E67C" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
-[...3 lines deleted...]
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277095" w:history="1">
-[...2 lines deleted...]
-                <w:rStyle w:val="Hipersaite"/>
+          <w:hyperlink w:anchor="_Toc221020650" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12.5. Atbilstības novērtēšana</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>13. Izmaiņu pārvaldība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277095 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020650 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="177DC98A" w14:textId="5619EA8B" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="4F78D6CB" w14:textId="7ED233D4" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277096" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020651" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Atbildība par atļautā ritekļa tipa izmaiņu pārvaldību</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277096 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020651 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FA97AFD" w14:textId="3BE175EB" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="69D4FCFD" w14:textId="0CEE200A" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277097" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020652" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Atļautā ritekļa tipa izmaiņu kategorijas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277097 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020652 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>18</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33E01D2B" w14:textId="64A24426" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="2AFA6E8C" w14:textId="00C7F719" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277098" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020653" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.3. Izmaiņas, ko pārvalda tiesību subjekts, kurš nav ritekļa tipa atļaujas turētājs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277098 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020653 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>19</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37CBCB9F" w14:textId="57DA99D7" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="646FB544" w14:textId="4F21DC6D" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277099" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020654" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.4. Iespējas izveidot variantus un versijas no ritekļa vai ritekļa tipa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277099 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020654 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="204F53CD" w14:textId="215CEEF4" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="2C89EBB0" w14:textId="1547D9E1" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs2"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277100" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020655" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.5. Paziņojums par izmaiņām ritekļī saskaņā ar Regulas par praktisko kārtību 16. panta 4. punktu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277100 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020655 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>22</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E4EAC6D" w14:textId="68EFD326" w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="42238DB0" w14:textId="0D42491A" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277101" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020656" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.6. Ritekļa atbilstības nodrošināšana citai ritekļa tipa versijai (izveidota pēc 15. panta 1. punkta c) apakšpunkta maiņas)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277101 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020656 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>23</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B3999FA" w14:textId="2F2DDDE6" w:rsidR="00AE3B3D" w:rsidRDefault="00000000" w:rsidP="00AE3B3D">
+        <w:p w14:paraId="68FF6F1A" w14:textId="63191E92" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="8963"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
-            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc127277102" w:history="1">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc221020657" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.7. Ritekļa atbilstības nodrošināšana citam ritekļa tipa variantam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc127277102 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020657 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE3B3D" w:rsidRPr="00AE3B3D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>24</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23394DFD" w14:textId="0DA69D9E" w:rsidR="00AE3B3D" w:rsidRDefault="00AE3B3D">
+        <w:p w14:paraId="2A56344E" w14:textId="48F9ADC4" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020658" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.8. Izmaiņas ritekļos, kas iedalīti kategorijās saskaņā ar Regulas par praktisko kārtību 15. panta 1. punkta b) apakšpunktu, ja izmaiņu rīkotājs ir arī ritekļa tipa atļaujas turētājs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020658 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4821517A" w14:textId="3DF78956" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020659" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>13.9. Piemērs paziņojuma veikšanai atbilstoši Regulas 16.panta 4.punktam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020659 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="413F978D" w14:textId="7B4FD412" w:rsidR="00431EB6" w:rsidRPr="000F23D3" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020660" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>14. Inspekcijas lēmumu pārskatīšanas procedūras</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020660 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3FA5DB15" w14:textId="2FE2A139" w:rsidR="00431EB6" w:rsidRDefault="00431EB6" w:rsidP="00431EB6">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="lv-LV"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221020661" w:history="1">
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>15. Inspekcijas lēmumu pārsūdzība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221020661 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00E4187A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F23D3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4AE49059" w14:textId="58D28CD1" w:rsidR="00D62D07" w:rsidRDefault="00D62D07" w:rsidP="00837645">
+          <w:pPr>
+            <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+          </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="3F6E1455" w14:textId="7D0EC85B" w:rsidR="00016302" w:rsidRDefault="00016302">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B295633" w14:textId="42BAE1E3" w:rsidR="00016302" w:rsidRDefault="00016302">
-[...24 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="1E82519C" w14:textId="1F672786" w:rsidR="000943A9" w:rsidRPr="00431EB6" w:rsidRDefault="00016302" w:rsidP="00431EB6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc127277079"/>
-      <w:r w:rsidRPr="00016302">
+      <w:r w:rsidRPr="000F23D3">
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc221020626"/>
+      <w:r w:rsidR="007F5230" w:rsidRPr="00431EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="000943A9" w:rsidRPr="00016302">
+      <w:r w:rsidR="000943A9" w:rsidRPr="00431EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rokasgrāmatas (vadlīniju) mērķis</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="7F7DB0DC" w14:textId="7D5E538B" w:rsidR="00B50257" w:rsidRDefault="00B50257" w:rsidP="008F4B91">
-      <w:pPr>
+    <w:p w14:paraId="4D9D9F62" w14:textId="23196522" w:rsidR="000F23D3" w:rsidRDefault="005365F2" w:rsidP="00431EB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-6" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ceturtās dzelzceļa tiesību aktu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakotnes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stāšanās spēkā Eiropas Savienībā </w:t>
+      </w:r>
+      <w:r w:rsidR="000F23D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk – ES) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieviesa jaunu pieeju dzelzceļa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļauju laišanai tirgū piešķiršanas procesam. Jaunā pieeja galvenokārt ir saistīta ar jaunu uzdevumu un pienākumu sadalījumu starp Eiropas Savienības Dzelzceļu aģentūru (turpmāk – ERA) un atsevišķām valstu drošības iestādēm, tostarp Valsts dzelzceļa tehnisko inspekciju (turpmāk – Inspekcija). Juridiskais pamats šai jaunajai pieejai dzelzceļa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļauju laišanai tirgū piešķiršanas procesā ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas Parlamenta un Padomes Direktīva (ES) 2016/797 (2016. gada 11. maijs) par dzelzceļa sistēmas savstarpēju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantojamību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eiropas Savienībā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(turpmāk -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direktīva 2016/797), kas Latvijā ir pārņemta ar Dzelzceļa likumu un pakārtotajiem Ministru kabineta noteikumiem, it īpaši Ministru kabineta 2020.gada 9.jūnija noteikumiem Nr. 374 "Dzelzceļa savstarpējās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantojamības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumi" (</w:t>
+      </w:r>
+      <w:r w:rsidR="008F1251" w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turpmāk - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MK noteikumi Nr. 374).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B838343" w14:textId="73498091" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="000F23D3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dzelzceļa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļauju laišanai tirgū piešķiršanas procesā pieteikuma iesniedzējiem ir paredzētas divas iespējas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4F7F86" w14:textId="3DA6E62E" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="00431EB6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="415"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="2016"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">saņemt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA izsniegtu atļauju vai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DC1DE1" w14:textId="46D950AC" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="000F23D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="415"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="center" w:pos="4163"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">saņemt Eiropas Savienības dalībvalstu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drošības iestāžu, Latvijā - Inspekcijas, izsniegtu atļauju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027337A7" w14:textId="1F24AF80" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="00431EB6">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="-6" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izvēle ir atkarīga no plānotās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas telpas. Ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas telpa aptver vairāk kā vienu E</w:t>
+      </w:r>
+      <w:r w:rsidR="000F23D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalībvalsti, nepieciešama ERA izsniegta atļauja. Ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas telpa ir ierobežota tikai ar vienu E</w:t>
+      </w:r>
+      <w:r w:rsidR="000F23D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalībvalsti, pieteikuma iesniedzējam ir iespēja izvēlēties atļaujas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izdevējiestādi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ERA vai attiecīgās valsts drošības iestādi, Latvijas gadījumā - Inspekciju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192ABF43" w14:textId="702DF260" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="00431EB6">
+      <w:pPr>
+        <w:ind w:left="-4" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī rokasgrāmata ir izveidota, lai izpildītu pienākumu sniegt valsts pamatnostādnes saistībā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Komisijas Īstenošanas regula</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ES) 2018/545 (2018. gada 4. aprīlis), ar ko saskaņā ar Eiropas Parlamenta un Padomes Direktīvu (ES) 2016/797 nosaka dzelzceļa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas un dzelzceļa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas piešķiršanas procesa praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumiem un lai atvieglotu pieteikumu iesniegšanas procesu pieteikumu iesniedzējiem. Rokasgrāmatas mērķis ir nodrošināt pamatu labākai izpratnei par atļauju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laišanā tirgū saņemšanai piemērojamām Latvijas nacionālajām prasībām (noteikumiem).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F82CA9" w14:textId="39D1FEE5" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="00431EB6">
+      <w:pPr>
+        <w:ind w:left="-4" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rokasgrāmata ir adresēta pieteikuma iesniedzējiem, jo īpaši ritošā sastāva ražotājiem, kas plāno laist Latvijas tirgū dzelzceļa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuri paredzēti ekspluatācijai dzelzceļa tīklā. Rokasgrāmata var būt noderīga arī </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārveidojumu veicējiem (visiem pārveidojumos iesaistītajiem līgumslēdzējiem) un dzelzceļa pārvadātājiem, kas darbojas Latvijā un plāno iegādāties ritošo sastāvu citā E</w:t>
+      </w:r>
+      <w:r w:rsidR="000F23D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalībvalstī.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682BCEAA" w14:textId="191D934D" w:rsidR="005365F2" w:rsidRPr="008F1251" w:rsidRDefault="005365F2" w:rsidP="005365F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šī rokasgrāmata papildina ERA ir izstrādāto dokumentu – rokasgrāmatu ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F1251" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(1.pielikums)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Šo dokumentu savā darbībā tieši piemēro arī Inspekcija kā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas telpas valsts drošības iestāde gadījumos, kad ERA ir atļaujas piešķīrēja struktūra. Ja pieteikuma iesniedzējs kā atļaujas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izdevējiestādi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir izvēlējies Inspekciju, tad Inspekcija pilda gan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas telpas valsts drošības iestādes pienākumus, gan arī šajā ERA dokumentā minētās atļaujas piešķīrējas struktūras pienākumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F5B66C" w14:textId="361595E7" w:rsidR="00480406" w:rsidRDefault="002F791C" w:rsidP="008F4B91">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F791C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vadlīnijas neaizstāj ārējos normatīvajos aktos noteikt</w:t>
+      </w:r>
+      <w:r w:rsidR="005B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ās prasības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F791C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un ir </w:t>
+      </w:r>
+      <w:r w:rsidR="0006571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palīglīdzeklis normatīvo aktu piemērošanā.</w:t>
+      </w:r>
+      <w:r w:rsidR="005365F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE" w:rsidRPr="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Juridiski saistošās tiesību normas ir atrodamas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dzelzceļa likumā, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MK noteikum</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4" w:rsidRPr="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. 374</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, R</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE" w:rsidRPr="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egul</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE" w:rsidRPr="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018/545</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un citos saistītajos Latvijas un E</w:t>
+      </w:r>
+      <w:r w:rsidR="00600872">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiesību aktos</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE" w:rsidRPr="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB8ECC7" w14:textId="77777777" w:rsidR="00AB00A4" w:rsidRDefault="00133DA9" w:rsidP="00AB00A4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Šajā </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Ritekļu un ritekļu tipu laišanas tirgū </w:t>
+        <w:t xml:space="preserve">Papildu informāciju par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F92FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F92FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laišanas tirgū</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">rokasgrāmatā </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">(turpmāk- rokasgrāmata) </w:t>
+        <w:t xml:space="preserve"> procesa īpatnībām skatīt arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sagatavot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir apkopota informācija </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B04906">
+        <w:t>aj</w:t>
+      </w:r>
+      <w:r w:rsidR="005365F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ās rokasgrāmatās un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skaidrojumu rakstos, kuri ir publicēti angļu valodā </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tīmekļvietn</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sadaļā, kura ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7136A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paredzēta</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B62C2">
-[...21 lines deleted...]
-        <w:t>procedūru</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F92FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F92FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laišanas tirgū</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> pieteikuma iesniedzējiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB00A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4571C851" w14:textId="15647A6A" w:rsidR="00133DA9" w:rsidRDefault="005365F2" w:rsidP="00AB00A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="005C7FFD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E2123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A0BB4F2" w14:textId="7597D013" w:rsidR="00206649" w:rsidRDefault="00206649" w:rsidP="00016302">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2D6601AB" w14:textId="482C62CB" w:rsidR="008F1251" w:rsidRDefault="008F1251" w:rsidP="008F4B91">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...118 lines deleted...]
-      <w:r w:rsidR="00206649" w:rsidRPr="00206649">
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rokasgrāmata</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1033" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neattiecas uz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F791C">
-[...15 lines deleted...]
-      <w:r w:rsidR="002F791C">
+      <w:r w:rsidR="006D1033" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tādu vienību nodošanu ekspluatācijā, uz kurām neattiecas Direktīva 2016/797 (piemēram, 1520 mm sliežu ceļa platuma kravas vagoniem vai pasažieru vagoniem, kas pieder kopīgi ar tādām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D1033" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trešām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006D1033" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valstīm izmantotam vagonu kopumam, attiecībā uz kuriem izsniegta atļauja saskaņā ar citu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D1033" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006D1033" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļauju piešķiršanas procedūru).</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...563 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D8EF3B" w14:textId="7D050AAD" w:rsidR="000943A9" w:rsidRDefault="007F5230" w:rsidP="00016302">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc127277080"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc221020627"/>
       <w:r w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="000943A9" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tiesiskais regulējums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="45777DAB" w14:textId="4BC85826" w:rsidR="00016302" w:rsidRPr="00016302" w:rsidRDefault="00016302" w:rsidP="00016302">
+    <w:p w14:paraId="45777DAB" w14:textId="5DBD0596" w:rsidR="00016302" w:rsidRPr="00016302" w:rsidRDefault="00016302" w:rsidP="00016302">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>1.tabula Tiesiskais regulējums un tā saīsinājumi</w:t>
+        <w:t>1.tabula</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tiesiskais regulējums un tā saīsinājumi</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="943"/>
         <w:gridCol w:w="5715"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00480406" w14:paraId="7E268B67" w14:textId="77777777" w:rsidTr="00AD1EFF">
+      <w:tr w:rsidR="00480406" w14:paraId="7E268B67" w14:textId="77777777" w:rsidTr="00F007FC">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B88C5D4" w14:textId="5187EBE9" w:rsidR="00480406" w:rsidRDefault="00480406" w:rsidP="00133DA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nr.p.k.</w:t>
+              <w:t>Nr.p.k</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="191A1987" w14:textId="13470479" w:rsidR="00480406" w:rsidRDefault="00480406">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4405,81 +6064,119 @@
           </w:tcPr>
           <w:p w14:paraId="619BC9AE" w14:textId="2A08E13A" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00F92FF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F92FF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">EIROPAS PARLAMENTA UN PADOMES DIREKTĪVA (ES) 2016/797 (2016. gada 11. maijs) </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3612D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>par dzelzceļa sistēmas savstarpēju izmantojamību Eiropas Savienībā</w:t>
+              <w:t xml:space="preserve">par dzelzceļa sistēmas savstarpēju </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izmantojamību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Eiropas Savienībā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3094F460" w14:textId="1EEDFF99" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00F92FF1">
+          <w:p w14:paraId="3094F460" w14:textId="42B3DFF6" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00F92FF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IOD</w:t>
             </w:r>
             <w:r w:rsidR="00480406" w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> direktīva</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1251">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai </w:t>
+            </w:r>
+            <w:r w:rsidR="008F1251" w:rsidRPr="008F1251">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Direktīva 2016/797</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480406" w:rsidRPr="00261352" w14:paraId="4F39B124" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24B404B2" w14:textId="43BA97C0" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00133DA9" w:rsidP="00133DA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -4621,73 +6318,149 @@
           </w:tcPr>
           <w:p w14:paraId="7F3FFC16" w14:textId="5C2827A9" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00F3612D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3612D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">KOMISIJAS ĪSTENOŠANAS REGULA (ES) 2018/545 (2018. gada 4. aprīlis), ar ko saskaņā ar Eiropas Parlamenta un Padomes Direktīvu (ES) 2016/797 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3612D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>nosaka dzelzceļa ritekļa atļaujas un dzelzceļa ritekļa tipa atļaujas piešķiršanas procesa praktisko kārtību</w:t>
+              <w:t xml:space="preserve">nosaka dzelzceļa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atļaujas un dzelzceļa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļaujas piešķiršanas procesa praktisko kārtību</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54B6CA68" w14:textId="4AB558D4" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00133DA9">
+          <w:p w14:paraId="54B6CA68" w14:textId="17C08351" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00133DA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Regula par praktisko kārtību</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1251">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai R</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1251" w:rsidRPr="008F1251">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egul</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1251">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1251" w:rsidRPr="008F1251">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2018/545</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480406" w:rsidRPr="00261352" w14:paraId="328393E1" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BB5FA1E" w14:textId="62F70278" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00133DA9" w:rsidP="00133DA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
@@ -4716,51 +6489,87 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3612D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KOMISIJAS ĪSTENOŠANAS REGULA (ES) 2019/250</w:t>
             </w:r>
             <w:r w:rsidR="009F76EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3612D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(2019. gada 12. februāris) par dzelzceļa savstarpējas izmantojamības komponentu un apakšsistēmu "EK" deklarāciju un sertifikātu veidnēm, par paraugu deklarācijai par atbilstību atļautajam dzelzceļa ritekļa tipam un par apakšsistēmu "EK" verifikācijas procedūrām saskaņā ar Eiropas Parlamenta un Padomes Direktīvu (ES) 2016/797, un ar ko atceļ Komisijas Regulu (ES) Nr. 201/2011</w:t>
+              <w:t xml:space="preserve">(2019. gada 12. februāris) par dzelzceļa savstarpējas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izmantojamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> komponentu un apakšsistēmu "EK" deklarāciju un sertifikātu veidnēm, par paraugu deklarācijai par atbilstību atļautajam dzelzceļa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipam un par apakšsistēmu "EK" verifikācijas procedūrām saskaņā ar Eiropas Parlamenta un Padomes Direktīvu (ES) 2016/797, un ar ko atceļ Komisijas Regulu (ES) Nr. 201/2011</w:t>
             </w:r>
             <w:r w:rsidR="00133DA9" w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="698871D3" w14:textId="6E92DCCF" w:rsidR="00480406" w:rsidRPr="00261352" w:rsidRDefault="00F3612D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4886,283 +6695,107 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00016302">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B56DEBD" w14:textId="77777777" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9" w:rsidP="00133DA9">
+          <w:p w14:paraId="227F8A9B" w14:textId="2098D6A1" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9" w:rsidP="004A4704">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dzelzceļa likums</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11F52F55" w14:textId="77777777" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9">
-            <w:pPr>
-[...162 lines deleted...]
-          <w:p w14:paraId="6FFE7399" w14:textId="77777777" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133DA9" w:rsidRPr="00261352" w14:paraId="32539768" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B50A9E1" w14:textId="5EE6B040" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9" w:rsidP="00133DA9">
+          <w:p w14:paraId="0B50A9E1" w14:textId="0C1989F5" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00385249" w:rsidP="00133DA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00261352">
-[...5 lines deleted...]
-              <w:t>9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00016302">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3091D576" w14:textId="658CB5DA" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9" w:rsidP="00133DA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261352">
@@ -5232,51 +6865,75 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidR="00F3612D" w:rsidRPr="00F3612D">
               <w:rPr>
                 <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Dzelzceļa savstarpējās izmantojamības noteikumi</w:t>
+              <w:t xml:space="preserve">Dzelzceļa savstarpējās </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F3612D" w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>izmantojamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F3612D" w:rsidRPr="00F3612D">
+              <w:rPr>
+                <w:rFonts w:ascii="RobustaTLPro-Regular" w:hAnsi="RobustaTLPro-Regular"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> noteikumi</w:t>
             </w:r>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65B6D699" w14:textId="5EFA3D57" w:rsidR="00133DA9" w:rsidRPr="00261352" w:rsidRDefault="00133DA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5294,295 +6951,383 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikumi </w:t>
             </w:r>
             <w:r w:rsidRPr="00261352">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nr.37</w:t>
             </w:r>
             <w:r w:rsidR="00A61BD0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00385249" w:rsidRPr="00261352" w14:paraId="363CA059" w14:textId="77777777" w:rsidTr="00AD1EFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BE57A9" w14:textId="6450A439" w:rsidR="00385249" w:rsidRPr="00261352" w:rsidRDefault="00385249" w:rsidP="00133DA9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6235B20E" w14:textId="07E09E0F" w:rsidR="00385249" w:rsidRPr="00261352" w:rsidRDefault="00385249" w:rsidP="00133DA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00261352">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>administratīvā procesa likums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FC9DC0" w14:textId="77777777" w:rsidR="00385249" w:rsidRPr="00261352" w:rsidRDefault="00385249">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F71B10F" w14:textId="10C5FEB1" w:rsidR="000943A9" w:rsidRDefault="007F5230" w:rsidP="00016302">
-[...1 lines deleted...]
-        <w:pStyle w:val="Virsraksts1"/>
+    <w:p w14:paraId="3F71B10F" w14:textId="42C9A92F" w:rsidR="000943A9" w:rsidRDefault="007F5230" w:rsidP="00016302">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc127277081"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc221020628"/>
       <w:r w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="000943A9" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmantotie termini un saīsinājumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="16C87883" w14:textId="594F38BE" w:rsidR="00016302" w:rsidRPr="00016302" w:rsidRDefault="00016302" w:rsidP="00016302">
+    <w:p w14:paraId="16C87883" w14:textId="378C2CD3" w:rsidR="00016302" w:rsidRPr="00016302" w:rsidRDefault="00016302" w:rsidP="00016302">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>2.tabula Termini, to saīsinājumi un definīcijas</w:t>
+        <w:t>2.tabula</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00016302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Termini, to saīsinājumi un definīcijas</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9694" w:type="dxa"/>
         <w:tblInd w:w="-60" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1614"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="20F8FD2D" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="250"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EF60B59" w14:textId="77777777" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="3EF60B59" w14:textId="77777777" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50257">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Termini </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3518B0BE" w14:textId="2205DA74" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="3518B0BE" w14:textId="2205DA74" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saīsinājums, ja ir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="001E2EE0" w14:textId="57FD8D0B" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="001E2EE0" w14:textId="57FD8D0B" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50257">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Definīcijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="382C054C" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E6105D1" w14:textId="458411D2" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00B50257">
+          <w:p w14:paraId="1E6105D1" w14:textId="458411D2" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Valsts dzelzceļa tehniskā inspekcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13D7E477" w14:textId="19DD979E" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00B50257">
+          <w:p w14:paraId="13D7E477" w14:textId="19DD979E" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inspekcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B28D2CF" w14:textId="258588E1" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="009810AA" w:rsidP="00B50257">
+          <w:p w14:paraId="0B28D2CF" w14:textId="258588E1" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="009810AA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dzelzceļa likuma 33.panta 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5595,122 +7340,126 @@
             <w:r w:rsidR="00CF7152">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Latvijas Republikas valsts drošības iestāde.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="47009A1E" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="456EDFA4" w14:textId="75AF86A8" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="456EDFA4" w14:textId="75AF86A8" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Eiropas Savienības Dzelzceļu aģentūra</w:t>
             </w:r>
             <w:r w:rsidRPr="00B50257">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4632CBA1" w14:textId="70784AA1" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="4632CBA1" w14:textId="70784AA1" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ERA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="498679EF" w14:textId="09CB5002" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00B50257">
+          <w:p w14:paraId="498679EF" w14:textId="61564D56" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ar E</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF7152">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iropas </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5762,155 +7511,210 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> izveidota</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF7152">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eiropas Savienības Dzelzceļu aģentūr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">a </w:t>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00B77949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="52FBFAFD" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2557FF" w14:textId="38BE37BD" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00E02E3E" w:rsidP="00B50257">
+          <w:p w14:paraId="7D2557FF" w14:textId="38BE37BD" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00E02E3E" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atļaujas piešķīrēja</w:t>
             </w:r>
             <w:r w:rsidR="00CE6FDE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iestāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04CC9B11" w14:textId="77777777" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="04CC9B11" w14:textId="77777777" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CADCF72" w14:textId="24674906" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="009810AA">
+          <w:p w14:paraId="1CADCF72" w14:textId="24674906" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CF7152" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Iestāde, kura ir atbildīga par </w:t>
             </w:r>
             <w:r w:rsidR="008753B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>atļaujas ritekļa vai ritekļu tipa laišanai tirgū</w:t>
+              <w:t xml:space="preserve">atļaujas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008753B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008753B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008753B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008753B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa laišanai tirgū</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> izsniegšanu. Ja pieteikums </w:t>
             </w:r>
             <w:r w:rsidR="008753B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atļaujai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir iesniegts tikai Latvijai, </w:t>
             </w:r>
@@ -6005,141 +7809,180 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="773B849E" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27D8AD0E" w14:textId="44E61E52" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="27D8AD0E" w14:textId="44E61E52" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pieteikuma iesniedzējs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29FC1B67" w14:textId="77777777" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00B50257">
+          <w:p w14:paraId="29FC1B67" w14:textId="77777777" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00CE6FDE" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E73B034" w14:textId="5411D8A2" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00E86CA9" w:rsidP="00B50257">
+          <w:p w14:paraId="3E73B034" w14:textId="5411D8A2" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00E86CA9" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pretendents, kurš iesniedz pieteikumu </w:t>
             </w:r>
             <w:r w:rsidR="009457AD" w:rsidRPr="009457AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atļauja</w:t>
             </w:r>
             <w:r w:rsidR="009457AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidR="009457AD" w:rsidRPr="009457AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ritekļa vai ritekļu tipa laišanai tirgū</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009457AD" w:rsidRPr="009457AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009457AD" w:rsidRPr="009457AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009457AD" w:rsidRPr="009457AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009457AD" w:rsidRPr="009457AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa laišanai tirgū</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pretendents var būt </w:t>
             </w:r>
             <w:r w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>jebkura fiziska vai juridiska persona</w:t>
             </w:r>
@@ -6153,365 +7996,408 @@
             </w:r>
             <w:r w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pārvadātājs, manevru darbu veicējs</w:t>
             </w:r>
             <w:r w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, infrastruktūras pārvaldītājs vai jebkura cita persona vai tiesību subjekts, piemēram, ražotājs, īpašnieks vai </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ritekļa </w:t>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>turētājs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="0763C874" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AE18212" w14:textId="5BD9A8A7" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00B50257">
+          <w:p w14:paraId="4AE18212" w14:textId="5BD9A8A7" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF7919">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eiropas Savienības Dzelzceļu aģentūras kontaktpunkt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="744D440F" w14:textId="0A1337CD" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00B50257">
+          <w:p w14:paraId="744D440F" w14:textId="0A1337CD" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4847D92F" w14:textId="516890C6" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00A56942" w:rsidP="00B50257">
+          <w:p w14:paraId="4847D92F" w14:textId="76D4EB5D" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00A56942" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ES</w:t>
             </w:r>
             <w:r w:rsidR="00FF7919" w:rsidRPr="00FF7919">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dzelzceļu aģentūras informācijas un komunikācijas sistēm</w:t>
             </w:r>
             <w:r w:rsidR="009457AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00FF7919" w:rsidRPr="00FF7919">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, kas minēta regulas (ES) Nr.  2016/796 12. pantā</w:t>
+              <w:t xml:space="preserve">, kas minēta </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB00A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF7919" w:rsidRPr="00FF7919">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egulas (ES) Nr. 2016/796 12. pantā</w:t>
+            </w:r>
+            <w:r w:rsidR="00B77949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003414B6" w:rsidRPr="00B50257" w14:paraId="36F9E5C3" w14:textId="77777777" w:rsidTr="00484858">
+      <w:tr w:rsidR="003414B6" w:rsidRPr="00B50257" w14:paraId="36F9E5C3" w14:textId="77777777" w:rsidTr="00EA3DAB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="410F4A10" w14:textId="77777777" w:rsidR="003414B6" w:rsidRPr="00B50257" w:rsidRDefault="003414B6" w:rsidP="00484858">
+          <w:p w14:paraId="410F4A10" w14:textId="77777777" w:rsidR="003414B6" w:rsidRPr="00B50257" w:rsidRDefault="003414B6" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Elektronisko dokumentu pārvaldības sistēma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02991C56" w14:textId="77777777" w:rsidR="003414B6" w:rsidRPr="00B50257" w:rsidRDefault="003414B6" w:rsidP="00484858">
+          <w:p w14:paraId="02991C56" w14:textId="77777777" w:rsidR="003414B6" w:rsidRPr="00B50257" w:rsidRDefault="003414B6" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lietvedība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46E0BE86" w14:textId="77777777" w:rsidR="003414B6" w:rsidRPr="00B50257" w:rsidRDefault="003414B6" w:rsidP="00484858">
+          <w:p w14:paraId="46E0BE86" w14:textId="77777777" w:rsidR="003414B6" w:rsidRPr="00B50257" w:rsidRDefault="003414B6" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Inspekcijas izveidotā iekšējo elektronisko dokumentu pārvaldības sistēma.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w14:paraId="18117483" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A0DBE98" w14:textId="044291F3" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00B50257">
+          <w:p w14:paraId="1A0DBE98" w14:textId="044291F3" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Valsts drošības iestāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="469B30DF" w14:textId="2706104F" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00B50257">
+          <w:p w14:paraId="469B30DF" w14:textId="2706104F" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="00FF7919" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C558664" w14:textId="5AA5AABB" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="009810AA" w:rsidP="00B50257">
+          <w:p w14:paraId="1C558664" w14:textId="5AA5AABB" w:rsidR="00CE6FDE" w:rsidRPr="00B50257" w:rsidRDefault="009810AA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Jebkuras </w:t>
             </w:r>
             <w:r w:rsidR="00A56942">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ES</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6531,112 +8417,137 @@
             <w:r w:rsidR="00E86CA9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>valsts drošības iestāde. Latvijā tā ir Inspekcija.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E30FB" w:rsidRPr="00B50257" w14:paraId="04A3D86D" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DE90B58" w14:textId="7E03AF9F" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00B50257">
+          <w:p w14:paraId="3DE90B58" w14:textId="7E03AF9F" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Savstarpējās izmantojamības tehniskās specifikācijas</w:t>
+              <w:t xml:space="preserve">Savstarpējās </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izmantojamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tehniskās specifikācijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3064F6FA" w14:textId="4A4C139D" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00B50257">
+          <w:p w14:paraId="3064F6FA" w14:textId="4A4C139D" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SITS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C639DA7" w14:textId="5B971CC0" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00B50257">
+          <w:p w14:paraId="2C639DA7" w14:textId="26CD4FFC" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="005E30FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">askaņā ar </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6645,462 +8556,668 @@
               </w:rPr>
               <w:t>IOD</w:t>
             </w:r>
             <w:r w:rsidRPr="005E30FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> direktīvu pieņemta specifikācija, kas attiecas uz ikvienu apakšsistēmu vai apakšsistēmas daļu un kā mērķis ir panākt pamatprasību izpildi un nodrošināt </w:t>
             </w:r>
             <w:r w:rsidR="00A56942">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ES</w:t>
             </w:r>
             <w:r w:rsidRPr="005E30FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> dzelzceļa sistēmas savstarpēju izmantojamību;</w:t>
+              <w:t xml:space="preserve"> dzelzceļa sistēmas savstarpēju </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E30FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izmantojamību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B77949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E30FB" w:rsidRPr="00B50257" w14:paraId="6E095339" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CAC5DF4" w14:textId="141D4727" w:rsidR="005E30FB" w:rsidRDefault="00EB2EDA" w:rsidP="00B50257">
+          <w:p w14:paraId="2CAC5DF4" w14:textId="141D4727" w:rsidR="005E30FB" w:rsidRDefault="00EB2EDA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ritekļa tips</w:t>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tips</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B9D3679" w14:textId="77777777" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00B50257">
+          <w:p w14:paraId="6B9D3679" w14:textId="77777777" w:rsidR="005E30FB" w:rsidRDefault="005E30FB" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="093FC230" w14:textId="3ED3792F" w:rsidR="005E30FB" w:rsidRDefault="00EB2EDA" w:rsidP="00B50257">
+          <w:p w14:paraId="093FC230" w14:textId="3ED3792F" w:rsidR="005E30FB" w:rsidRDefault="00EB2EDA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ips, ar ko nosaka ritekļa galvenos raksturlielumus, kādi iekļauti attiecīgajā verifikācijas modulī aprakstītajā tipa vai konstrukcijas pārbaudes sertifikātā</w:t>
+              <w:t xml:space="preserve">ips, ar ko nosaka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> galvenos raksturlielumus, kādi iekļauti attiecīgajā verifikācijas modulī aprakstītajā tipa vai konstrukcijas pārbaudes sertifikātā</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ritekļa tipa atļauju piešķir vienlaicīgi ar pirmā šī ritekļa tipa ritekļa atļauju laist ti</w:t>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļauju piešķir vienlaicīgi ar pirmā šī </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atļauju laist ti</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rgū.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB2EDA" w:rsidRPr="00B50257" w14:paraId="596E0DAC" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BA0B3C8" w14:textId="51C095BC" w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="1BA0B3C8" w14:textId="51C095BC" w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>itekļa tipa atļaujas turētājs</w:t>
+              <w:t>itekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļaujas turētājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F1DC590" w14:textId="77777777" w:rsidR="00EB2EDA" w:rsidRDefault="00EB2EDA" w:rsidP="00B50257">
+          <w:p w14:paraId="7F1DC590" w14:textId="77777777" w:rsidR="00EB2EDA" w:rsidRDefault="00EB2EDA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34311136" w14:textId="4C7A2989" w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA" w:rsidRDefault="00EB2EDA" w:rsidP="00B50257">
+          <w:p w14:paraId="34311136" w14:textId="263C8B28" w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA" w:rsidRDefault="00EB2EDA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2EDA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>iziska vai juridiska persona, kas saņēmusi ritekļa tipa atļauju, vai tās tiesību pārņēmējs</w:t>
+              <w:t xml:space="preserve">iziska vai juridiska persona, kas saņēmusi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB2EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļauju, vai tās tiesību pārņēmējs</w:t>
+            </w:r>
+            <w:r w:rsidR="00B77949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB2EDA" w:rsidRPr="00B50257" w14:paraId="4316D2C2" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31524992" w14:textId="18BFDF24" w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="31524992" w14:textId="18BFDF24" w:rsidR="00EB2EDA" w:rsidRPr="00EB2EDA" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>alvenie konstrukcijas raksturlielumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CDD2D39" w14:textId="77777777" w:rsidR="00EB2EDA" w:rsidRDefault="00EB2EDA" w:rsidP="00B50257">
+          <w:p w14:paraId="3CDD2D39" w14:textId="77777777" w:rsidR="00EB2EDA" w:rsidRDefault="00EB2EDA" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C1CAC9E" w14:textId="4625DA44" w:rsidR="00EB2EDA" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="0C1CAC9E" w14:textId="2D82326B" w:rsidR="00EB2EDA" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>arametri, ko izmanto, lai identificētu ritekļa tipu, kas norādīts piešķirtajā ritekļa tipa atļaujā un reģistrēts Eiropas atļauto ritekļu tipu reģistrā (“E</w:t>
+              <w:t xml:space="preserve">arametri, ko izmanto, lai identificētu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipu, kas norādīts piešķirtajā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļaujā un reģistrēts Eiropas atļauto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipu reģistrā (“E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RATV</w:t>
             </w:r>
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B77949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00962489" w:rsidRPr="00B50257" w14:paraId="14ED8D13" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="073F1A1A" w14:textId="111BD3F0" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="073F1A1A" w14:textId="111BD3F0" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prasību fiksēšana</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AD90215" w14:textId="77777777" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="1AD90215" w14:textId="77777777" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1231A0AB" w14:textId="569F10E4" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="1231A0AB" w14:textId="569F10E4" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">rasību apzināšanas, iedalīšanas, īstenošanas un validācijas process, ko pieteikuma iesniedzējs veic, lai nodrošinātu attiecīgo </w:t>
             </w:r>
             <w:r w:rsidR="00A56942">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7128,5127 +9245,5442 @@
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasību izpildi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00962489" w:rsidRPr="00B50257" w14:paraId="77A1EF9D" w14:textId="77777777" w:rsidTr="00AD1EFF">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E2B84C3" w14:textId="1612A02E" w:rsidR="00962489" w:rsidRPr="00962489" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="7E2B84C3" w14:textId="1612A02E" w:rsidR="00962489" w:rsidRPr="00962489" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ritekļa konfigurācijas pārvaldība</w:t>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konfigurācijas pārvaldība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="669137C1" w14:textId="77777777" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="669137C1" w14:textId="77777777" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C14DE52" w14:textId="3E9FA1FD" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00B50257">
+          <w:p w14:paraId="6C14DE52" w14:textId="3E9FA1FD" w:rsidR="00962489" w:rsidRDefault="00962489" w:rsidP="00F007FC">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sis</w:t>
             </w:r>
             <w:r w:rsidRPr="00962489">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>temātisks organizatorisks, tehnisks un administratīvs process, kas visā ritekļa un/vai ritekļa tipa dzīves ciklā ieviests, lai nodrošinātu, ka ir iedibināta un saglabājas dokumentācijas konsekvence un izmaiņu izsekojamība</w:t>
+              <w:t xml:space="preserve">temātisks organizatorisks, tehnisks un administratīvs process, kas visā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un/vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00962489">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa dzīves ciklā ieviests, lai nodrošinātu, ka ir iedibināta un saglabājas dokumentācijas konsekvence un izmaiņu izsekojamība</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="344D8CDC" w14:textId="38AF8659" w:rsidR="00F90AEE" w:rsidRPr="00016302" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc127277082"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc221020629"/>
       <w:r w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00F90AEE" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kopsavilkuma tabula</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="50B0822B" w14:textId="46D0F3F9" w:rsidR="00F90AEE" w:rsidRPr="006D1033" w:rsidRDefault="0016030F" w:rsidP="00F90AEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk125703507"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk125996195"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sagatavotā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90AEE" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rokasgrāmat</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77949">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1.pielikums) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0.sadaļā</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir iekļauta atļaujas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa laišanai tirgū prasību kopsavilkuma tabula</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2123" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="50B0822B" w14:textId="35D99A87" w:rsidR="00F90AEE" w:rsidRDefault="0016030F" w:rsidP="00F90AEE">
+    <w:p w14:paraId="1E21B003" w14:textId="2021AAE5" w:rsidR="00F90AEE" w:rsidRPr="006D1033" w:rsidRDefault="00F90AEE" w:rsidP="00F90AEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk125703507"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="00A96936">
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šajā tabulā sniegts pārskats pa dažādiem praktiskiem gadījumiem, ar ko pieteikuma iesniedzēji var saskarties, un apkopotas to saikne</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F90AEE">
-[...99 lines deleted...]
-      <w:r w:rsidR="005E2123">
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar atļaujām, kas minētas </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regulā par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tajā ir arī sniegta informācija katrā gadījumā atsevišķi, ka pieteikuma iesniedzējiem ir jāiesniedz atļaujas pieteikums, izmantojot </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, informācija par veicamajiem uzdevumiem un dokumentiem, kas jāiekļauj pieteikumam pievienotajā dokumentācijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96936" w:rsidRPr="006D1033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E21B003" w14:textId="2021AAE5" w:rsidR="00F90AEE" w:rsidRPr="00F90AEE" w:rsidRDefault="00F90AEE" w:rsidP="00F90AEE">
-[...73 lines deleted...]
-    <w:p w14:paraId="2304CC4D" w14:textId="3D019E5B" w:rsidR="00F90AEE" w:rsidRDefault="00F90AEE" w:rsidP="00F90AEE">
+    <w:p w14:paraId="2304CC4D" w14:textId="12C24665" w:rsidR="00F90AEE" w:rsidRDefault="00F90AEE" w:rsidP="00F90AEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F90AEE">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Šī kopsavilkuma tabula būtu jāskata kā konsolidēts procesa pārskats un ievads ritekļa atļaujas piešķiršanas praktiskajā kārtībā potenciālajiem pieteikumu iesniedzējiem. </w:t>
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī kopsavilkuma tabula būtu jāskata kā konsolidēts procesa pārskats un ievads </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas piešķiršanas praktiskajā kārtībā potenciālajiem pieteikumu iesniedzējiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77949">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Savukārt “Vadlīnijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. sadaļā ir norādītas procesu </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>blokshēmas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00632009" w:rsidRPr="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2.pielikums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77949">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F841BD1" w14:textId="46E3BF4A" w:rsidR="007867AA" w:rsidRPr="00016302" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc127277083"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc221020630"/>
       <w:r w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007867AA" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ritekļa tips, ritekļa tipa variants un ritekļa tipa versija</w:t>
-[...542 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007867AA" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00016302">
+        <w:t xml:space="preserve"> tips, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007867AA" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A86954" w:rsidRPr="00016302">
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007867AA" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pieteikuma iesniedzēja </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D4E8A" w:rsidRPr="00016302">
+        <w:t xml:space="preserve"> tipa variants un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007867AA" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atbildība</w:t>
-[...83 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007867AA" w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AE3B3D">
+        <w:t xml:space="preserve"> tipa versija</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="2897582B" w14:textId="4B052220" w:rsidR="007867AA" w:rsidRPr="007867AA" w:rsidRDefault="007867AA" w:rsidP="00AE3B3D">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F70EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F70EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var izmantot, lai pārbaudītu un validētu atbilstību piemērojamo tiesību aktu pamatprasībām. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieteikuma iesniedzējs var izvēlēties savā pieprasījumā, vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuru izmanto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa verifikācijai un validācijai, vajadzīga atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tirgū.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511E33E0" w14:textId="47A82C60" w:rsidR="007867AA" w:rsidRPr="007867AA" w:rsidRDefault="007867AA" w:rsidP="007867AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jebkuram</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ko ražo un laiž tirgū un kas atbilst apstiprinātam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, jāsaņem atļauja lai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tirgū, pamatojoties uz pieteikuma iesniedzēja iesniegto deklarāciju par atbilstību šim atļautajam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596A3974" w14:textId="254222D7" w:rsidR="007867AA" w:rsidRDefault="007867AA" w:rsidP="007867AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tsevišķus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parasti ražo viena un tā paša </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa identiskās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sērijās.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inspekcija un ERA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izsniedz atļauju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sērijai (identisku transportlīdzekļu kopumam), pamatojoties uz pieteikuma iesniedzēja iesniegto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atbilstības deklarāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="753F5AA2" w14:textId="619AF617" w:rsidR="007867AA" w:rsidRDefault="007867AA" w:rsidP="007867AA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips ir atļauts</w:t>
+      </w:r>
+      <w:r w:rsidR="0087644E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turpmākos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir atļauts laist tirgū, pamatojoties uz atbilstību </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, attiecīgā gadījumā skaidri norādot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantu un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versiju, uzskat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka visi šī </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir savietojami </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļauto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas telp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007867AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tīkliem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B82560" w14:textId="38F00FCC" w:rsidR="000A6AA6" w:rsidRPr="000A6AA6" w:rsidRDefault="000A6AA6" w:rsidP="000A6AA6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips var ietvert konstrukcijas variantus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D73602E" w14:textId="743B4BFB" w:rsidR="007867AA" w:rsidRDefault="000A6AA6" w:rsidP="000A6AA6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa varianti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir dažādi varianti attiecībā uz konstrukciju, uz ko attiecas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips (t. i., ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs vēlas pievienot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantu jau atļautam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, tam jāpiesakās jaunai atļaujai), tādēļ, ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konstrukcija tiek mainīta, iekļaujot tajā jaunu variantu, tas joprojām ir viens un tas pats </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A6AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440EC1C2" w14:textId="10DFCDF0" w:rsidR="0016030F" w:rsidRPr="0016030F" w:rsidRDefault="0016030F" w:rsidP="0016030F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir konfigurācija vai modifikācija, kas rada izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa varianta galvenajos raksturlielumos</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nesasniedz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaunas atļaujas nepieciešamībai noteikto slieksni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DEC144" w14:textId="2903D528" w:rsidR="0016030F" w:rsidRDefault="0016030F" w:rsidP="0016030F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versijas atbilst </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa attīstības posmiem laika gaitā, t. i., vienam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam laika gaitā var būt vairākas atšķirīgas versijas. Tātad, ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips tiek nomainīts uz jaunu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versiju, tas joprojām ir viens un tas pats </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips. Tas būtu jāpiemēro arī dokumentācijai, kas attiecas uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13151FBF" w14:textId="23CA46D4" w:rsidR="0016030F" w:rsidRDefault="0016030F" w:rsidP="0016030F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jau atļauta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa izmantošanas telpas paplašināšanu uzskata par jaunu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versiju vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa varianta versiju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7515F6D8" w14:textId="4E02AE73" w:rsidR="00A60A11" w:rsidRPr="00016302" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D4E8A" w:rsidRPr="00AE3B3D">
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc221020631"/>
+      <w:r w:rsidRPr="00016302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ritekļa tipa atļaujas turētāja pienākumi</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A86954" w:rsidRPr="00016302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikuma iesniedzēja </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4E8A" w:rsidRPr="00016302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atbildība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="75DE6C14" w14:textId="0A9BCF7C" w:rsidR="00910123" w:rsidRPr="00910123" w:rsidRDefault="00910123" w:rsidP="00910123">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieteikuma iesniedzējs uzņemas atbildību par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopumā (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipi/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var sastāvēt no vairākām apakšsistēmām), lai nodrošinātu, ka attiecīgās </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70EF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nacionālās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasības ir apzinātas un ievērotas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3142963A" w14:textId="5A7E9FBF" w:rsidR="00865EC2" w:rsidRDefault="00910123" w:rsidP="00910123">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja tiek mainīts jau atļauts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, jaunās atļaujas pieteikuma iesniedzējs ir atbildīgs par jauno konstrukciju un jauno </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu kopumā. Tomēr esošais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs joprojām ir atbildīgs par konstrukcijas nemainītajām daļām, un jaunais pieteikuma iesniedzējs ir atbildīgs par izmaiņām, ko tas ievieš, un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskarnēm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar nemainītajām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00910123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konstrukcijas daļām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3D5F94" w14:textId="04DF5627" w:rsidR="000943A9" w:rsidRPr="00AE3B3D" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc221020632"/>
+      <w:r w:rsidRPr="00AE3B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D4E8A" w:rsidRPr="00AE3B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D4E8A" w:rsidRPr="00AE3B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāja pienākumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4401B9B2" w14:textId="77777777" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A" w:rsidP="004D4E8A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ritekļa tipa atļaujas turētājs ir atbildīgs par to, lai izveidotu un uzturētu (visā ritekļa tipa ekspluatācijas laikā) dokumentāciju, kurā iekļauta visa informācija par ritekļa tipa konstrukciju (rasējumi, aprēķini u. c.), ieskaitot ritekļa tipa variantus un ritekļa tipa versijas šim ritekļa tipam.</w:t>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs ir atbildīgs par to, lai izveidotu un uzturētu (visā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa ekspluatācijas laikā) dokumentāciju, kurā iekļauta visa informācija par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konstrukciju (rasējumi, aprēķini u. c.), ieskaitot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantus un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versijas šim </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A52626" w14:textId="1807BF7B" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A" w:rsidP="004D4E8A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jebkuras izmaiņas jau atļautajā ritekļa tipā ritekļa tipa atļaujas turētājam jāapstrādā saskaņā ar </w:t>
+        <w:t xml:space="preserve">Jebkuras izmaiņas jau atļautajā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājam jāapstrādā saskaņā ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regulu par praktisko kārtību</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AAF541" w14:textId="77777777" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A" w:rsidP="004D4E8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ja maina ritekļa tipu un ja ir jauns pieteikuma iesniedzējs, kas kļūst par ritekļa tipa atļaujas turētāju jaunam ritekļa tipam, pamatojoties uz esošu ritekļa tipu:</w:t>
+        <w:t xml:space="preserve">Ja maina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu un ja ir jauns pieteikuma iesniedzējs, kas kļūst par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāju jaunam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, pamatojoties uz esošu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678F66EC" w14:textId="7E022AF4" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="678F66EC" w14:textId="7E022AF4" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A" w:rsidP="00B77949">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>jaunais ritekļa tipa atļaujas turētājs</w:t>
+        <w:t xml:space="preserve">jaunais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs</w:t>
       </w:r>
       <w:r w:rsidR="0001048F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> galvenokārt</w:t>
       </w:r>
       <w:r w:rsidR="0001048F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir atbildīgs par jauno konstrukciju un jauno ritekļa tipu kopumā</w:t>
+        <w:t xml:space="preserve"> ir atbildīgs par jauno konstrukciju un jauno </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu kopumā</w:t>
       </w:r>
       <w:r w:rsidR="0001048F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036C614D" w14:textId="35FE7D52" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="036C614D" w14:textId="35FE7D52" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A" w:rsidP="00B77949">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ākotnējais ritekļa tipa atļaujas turētājs joprojām ir atbildīgs par konstrukcijas nemainītajām daļām, un jaunais ritekļa tipa atļaujas turētājs ir atbildīgs par izmaiņām, ko tas ievieš, un saskarnēm ar nemainītajām ritekļa tipa konstrukcijas daļām</w:t>
+        <w:t xml:space="preserve">ākotnējais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs joprojām ir atbildīgs par konstrukcijas nemainītajām daļām, un jaunais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs ir atbildīgs par izmaiņām, ko tas ievieš, un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskarnēm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar nemainītajām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konstrukcijas daļām</w:t>
       </w:r>
       <w:r w:rsidR="0001048F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDD7A39" w14:textId="70E27555" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6FDD7A39" w14:textId="70E27555" w:rsidR="004D4E8A" w:rsidRPr="004D4E8A" w:rsidRDefault="004D4E8A" w:rsidP="00B77949">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidRPr="004D4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>aunais ritekļa tipa atļaujas turētājs ir atbildīgs tikai par jaunā ritekļa tipa konfigurācijas pārvaldību.</w:t>
+        <w:t xml:space="preserve">aunais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs ir atbildīgs tikai par jaunā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D4E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66683755" w14:textId="52CEFE6F" w:rsidR="000943A9" w:rsidRPr="00AE3B3D" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc127277086"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc221020633"/>
       <w:r w:rsidRPr="00AE3B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:r w:rsidR="00953741" w:rsidRPr="00AE3B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Valodas politika</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="2DF2BB98" w14:textId="347CE3A5" w:rsidR="00870361" w:rsidRDefault="008F4B91" w:rsidP="00870361">
-      <w:pPr>
+    <w:p w14:paraId="69EF93BA" w14:textId="77777777" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00F03003">
+      <w:pPr>
+        <w:spacing w:after="301" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="-4" w:right="293"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...143 lines deleted...]
-        <w:t xml:space="preserve"> un citi dokumenti) noformē latviešu valodā. </w:t>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saziņai izmantojamās valodas izvēles noteikumi būs atšķirīgi gadījumā, ja pieteikumu izskata Inspekcija un tas attiecas tikai uz Latviju, un atšķirīgi situācijā, kad pieteikumu kopīgi izskata ERA, Inspekcija un citu ES dalībvalstu valsts drošības iestādes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B83D8A" w14:textId="12B30AA9" w:rsidR="00F65E86" w:rsidRDefault="008F4B91" w:rsidP="00870361">
-      <w:pPr>
+    <w:p w14:paraId="2703243C" w14:textId="2C84203E" w:rsidR="00F03003" w:rsidRPr="00B77949" w:rsidRDefault="00B77949" w:rsidP="00F03003">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="69"/>
+        <w:ind w:left="1419" w:right="39" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...330 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc24288"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc221020634"/>
+      <w:r w:rsidRPr="00B77949">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AE3B3D">
+        </w:rPr>
+        <w:t xml:space="preserve">8.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03003" w:rsidRPr="00B77949">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00953741" w:rsidRPr="00AE3B3D">
+        </w:rPr>
+        <w:t>ERA atļauja</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="3E91C739" w14:textId="77777777" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00F03003">
+      <w:pPr>
+        <w:ind w:left="-4" w:right="282"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikuma iesniedzējs pieteikumu un pieteikumam pievienotos dokumentus ERA iesniedz vienā no ES oficiālajām valodām.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79949CBC" w14:textId="77777777" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00F03003">
+      <w:pPr>
+        <w:spacing w:after="305"/>
+        <w:ind w:left="-4" w:right="282"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valstu drošības iestādes, tostarp – Inspekcija, kuru kompetencē ir attiecīgā lietošanas telpa, var pieprasīt pieteikuma iesniedzējam iztulkot to pieteikumam pievienotās dokumentācijas daļu, kas nepieciešama novērtējuma valsts daļai saskaņā ar valsts tiesību aktiem. Latviešu valodas gadījumā tiek piemērotas Valsts valodas likuma prasības, kas paredz latviešu valodas lietošanu. Dokumentācija, ko pievieno pieteikumam par atbilstību Latvijas nacionālajām prasībām, būtu jāsagatavo vai jātulko latviešu valodā, tomēr tehnisko dokumentāciju drīkst iesniegt arī valodā, kura atbilstoši Direktīvas 2016/797 un MK noteikumu Nr.374 prasībām ir izvēlēta dokumentācijas noformēšanai saistībā ar "EK" verifikācijas procedūras norisi. Ja šī valoda nav latviešu valoda, novērtēšanas grupa drīkst pieprasīt šīs dokumentācijas vai tās daļas tulkojumu latviešu valodā. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Novērtēšanas grupa nepieprasa tulkojumu, ja dokumentācija ir noformēta angļu valodā. Sarakste un saziņa starp pieteikuma iesniedzēju un novērtēšanas grupu pieteikuma izskatīšanas laikā notiek latviešu valodā. Lai atvieglotu informācijas apmaiņu dokumentu novērtēšanas laikā, novērtēšanas grupa koordinācijas sanāksmes ar pieteikuma iesniedzēju laikā var vienoties arī par papildu valodas (piemēram, angļu valodas) lietošanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554DDFFE" w14:textId="60D059A6" w:rsidR="00F03003" w:rsidRPr="00B77949" w:rsidRDefault="00B77949" w:rsidP="00F03003">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="78"/>
+        <w:ind w:left="1419" w:hanging="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc221020635"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc24289"/>
+      <w:r w:rsidRPr="00B77949">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...2074 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03003" w:rsidRPr="00B77949">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AE3B3D">
+        </w:rPr>
+        <w:t>Inspekcijas atļauja</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="00F03003" w:rsidRPr="00B77949">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="2796EB51" w14:textId="77777777" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00F03003">
+      <w:pPr>
+        <w:ind w:left="-4" w:right="282"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikuma iesniedzējs atbilstoši Valsts valodas likumam pieteikumu iesniedz latviešu valodā. Pieteikumam pievienotos dokumentus iesniedz ES dalībvalsts oficiālajā valodā, kura atbilstoši Direktīvas 2016/797 un MK noteikumu Nr.374 prasībām ir izvēlēta dokumentācijas noformēšanai saistībā ar "EK" verifikācijas procedūras norisi. Ja šī valoda nav latviešu valoda, novērtēšanas grupa drīkst pieprasīt šīs dokumentācijas vai tās daļas tulkojumu latviešu valodā. Novērtēšanas grupa nepieprasa tulkojumu, ja dokumentācija ir noformēta angļu valodā. Sarakste un saziņa starp pieteikuma iesniedzēju un novērtēšanas grupu pieteikuma izskatīšanas laikā notiek latviešu valodā. Lai atvieglotu informācijas apmaiņu dokumentu novērtēšanas laikā, novērtēšanas grupa koordinācijas sanāksmes ar pieteikuma iesniedzēju laikā var vienoties arī par papildu valodas (piemēram, angļu valodas) lietošanu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CE464F" w14:textId="77777777" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00B77949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-4" w:right="282"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspekcija kā iestāde, kas piešķir atļauju, izmanto valsts valodu – latviešu valodu, lai: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6C3444" w14:textId="5F78EB80" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00B77949">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="415"/>
+          <w:tab w:val="center" w:pos="4701"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sagatavotu novērtējuma dokumentāciju saskaņā ar Regulas 2018/545 39. panta 5. punktu; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011E004E" w14:textId="77777777" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00B77949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:right="282" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiktu saraksti ar pieteikuma iesniedzēju, lai noskaidrotu problemātiskos jautājumus vai pieprasītu no pieteikuma iesniedzēja papildu informāciju; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FE5D84" w14:textId="70353F7E" w:rsidR="00F03003" w:rsidRPr="00F03003" w:rsidRDefault="00F03003" w:rsidP="00B77949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="371" w:right="294"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− sagatavotu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">galīgā novērtējuma ziņojumu, tostarp dokumentētu lēmuma pamatojumu, saskaņā ar Regulas 2018/545 45. panta 4. un 5. punktu; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Symbol" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">− </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F03003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas laišanai tirgū piešķiršanai. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60946974" w14:textId="37CFFAE1" w:rsidR="00953741" w:rsidRPr="00AE3B3D" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">10. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00953741" w:rsidRPr="00AE3B3D">
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc221020636"/>
+      <w:r w:rsidRPr="00AE3B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nodevas un maksas</w:t>
-[...377 lines deleted...]
-        <w:ind w:firstLine="426"/>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00953741" w:rsidRPr="00AE3B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+        <w:t>Saziņas kārtība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="11712570" w14:textId="34ED666A" w:rsidR="00E5684E" w:rsidRPr="00E5684E" w:rsidRDefault="00E5684E" w:rsidP="00BE3120">
+    <w:p w14:paraId="6EDBA333" w14:textId="6A7F288A" w:rsidR="000D5BE6" w:rsidRPr="000D5BE6" w:rsidRDefault="000D5BE6" w:rsidP="000D5BE6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...552 lines deleted...]
-        <w:r w:rsidR="009A33E4" w:rsidRPr="00DB15C7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visi atļauju pieteikumi tiek iesniegti, izmantojot vienas pieturas aģentūru (OSS), kas minēta </w:t>
+      </w:r>
+      <w:r w:rsidR="00166E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egulā, neatkarīgi no tā, kas būs struktūra, kas piešķirs atļauju (ERA vai Inspekcija).  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13"/>
+      <w:hyperlink r:id="rId14"/>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="000D5BE6">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>pasts@vdzti.gov.lv</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E5684E">
-[...46 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId16"/>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00166E0D" w:rsidRPr="00751A46">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="000D5BE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="304504BD" w14:textId="78470091" w:rsidR="00953741" w:rsidRDefault="00C87212" w:rsidP="000769FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pieteikuma iesniedzēj</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">am 1 mēneša laikā. </w:t>
+        <w:t xml:space="preserve">Saziņa ar </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikuma izsniedzēju</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notiek izmantojot </w:t>
+      </w:r>
+      <w:r w:rsidR="00166E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontaktpunkt</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidR="0001048F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk- </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidR="0001048F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>— informācijas un komunikācijas sistēm</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas </w:t>
+      </w:r>
+      <w:r w:rsidR="0001048F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aprakstīta </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="0001048F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12. pantā</w:t>
+      </w:r>
+      <w:r w:rsidR="0001048F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Vienas pieturas aģentūra”</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārvaldīta IT platforma, kas ir pieejama visās </w:t>
+      </w:r>
+      <w:r w:rsidR="0001048F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oficiālajās valodās un ir jāizmanto visu </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļauj</w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ām</w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0067701C" w:rsidRPr="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa laišanai </w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB" w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C18648" w14:textId="77777777" w:rsidR="00E5684E" w:rsidRPr="00650751" w:rsidRDefault="00E5684E" w:rsidP="00E5684E">
+    <w:p w14:paraId="3D9B583B" w14:textId="56EDB243" w:rsidR="000D5BE6" w:rsidRPr="000D5BE6" w:rsidRDefault="000D5BE6" w:rsidP="000D5BE6">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSS ir pieejams: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="000D5BE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://oss.era.europa.eu/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="000D5BE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="312EDE81" w14:textId="0B949AF7" w:rsidR="000D5BE6" w:rsidRDefault="000D5BE6" w:rsidP="000D5BE6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Saziņa starp Inspekciju un pieteikuma iesniedzēju arī tiek veikta un dokumentēta, izmantojot OSS platformu. Turklāt Inspekcija OSS platformā reģistrē par pieteikuma novērtēšanu atbildīgo ekspertu kontaktinformāciju, lai atvieglotu pieteikuma iesniedzēja saziņu ar viņiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552367A8" w14:textId="1B80A461" w:rsidR="000769FB" w:rsidRDefault="000769FB" w:rsidP="000769FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir izveidota, lai reģistrētu novērtēšanas procesa rezultātus un iznākumu, tostarp novērtējuma pamatojumu. Pieteikuma iesniedzējs tajā arī saņem informāciju par visu novērtējuma procesa posmu statusu, novērtējuma iznākumu un lēmumu par </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piešķiršanu vai atteikumu piešķirt šādu </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļauju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tiklīdz attiecīgā iestāde ir apstiprinājusi novērtējumu, pieteikuma iesniedzējs var rūpīgi pārbaudīt novērtējuma rezultātus un iznākumu. Ja novērtējumā ir iesaistītas vairākas </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">apkopo visu </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiktā novērtējuma rezultātus un iznākumu. Pēc tam ar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> starpniecību pieteikuma iesniedzējam paziņo lēmumu izdot vai neizdot </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļauju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000769FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un tā pamatojumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73209984" w14:textId="3D25C0A2" w:rsidR="000769FB" w:rsidRDefault="00D5040C" w:rsidP="000769FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ikvienam pieteikuma iesniedzējam ir tiesības jebkurā laikā sagatavot un iesniegt derīgus pieteikumus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņā ar piemērojamajiem ES tiesību aktiem, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specifikācijām un izmantošanas noteikumiem. Ja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbojas kā </w:t>
+      </w:r>
+      <w:r w:rsidR="009457AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas piešķīrēja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009457AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iestāde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pieteikumu </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saņemšanai iesniedz </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurai pieteikuma dokumentācija </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jānosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inspekcijai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un citām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00482456">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas saistītas ar </w:t>
+      </w:r>
+      <w:r w:rsidR="008753B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantošan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as telpu, lai </w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novērtētu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nacionālo prasību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daļ</w:t>
+      </w:r>
+      <w:r w:rsidR="0067701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (tas tiek darīts automātiski, izmantojot </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5040C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B1D31B" w14:textId="77777777" w:rsidR="00166E0D" w:rsidRDefault="000D5BE6" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA ir sagatavojusi un publicējusi detalizētus norādījumus par OSS platformas izmantošanu, un tie ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieejami:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113721B9" w14:textId="77DC8A48" w:rsidR="000D5BE6" w:rsidRPr="000D5BE6" w:rsidRDefault="000D5BE6" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="000D5BE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.era.europa.eu/system/files/2023-02/OSS%20User%20Guide%20for%20Applicants%20-%202023.pdf?t=1767784303</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="53638FBA" w14:textId="5F09ACCD" w:rsidR="00D5040C" w:rsidRPr="00B04906" w:rsidRDefault="009C755B" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB18F3" w:rsidRPr="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļauj</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB18F3" w:rsidRPr="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DB18F3" w:rsidRPr="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB18F3" w:rsidRPr="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DB18F3" w:rsidRPr="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB18F3" w:rsidRPr="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa laišanai tirgū </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saņemšanai, kā arī lēmumus par </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB18F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šādām atļaujām</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inspekcija reģistrē arī </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspekcijas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietvedībā, bet primāra ir pieteikuma reģistrācija un saziņa ar pieteikuma iesniedzēju OSS platformā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6803EB3C" w14:textId="4E0A973E" w:rsidR="00953741" w:rsidRPr="00AE3B3D" w:rsidRDefault="007F5230" w:rsidP="00AE3B3D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00650751">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc221020637"/>
+      <w:r w:rsidRPr="00AE3B3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00953741" w:rsidRPr="00AE3B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nodevas un maksas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="6E0398D3" w14:textId="75BDC75B" w:rsidR="0072124D" w:rsidRDefault="00965D6B" w:rsidP="00A14A24">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="0072124D" w:rsidRPr="0072124D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="008753B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantošan</w:t>
+      </w:r>
+      <w:r w:rsidR="0072124D" w:rsidRPr="0072124D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as telpa atrodas tikai Latvijā</w:t>
+      </w:r>
+      <w:r w:rsidR="0072124D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un par </w:t>
+      </w:r>
+      <w:r w:rsidR="009457AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas piešķīrēja</w:t>
+      </w:r>
+      <w:r w:rsidR="0072124D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iestādi ir izvēlēta Inspekcija, netiek piemērotas nodevas un maksas. Inspekcijas izdevumi </w:t>
+      </w:r>
+      <w:r w:rsidR="005649A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas</w:t>
+      </w:r>
+      <w:r w:rsidR="0072124D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izsniegšanai tiek segti no Inspekcijas budžeta</w:t>
+      </w:r>
+      <w:r w:rsidR="00644C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0072124D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0161968A" w14:textId="1334A4F2" w:rsidR="00AA6BCA" w:rsidRDefault="00A14A24" w:rsidP="00C107BA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja par </w:t>
+      </w:r>
+      <w:r w:rsidR="009457AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas piešķīrēja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iestādi ir izvēlēta ERA, maksas un nodevas </w:t>
+      </w:r>
+      <w:r w:rsidR="005649A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiek</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprēķinātas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00C107BA" w:rsidRPr="00C107BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Komisijas 2018. gada 2. maij</w:t>
+      </w:r>
+      <w:r w:rsidR="00C107BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C107BA" w:rsidRPr="00C107BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanas </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00C107BA" w:rsidRPr="000D5BE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>regulu (ES) 2018/764</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005649A4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00C107BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24097A94" w14:textId="084B6C1A" w:rsidR="00A14A24" w:rsidRPr="00B04906" w:rsidRDefault="00C107BA" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Detalizētāk </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA maksām</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">var iepazīties </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA tīmekļvietnē</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00166E0D" w:rsidRPr="00751A46">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.era.europa.eu/domains/applicants/fees-and-charges-payable-agency-and-their-conditions-payment_en</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C38AB3" w14:textId="30E8609D" w:rsidR="00644C81" w:rsidRDefault="00644C81" w:rsidP="00644C81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja Inspekcija ir ERA veiktā </w:t>
+      </w:r>
+      <w:r w:rsidR="00965D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas piešķiršanā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesaistīta iestāde par nacionālo prasību izpildes novērtēšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspekcija piemēro stundas likmi </w:t>
+      </w:r>
+      <w:r w:rsidR="00854BC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>48</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00854BC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>89</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eiro saskaņā ar Inspekcijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00854BC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.02.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00854BC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. kārtības Nr.1-1/2-</w:t>
+      </w:r>
+      <w:r w:rsidR="00854BC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A33E4" w:rsidRPr="009A33E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Valsts dzelzceļa tehniskās inspekcijas sniegto pakalpojumu Eiropas Savienības Dzelzceļu aģentūrai izcenojumu aprēķināšanas metodika un pakalpojumu uzskaites kārtība”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA" w:rsidRPr="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.pielikumu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C3B9B0" w14:textId="2D31CDC8" w:rsidR="00953741" w:rsidRPr="0080215A" w:rsidRDefault="007F5230" w:rsidP="0080215A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc221020638"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="00953741" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pārrobežu nolīgumi un pārrobežu stacijas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="11712570" w14:textId="34ED666A" w:rsidR="00E5684E" w:rsidRPr="00A94A03" w:rsidRDefault="00E5684E" w:rsidP="00BE3120">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietuva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E1BD14" w14:textId="5DA4AC41" w:rsidR="006050B3" w:rsidRDefault="00BE3120" w:rsidP="00BE3120">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021.gada 29.martā </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0729">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspekcija ir noslēgusi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>memorandu</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0729">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar Lietuvas </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>transporta drošības administrāciju (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietuvos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>transporto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D2B0C" w:rsidRPr="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D2B0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), kura pilda valsts drošības iestādes funkcijas Lietuvā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, par </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF62DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dažiem valsts drošības iestāžu sadarbības uzdevumiem. </w:t>
+      </w:r>
+      <w:r w:rsidR="006050B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022.gada 24.martā šis memorands tika grozīts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3545E7C7" w14:textId="0C38BF60" w:rsidR="00C107BA" w:rsidRPr="006050B3" w:rsidRDefault="00D47244" w:rsidP="00BE3120">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sadarbības memorands</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar Lietuvu paredz, ka</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikuma iesniedzējs</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedzot pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grib pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plašināt</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008753B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantošan</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as telpu līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tuvākajai</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stacijai Lietuvā (</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līdz Rokišķ</w:t>
+      </w:r>
+      <w:r w:rsidR="00644C81" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Jonišķ</w:t>
+      </w:r>
+      <w:r w:rsidR="00644C81" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Turmanta</w:t>
+      </w:r>
+      <w:r w:rsidR="00644C81" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai Mažei</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26EF3" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ķu</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stacijām) vai līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tuvākajai</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6B91" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stacijai Latvijā (Kurcuma, Eglaines, Meitenes vai Reņģes stacijām)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26EF3" w:rsidRPr="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par šo jautājumu notiek konsultācijas starp Latvijas un Lietuvas </w:t>
+      </w:r>
+      <w:r w:rsidR="000208EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par katru pieteikumu atsevišķi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B203EB" w14:textId="01363FD2" w:rsidR="00202376" w:rsidRDefault="000208EE" w:rsidP="00E5684E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tas nozīmē, ka, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00644C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikuma iesniedzējs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grib pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B979AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plašināt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savu plānoto </w:t>
+      </w:r>
+      <w:r w:rsidR="008753B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantošan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as telpu Latvijā līdz kādai no pārrobežu stacijām Lietuvā, tas norāda to savā pieteikumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OSS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D00" w:rsidRPr="00E91D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurš ir adresēts Inspekcijai vai ERA</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D00" w:rsidRPr="00E91D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paredzot </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sistēmā iespēju Lietuvas NSA redzēt un vērtēt pieteikumu. Komunikācija par robežstaciju notiek OSS sistēmā izmantojot vispārīgās procedūras (piemēram, Lietuvas NSA var izvirzīt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>problēmjautājumus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA3DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, uz kuriem  </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikuma iesniedzējam ir jāatbild</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5684E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1033">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Analoģiski Inspekcija izskata pieteikuma iesniedzēja iesniegumus attiecībā uz pierobežas staciju Latvijas teritorijā, ja pieteikums OSS ir iesniegts Lietuvas NSA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C18648" w14:textId="77777777" w:rsidR="00E5684E" w:rsidRPr="00A94A03" w:rsidRDefault="00E5684E" w:rsidP="00E5684E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Igaunija</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401A56D7" w14:textId="1E06C30F" w:rsidR="003B53B7" w:rsidRDefault="003177A0" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2021.gada 19.maijā Inspekcija un </w:t>
       </w:r>
       <w:r w:rsidR="003D7BCB" w:rsidRPr="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Patērētāju tiesību aizsardzības un tehniskās uzraudzības aģentūra </w:t>
       </w:r>
       <w:r w:rsidR="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00213FAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tarbijakaitse ja Tehnilise Järelevalve Amet</w:t>
-      </w:r>
+        <w:t>Tarbijakaitse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00213FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00213FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tehnilise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00213FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00213FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Järelevalve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00213FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00213FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>), kas pilda</w:t>
       </w:r>
       <w:r w:rsidRPr="00213FAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A33E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NSA</w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
@@ -12302,178 +14734,224 @@
       <w:r w:rsidR="003B53B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kurā līguma puses</w:t>
       </w:r>
       <w:r w:rsidR="00B979AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vienojās par to, ka</w:t>
       </w:r>
       <w:r w:rsidR="003B53B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DED2F14" w14:textId="38BBB925" w:rsidR="003B53B7" w:rsidRPr="0080215A" w:rsidRDefault="00B979AF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3DED2F14" w14:textId="38BBB925" w:rsidR="003B53B7" w:rsidRPr="0080215A" w:rsidRDefault="00B979AF" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ja pieteikuma iesniedzējs to pieprasa pieteikumā atļaujai ritekļu laišanai tirgū, </w:t>
+        <w:t xml:space="preserve">ja pieteikuma iesniedzējs to pieprasa pieteikumā atļaujai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laišanai tirgū, </w:t>
       </w:r>
       <w:r w:rsidR="003B53B7" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Inspekcija, kas darbojas kā </w:t>
       </w:r>
       <w:r w:rsidR="009457AD" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atļaujas piešķīrēja</w:t>
       </w:r>
       <w:r w:rsidR="003B53B7" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iestāde, varētu izsniegt </w:t>
       </w:r>
       <w:r w:rsidR="006A1E75" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atļaujas ritekļiem</w:t>
-      </w:r>
+        <w:t xml:space="preserve">atļaujas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A1E75" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003B53B7" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas </w:t>
       </w:r>
       <w:r w:rsidR="006A1E75" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvietojas</w:t>
       </w:r>
       <w:r w:rsidR="003B53B7" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no Latvijas valsts robežas līdz Valgas stacijai</w:t>
       </w:r>
       <w:r w:rsidR="009A33E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEC78C7" w14:textId="14BA9C88" w:rsidR="004677BC" w:rsidRPr="0080215A" w:rsidRDefault="00B979AF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3CEC78C7" w14:textId="14BA9C88" w:rsidR="004677BC" w:rsidRPr="0080215A" w:rsidRDefault="00B979AF" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ja pieteikuma iesniedzējs to pieprasa pieteikum</w:t>
       </w:r>
       <w:r w:rsidR="006A1E75" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atļaujai ritekļu laišanai tirgū, </w:t>
+        <w:t xml:space="preserve"> atļaujai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laišanai tirgū, </w:t>
       </w:r>
       <w:r w:rsidR="004677BC" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Inspekcija varētu veikt novērtējumu un sniegt ziņojumu </w:t>
       </w:r>
       <w:r w:rsidR="00997A93" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ERA</w:t>
       </w:r>
       <w:r w:rsidR="004677BC" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas darbojas kā </w:t>
       </w:r>
@@ -12487,84 +14965,86 @@
       </w:r>
       <w:r w:rsidR="004677BC" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iestāde</w:t>
       </w:r>
       <w:r w:rsidR="00997A93" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004677BC" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006A1E75" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ritekļiem</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004677BC" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas </w:t>
       </w:r>
       <w:r w:rsidR="006A1E75" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvietojas</w:t>
       </w:r>
       <w:r w:rsidR="004677BC" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no Latvijas valsts robežas līdz Valgas stacijai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DABD34" w14:textId="32513777" w:rsidR="00650751" w:rsidRDefault="004677BC" w:rsidP="0080215A">
+    <w:p w14:paraId="57DABD34" w14:textId="4F466417" w:rsidR="00650751" w:rsidRDefault="004677BC" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tas nozīmē, ka </w:t>
       </w:r>
       <w:r w:rsidR="00997A93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pieteikuma iesniedzējs</w:t>
       </w:r>
@@ -12586,217 +15066,303 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00202376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paplašināt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> savu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00997A93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ritekļu </w:t>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00997A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008753B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izmantošan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as telpu Latvijā līdz Valgas stacijai</w:t>
       </w:r>
       <w:r w:rsidR="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> var </w:t>
       </w:r>
       <w:r w:rsidR="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">norādīt to savā pieteikumā </w:t>
       </w:r>
       <w:r w:rsidR="00997A93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atļaujas ritekļa vai ritekļa tipa laišanai tirgū</w:t>
+        <w:t xml:space="preserve">atļaujas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00997A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00997A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00997A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00997A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa laišanai tirgū</w:t>
       </w:r>
       <w:r w:rsidR="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kurš ir adresēts Inspekcijai vai </w:t>
       </w:r>
       <w:r w:rsidR="00997A93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ERA</w:t>
       </w:r>
       <w:r w:rsidR="003D7BCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Šajā gadījumā </w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atsevišķ</w:t>
       </w:r>
       <w:r w:rsidR="00202376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pieteikumu </w:t>
+        <w:t xml:space="preserve"> pieteikum</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a izvērtēšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="009777CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00202376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inspekcijai un </w:t>
+        <w:t xml:space="preserve">Inspekcija un </w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Igaunijas </w:t>
       </w:r>
       <w:r w:rsidR="00202376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NSA</w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nav jāadresē</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neveiks</w:t>
       </w:r>
       <w:r w:rsidR="00202376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pārvadātājs pēc </w:t>
       </w:r>
       <w:r w:rsidR="00202376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pozitīvas </w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">novērtēšanas saņem </w:t>
+        <w:t>novērtēšanas saņem</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009777CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00997A93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atļauju</w:t>
       </w:r>
       <w:r w:rsidR="009777CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kurā tiks norādīta </w:t>
       </w:r>
       <w:r w:rsidR="008753B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izmantošan</w:t>
       </w:r>
@@ -12813,146 +15379,146 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>līdz robežstacij</w:t>
       </w:r>
       <w:r w:rsidR="009A33E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidR="00650751">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Valgas stacijai Igaunijā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08FBD121" w14:textId="547BB2EB" w:rsidR="00953741" w:rsidRPr="0080215A" w:rsidRDefault="007F5230" w:rsidP="0080215A">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc127277090"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc221020639"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="001C1525" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieteikuma </w:t>
       </w:r>
       <w:r w:rsidR="0059717D" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sagatavošanas, iesniegšanas un izskatīšanas process</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="6B528826" w14:textId="7DC7DAE7" w:rsidR="001C1525" w:rsidRPr="0080215A" w:rsidRDefault="007F5230" w:rsidP="0080215A">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc127277091"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc221020640"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="001C1525" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Prasību fiksēšana</w:t>
       </w:r>
       <w:r w:rsidR="008B598B" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un piemērojamo noteikumu apzināšana</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="1BC4EAAA" w14:textId="04A8FEB5" w:rsidR="00146DBF" w:rsidRDefault="00146DBF" w:rsidP="001C1525">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00146DBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12993,477 +15559,129 @@
       </w:r>
       <w:r w:rsidRPr="00146DBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nacionālo</w:t>
       </w:r>
       <w:r w:rsidRPr="00146DBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prasību izpildi. Prasību fiksēšanu var integrēt </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ritekļa</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00146DBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> izstrādes procesā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...366 lines deleted...]
-        <w:t>visiem ritekļiem, kas jau ir ekspluatācijā, un uz šiem ritekļiem attiecināmie pārejas noteikumi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F172BE4" w14:textId="030079D3" w:rsidR="001C1525" w:rsidRPr="00014253" w:rsidRDefault="001C1525" w:rsidP="008B598B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Saskaņā ar vispārējo mērķi pārvaldīt identificētos riskus un samazināt tos līdz pieņemamam līmenim</w:t>
       </w:r>
       <w:r w:rsidR="00BE3C81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pieteikuma iesniedzējs pirms pieteikuma iesniegšanas īsteno prasību fiksēšanas procesu, kas nodrošina, ka visas vajadzīgās prasības, kuras attiecas uz ritekļa projektu tā dzīves ciklā, ir:</w:t>
+        <w:t xml:space="preserve"> pieteikuma iesniedzējs pirms pieteikuma iesniegšanas īsteno prasību fiksēšanas procesu, kas nodrošina, ka visas vajadzīgās prasības, kuras attiecas uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projektu tā dzīves ciklā, ir:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FBA17F" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00014253" w:rsidRDefault="001C1525" w:rsidP="001C1525">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13648,764 +15866,309 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>apakšsistēmu tehniskā savietojamība riteklī;</w:t>
+        <w:t xml:space="preserve">apakšsistēmu tehniskā savietojamība </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklī</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E3EF35" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00014253" w:rsidRDefault="001C1525" w:rsidP="001C1525">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>c)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">apakšsistēmu droša integrācija riteklī; </w:t>
+        <w:t xml:space="preserve">apakšsistēmu droša integrācija </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklī</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785C9C71" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00014253" w:rsidRDefault="001C1525" w:rsidP="001C1525">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00014253">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ritekļa tehniskā savietojamība ar tīklu izmantošanas telpā.</w:t>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014253">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tehniskā savietojamība ar tīklu izmantošanas telpā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13EA933D" w14:textId="77777777" w:rsidR="001C1525" w:rsidRDefault="001C1525" w:rsidP="001C1525">
-[...125 lines deleted...]
-    <w:p w14:paraId="291F4C20" w14:textId="5B914777" w:rsidR="001C1525" w:rsidRPr="000C153E" w:rsidRDefault="001C1525" w:rsidP="001C1525">
+    <w:p w14:paraId="291F4C20" w14:textId="35491431" w:rsidR="001C1525" w:rsidRPr="000C153E" w:rsidRDefault="00456BFA" w:rsidP="001C1525">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C153E">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> un/vai ritek</w:t>
+        <w:t>Detalizētus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norādījumus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lim</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">skatīt ERA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rokasgrāmat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>piemērojamo</w:t>
-[...414 lines deleted...]
-        <w:t xml:space="preserve"> ritekļu laišanas tirgū pieteikuma iesniedzējiem.</w:t>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A651BA9" w14:textId="6A604EB6" w:rsidR="001C1525" w:rsidRPr="0080215A" w:rsidRDefault="007F5230" w:rsidP="0024274D">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc127277092"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc221020641"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="001C1525" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Attiecīgās atļaujas identificēšana</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="43E30A2C" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00E445A8" w:rsidRDefault="001C1525" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pieteikuma iesniedzējs nosaka un izvēlas attiecīgo atļauju no šādām iespējām:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780A0369" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00E445A8" w:rsidRDefault="001C1525" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
@@ -14433,153 +16196,319 @@
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pirmā atļauja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ritekļa tipa atļauja un/vai atļauja ritekli laist tirgū, ko atļaujas piešķīrēja struktūra piešķir jaunam ritekļa tipam, ietverot tā variantus un/vai versijas, ja ir, un attiecīgā gadījumā pirmajam šā tipa riteklim;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja un/vai atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laist tirgū, ko atļaujas piešķīrēja struktūra piešķir jaunam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, ietverot tā variantus un/vai versijas, ja ir, un attiecīgā gadījumā pirmajam šā tipa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3331D3A6" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00E445A8" w:rsidRDefault="001C1525" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atjaunināta ritekļa tipa atļauja</w:t>
+        <w:t xml:space="preserve">atjaunināta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">tjauninātā ritekļa tipa atļauja tiek izmantota, ja SITS vai </w:t>
+        <w:t xml:space="preserve">tjauninātā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja tiek izmantota, ja SITS vai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nacionālo</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prasību</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> izmaiņas ir nepieciešams piemērot ritekļa tipam, lai turpmākie ritekļi, kas atbilst ritekļa tipam, atbilstu mainītajam noteikumam</w:t>
+        <w:t xml:space="preserve"> izmaiņas ir nepieciešams piemērot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, lai turpmākie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas atbilst </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, atbilstu mainītajam noteikumam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19914E90" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00E445A8" w:rsidRDefault="001C1525" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -14597,67 +16526,139 @@
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izmantošanas telpas paplašināšana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ritekļa tipa atļauja un/vai atļauja ritekli laist tirgū, ko </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja un/vai atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laist tirgū, ko </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ERA </w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atļauju jau saņēmušam ritekļa tipam un/vai riteklim piešķir nolūkā paplašināt izmantošanas telpu bez projekta izmaiņām;</w:t>
+        <w:t xml:space="preserve">atļauju jau saņēmušam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piešķir nolūkā paplašināt izmantošanas telpu bez projekta izmaiņām;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767FBA2F" w14:textId="77777777" w:rsidR="001C1525" w:rsidRPr="00E445A8" w:rsidRDefault="001C1525" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -14677,51 +16678,123 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ritekļa tipa atļauja un/vai atļauja ritekli laist tirgū, ko atļaujas piešķīrēja struktūra piešķir pēc atļauju jau saņēmuša ritekļa un/vai ritekļa tipa izmaiņām;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja un/vai atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laist tirgū, ko atļaujas piešķīrēja struktūra piešķir pēc atļauju jau saņēmuša </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa izmaiņām;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D168F0B" w14:textId="30B4B289" w:rsidR="001C1525" w:rsidRDefault="001C1525" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -14733,325 +16806,488 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atļauja, kas pamatojas uz atbilstību tipam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00E445A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atļauja laist tirgū ritekli vai ritekļu sēriju, kas atbilst atļauju jau saņēmušam un derīgam ritekļa tipam, pamatojoties uz deklarāciju par atbilstību minētajam tipam.</w:t>
+        <w:t xml:space="preserve"> atļauja laist tirgū </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sēriju, kas atbilst atļauju jau saņēmušam un derīgam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E445A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, pamatojoties uz deklarāciju par atbilstību minētajam tipam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057A571E" w14:textId="4CDFA281" w:rsidR="001C1525" w:rsidRPr="007867AA" w:rsidRDefault="001C1525" w:rsidP="0024274D">
+    <w:p w14:paraId="057A571E" w14:textId="23B13279" w:rsidR="001C1525" w:rsidRPr="007867AA" w:rsidRDefault="001C1525" w:rsidP="0024274D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Hlk125709245"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk125709245"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detalizētus</w:t>
       </w:r>
       <w:r w:rsidRPr="0016030F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādījumus </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00456BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skatīt ERA </w:t>
+      </w:r>
+      <w:r w:rsidR="00456BFA" w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rokasgrāmat</w:t>
+      </w:r>
+      <w:r w:rsidR="00456BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00456BFA" w:rsidRPr="008F1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00456BFA" w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00456BFA" w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00456BFA" w:rsidRPr="008F1251">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00456BFA" w:rsidRPr="008F1251">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00AD1EFF">
-[...33 lines deleted...]
-      <w:r w:rsidR="00AD1EFF">
+      <w:r w:rsidR="00456BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00456BFA" w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(1.pielikums</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="00456BFA" w:rsidRPr="00A36FCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="01A1ABFD" w14:textId="20D62FB5" w:rsidR="003411DA" w:rsidRPr="0080215A" w:rsidRDefault="007F5230" w:rsidP="0024274D">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc127277093"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc221020642"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.3</w:t>
       </w:r>
       <w:r w:rsidR="00F572E5" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003411DA" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pagaidu atļauja ritekļa izmantošanai praktiskām pārbaudēm tīklā</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:t xml:space="preserve">Pagaidu atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003411DA" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003411DA" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanai praktiskām pārbaudēm tīklā</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="5A1D4AA1" w14:textId="77777777" w:rsidR="00AD1EFF" w:rsidRDefault="003411DA" w:rsidP="00AD1EFF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Praktiskas pārbaudes tīklā ir nepieciešamas, lai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gūtu</w:t>
       </w:r>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pierādījumus par apakšsistēmu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D96996">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atbilstību EK</w:t>
       </w:r>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> verifikācijas ietvaros. Tāpēc tās ir jāveic, pirms ritekļa tipam ir piešķirta atļauja un/vai ritekli ir atļauts laist tirgū, un pirms ir sagatavots pilnīgs pierādījumu kopums par atbilstību attiecīgajām prasībām.</w:t>
+        <w:t xml:space="preserve"> verifikācijas ietvaros. Tāpēc tās ir jāveic, pirms </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam ir piešķirta atļauja un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir atļauts laist tirgū, un pirms ir sagatavots pilnīgs pierādījumu kopums par atbilstību attiecīgajām prasībām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49E211C1" w14:textId="30C4D7C2" w:rsidR="003411DA" w:rsidRPr="003411DA" w:rsidRDefault="003411DA" w:rsidP="00AD1EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Praktiskajās pārbaudēs tīklā</w:t>
       </w:r>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tiek gūta pārliecība, ka ritekļa </w:t>
+        <w:t xml:space="preserve"> tiek gūta pārliecība, ka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izmantošana</w:t>
       </w:r>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s riski tiek pārvaldīti, apvienojot:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CFE911" w14:textId="46AA9A7A" w:rsidR="003411DA" w:rsidRPr="003411DA" w:rsidRDefault="003411DA" w:rsidP="00AD1EFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a) pagaidu atļauju ritekļu izmantošanai praktiskajām pārbaudēm tīklā;</w:t>
+        <w:t xml:space="preserve">a) pagaidu atļauju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanai praktiskajām pārbaudēm tīklā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432CDD62" w14:textId="6E7CCACC" w:rsidR="003411DA" w:rsidRPr="003411DA" w:rsidRDefault="003411DA" w:rsidP="0024274D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -15063,331 +17299,610 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>drošības pārvaldības sistēmas piemērošanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B35D8E3" w14:textId="1EC06226" w:rsidR="003411DA" w:rsidRPr="003411DA" w:rsidRDefault="003411DA" w:rsidP="0024274D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">c) drošības risku novērtējumu saistībā ar ritekļa, kura pilnīga atbilstība pamatprasībām vēl nav apstiprināta, izmantošanu; </w:t>
+        <w:t xml:space="preserve">c) drošības risku novērtējumu saistībā ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003411DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kura pilnīga atbilstība pamatprasībām vēl nav apstiprināta, izmantošanu; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31CDEBD1" w14:textId="55821D8D" w:rsidR="003411DA" w:rsidRDefault="003411DA" w:rsidP="0024274D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d) praktisko pārbaužu veikšanu tīklā saskaņā ar infrastruktūras pārvaldītāja noteikumiem par tīkla testiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72893DF4" w14:textId="135FA839" w:rsidR="008D5D86" w:rsidRPr="008D5D86" w:rsidRDefault="008D5D86" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D5D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kārtību, kādā tiek izsniegta pagaidu atļauja ritekļa pārbaudēm dzelzceļa infrastruktūrā, ir noteikta </w:t>
+        <w:t xml:space="preserve">Kārtību, kādā tiek izsniegta pagaidu atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm dzelzceļa infrastruktūrā, ir noteikta </w:t>
       </w:r>
       <w:r w:rsidR="003411DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MK</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikumos Nr.374.</w:t>
       </w:r>
       <w:r w:rsidR="00202A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lai saņemtu pagaidu atļauju ritekļa pārbaudēm dzelzceļa infrastruktūrā, pretendents iesniedz </w:t>
+        <w:t xml:space="preserve">Lai saņemtu pagaidu atļauju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm dzelzceļa infrastruktūrā, pretendents iesniedz </w:t>
       </w:r>
       <w:r w:rsidR="00CD708F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nspekcijā iesniegumu, kurā norāda ritekļa ražotāju vai modernizācijas veicēju, ritekļa tipa identifikāciju un ritekļa identifikācijas numuru. Iesniegumu var iesniegt vairāku viena tipa ritekļu pārbaudēm.</w:t>
+        <w:t xml:space="preserve">nspekcijā iesniegumu, kurā norāda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ražotāju vai modernizācijas veicēju, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa identifikāciju un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identifikācijas numuru. Iesniegumu var iesniegt vairāku viena tipa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D5D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="161AC0D0" w14:textId="526547B6" w:rsidR="008D5D86" w:rsidRPr="008D5D86" w:rsidRDefault="008D5D86" w:rsidP="00202A8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D5D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Iesniegumam pievieno:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B63B91E" w14:textId="1EF37249" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="1B63B91E" w14:textId="1EF37249" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>informāciju par ritekļa tehniskajiem parametriem – ritekļa tipa raksturojošie tehniskie parametri;</w:t>
+        <w:t xml:space="preserve">informāciju par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tehniskajiem parametriem – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa raksturojošie tehniskie parametri;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC1674C" w14:textId="510C46C4" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5BC1674C" w14:textId="510C46C4" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>informāciju par dzelzceļa tīklu vai tā daļu, kurā ir paredzētas ritekļa pārbaudes – norāda konkrēta sliežu ceļa platuma tīklu, vai pārbaudēm tiks izmantots viss Latvijas dzelzceļa tīkls, vai konkrēta daļa (piemēram, dzelzceļa tīkla elektrificētā daļa), vai konkrēti dzelzceļa tīkla posmi, kā arī norāda pievedceļus, kurus izmantos ritekļa pārbaudēm, un visus dzelzceļa infrastruktūras pārvaldītājus;</w:t>
+        <w:t xml:space="preserve">informāciju par dzelzceļa tīklu vai tā daļu, kurā ir paredzētas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudes – norāda konkrēta sliežu ceļa platuma tīklu, vai pārbaudēm tiks izmantots viss Latvijas dzelzceļa tīkls, vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">konkrēta daļa (piemēram, dzelzceļa tīkla elektrificētā daļa), vai konkrēti dzelzceļa tīkla posmi, kā arī norāda pievedceļus, kurus izmantos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm, un visus dzelzceļa infrastruktūras pārvaldītājus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A4BFAE" w14:textId="5D826E17" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="25A4BFAE" w14:textId="5D826E17" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>plānoto ritekļa pārbaužu programmu – dokumentu, kurā ir aprakstītas visas nepieciešamās pārbaudes dzelzceļa infrastruktūrā;</w:t>
+        <w:t xml:space="preserve">plānoto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaužu programmu – dokumentu, kurā ir aprakstītas visas nepieciešamās pārbaudes dzelzceļa infrastruktūrā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5A2D5C" w14:textId="42297981" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3C5A2D5C" w14:textId="42297981" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>informāciju par plānoto pārbaužu veikšanas laikposmu – norāda konkrētus datumus, no kura stājas spēkā pagaidu atļauja ritekļa pārbaudēm dzelzceļa infrastruktūrā un kad spēku zaudē pagaidu atļauja;</w:t>
+        <w:t xml:space="preserve">informāciju par plānoto pārbaužu veikšanas laikposmu – norāda konkrētus datumus, no kura stājas spēkā pagaidu atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm dzelzceļa infrastruktūrā un kad spēku zaudē pagaidu atļauja;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8AF045" w14:textId="308D129E" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6A8AF045" w14:textId="308D129E" w:rsidR="008D5D86" w:rsidRPr="0080215A" w:rsidRDefault="008D5D86" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotā drošības sertifikāta vai drošības apliecības turētāja apliecinājumu par to, ka pārbaudes notiks atbilstoši vienotā drošības sertifikāta vai drošības apliecības nosacījumiem – konkrēta vienotā drošības sertifikāta vai drošības apliecības turētāja rakstisks apliecinājums, ka visas pārbaudes dzelzceļa infrastruktūrā notiks atbilstoši drošības pārvaldības sistēmas noteiktām procedūrām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CABA4D" w14:textId="6FC65F7D" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00835F7B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="36CABA4D" w14:textId="6FC65F7D" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00835F7B" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
-        <w:ind w:left="0" w:firstLine="567"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">neatkarīga </w:t>
       </w:r>
       <w:r w:rsidR="008D5D86" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">novērtētāja ziņojumu par riska novērtēšanas kopīgās drošības metodes piemērošanu saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="00CD708F" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Risku regulu</w:t>
       </w:r>
       <w:r w:rsidR="008D5D86" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ritekļa pārbaužu veikšanai, kurā ir novērtēta arī saskarņu pārvaldība.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D5D86" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D5D86" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaužu veikšanai, kurā ir novērtēta arī </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D5D86" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskarņu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D5D86" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārvaldība.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322CE5F9" w14:textId="0E78F353" w:rsidR="008D5D86" w:rsidRDefault="008D5D86" w:rsidP="00F572E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar Dzelzceļa likuma 33.panta devīto daļu, </w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15447,188 +17962,216 @@
       <w:r w:rsidR="00EB3518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">izvērtē </w:t>
       </w:r>
       <w:r w:rsidRPr="0066065E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>šādus detalizētus elementus:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6618AF9E" w14:textId="72B37D47" w:rsidR="00EB3518" w:rsidRPr="0080215A" w:rsidRDefault="00EB3518">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6618AF9E" w14:textId="72B37D47" w:rsidR="00EB3518" w:rsidRPr="0080215A" w:rsidRDefault="00EB3518" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atbilstība SITS;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEB3954" w14:textId="2F89DDAF" w:rsidR="00EB3518" w:rsidRPr="0080215A" w:rsidRDefault="00EB3518">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4BEB3954" w14:textId="6029C721" w:rsidR="00EB3518" w:rsidRPr="0080215A" w:rsidRDefault="00EB3518" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>starpposma verifikācijas ziņojumus, kas sagatavoti projektam</w:t>
+        <w:t xml:space="preserve">starpposma verifikācijas ziņojumus, </w:t>
       </w:r>
       <w:r w:rsidR="00835F7B" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, ja tādi ir</w:t>
+        <w:t>ja tādi ir</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B646F95" w14:textId="26BB4FB9" w:rsidR="00EB3518" w:rsidRPr="0080215A" w:rsidRDefault="00EB3518">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3B646F95" w14:textId="26BB4FB9" w:rsidR="00EB3518" w:rsidRPr="0080215A" w:rsidRDefault="00EB3518" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">derīgas </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25A02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EK atbilstības</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai piemērotības lietošanai deklarācijas jebkuram savstarpējas izmantojamības komponentam;</w:t>
+        <w:t xml:space="preserve"> vai piemērotības lietošanai deklarācijas jebkuram savstarpējas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantojamības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komponentam;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089CD6C6" w14:textId="1D0EB246" w:rsidR="0066065E" w:rsidRPr="0080215A" w:rsidRDefault="00835F7B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="089CD6C6" w14:textId="1D0EB246" w:rsidR="0066065E" w:rsidRPr="0080215A" w:rsidRDefault="00835F7B" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">veiktie </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0066065E" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>izvērtējumi, kas piemērojami pieteikuma par pagaidu atļauju tvērumam, piemēram</w:t>
+        <w:t>izvērtējumi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066065E" w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kas piemērojami pieteikuma par pagaidu atļauju tvērumam, piemēram</w:t>
       </w:r>
       <w:r w:rsidR="00EB3518" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0066065E" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">konstrukcijas </w:t>
       </w:r>
       <w:r w:rsidR="00EB3518" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izvērtēšana</w:t>
       </w:r>
@@ -15691,109 +18234,145 @@
         </w:rPr>
         <w:t>jāaptver</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ietekme uz drošību, k</w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā arī</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ritekļa konstrukcijas aspekti, uz kuriem neattiecas tehniskie noteikumi vai kuri vēl nav novērtēti saskaņā ar tehniskajiem noteikumiem (ja tādi ir), </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB2DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB2DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konstrukcijas aspekti, uz kuriem neattiecas tehniskie noteikumi vai kuri vēl nav novērtēti saskaņā ar tehniskajiem noteikumiem (ja tādi ir), </w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lai </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atļau</w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tu</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> drošu ekspluatāciju piedāvātajās praktiskās pārbaudēs tīklā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6267EA1D" w14:textId="447CDE82" w:rsidR="00231F1C" w:rsidRPr="00231F1C" w:rsidRDefault="00231F1C" w:rsidP="00231F1C">
+    <w:p w14:paraId="6267EA1D" w14:textId="664F96C1" w:rsidR="00231F1C" w:rsidRPr="00231F1C" w:rsidRDefault="00231F1C" w:rsidP="00231F1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pārvadātājam</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kas izmanto ritekļus praktiskām pārbaudēm tīklā, risku pārvaldīšanā </w:t>
+        <w:t xml:space="preserve">, kas izmanto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> praktiskām pārbaudēm tīklā, risku pārvaldīšanā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jā</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>piemēro sav</w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -15813,325 +18392,434 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attiecībā uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> darbības plānošanu, aktīvu pārvaldību un saskarn</w:t>
+        <w:t xml:space="preserve"> darbības plānošanu, aktīvu pārvaldību un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskarn</w:t>
       </w:r>
       <w:r w:rsidR="00835F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ēm</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">rošības pārvaldības sistēmā jāiekļauj vispārēji noteikumi par ritekļu izmantošanu praktiskajās pārbaudēs tīklā. </w:t>
+        <w:t xml:space="preserve">rošības pārvaldības sistēmā jāiekļauj vispārēji noteikumi par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanu praktiskajās pārbaudēs tīklā. </w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Savukārt</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pārbaužu plānā jāsagatavo konkrētāki procesi un procedūras, kas aptver faktiskās attiecīgajā tīklā veicamās praktiskās pārbaudes. Visos gadījumos jāpiemēro </w:t>
+        <w:t xml:space="preserve"> pārbaužu plānā jāsagatavo konkrētāki procesi un procedūras, kas aptver faktiskās attiecīgajā tīklā veicamās praktiskās pārbaudes. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">āpiemēro </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Risku regula</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, lai novērtētu ietekmi, ko rada ritekļa izmantošana praktiskām pārbaudēm tīklā.</w:t>
+        <w:t xml:space="preserve">, lai novērtētu ietekmi, ko rada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošana praktiskām pārbaudēm tīklā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478D4A41" w14:textId="564A6E82" w:rsidR="00231F1C" w:rsidRPr="00231F1C" w:rsidRDefault="00231F1C" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jebkādi atlikušie ekspluatācijas riski, kas rodas, lietojot ritekli praktiskajās pārbaudēs tīklā, būtu jāpārvalda, </w:t>
+        <w:t xml:space="preserve">Jebkādi atlikušie ekspluatācijas riski, kas rodas, lietojot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> praktiskajās pārbaudēs tīklā, būtu jāpārvalda, </w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>piemērojot</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> drošības </w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvaldības</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistēmu, piemēram:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126672C9" w14:textId="647CADC6" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="126672C9" w14:textId="647CADC6" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>saskarnes ar infrastruktūras pārvaldītāju;</w:t>
+        <w:t>saskarnes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar infrastruktūras pārvaldītāju;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4E5452" w14:textId="2AC8DC56" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7F4E5452" w14:textId="2AC8DC56" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mašīnista/mašīnista instruktora izvēle, kas kontrolē vilciena kustību praktisko pārbaužu tīklā laikā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B05BCAE" w14:textId="16D4EB5A" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7B05BCAE" w14:textId="16D4EB5A" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">citu personu, kurām atļauts būt vilcienā, </w:t>
       </w:r>
       <w:r w:rsidR="00A46615" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pienākumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262458D2" w14:textId="66F1BA1A" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="262458D2" w14:textId="66F1BA1A" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">pasākumus praktisko pārbaužu tīklā uzsākšanai un pabeigšanai, ieskaitot to kā riteklis pārvietosies starp vietu, kur tas novietots stāvēšanai, un pārbaudes veikšanas vietu; </w:t>
+        <w:t xml:space="preserve">pasākumus praktisko pārbaužu tīklā uzsākšanai un pabeigšanai, ieskaitot to kā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārvietosies starp vietu, kur tas novietots stāvēšanai, un pārbaudes veikšanas vietu; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7042A2" w14:textId="5B7095E1" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5B7042A2" w14:textId="5B7095E1" w:rsidR="00231F1C" w:rsidRPr="0080215A" w:rsidRDefault="00231F1C" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ārkārtas pasākumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB93297" w14:textId="7ACCCE8D" w:rsidR="00231F1C" w:rsidRPr="00231F1C" w:rsidRDefault="00231F1C" w:rsidP="0080215A">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Drošības pārvaldības sistēm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jā</w:t>
@@ -16148,89 +18836,117 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kas jāievēro, lai nodrošinātu, ka ir notikusi apspriešanās ar visām iesaistītajām pusēm, kuras var ietekmēt praktiskās pārbaudes tīklā, un ka saskaņotie pasākumi ir efektīvi paziņoti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AC220B" w14:textId="0DAEE080" w:rsidR="00231F1C" w:rsidRPr="00231F1C" w:rsidRDefault="00231F1C" w:rsidP="00231F1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ritekļa praktisko pārbaužu tīklā veikšan</w:t>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> praktisko pārbaužu tīklā veikšan</w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nozīmē</w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ka ne visi ritekļa aspekti ir pilnībā apzināti, piemēram, bremžu sistēmas veiktspēja vai sakaru efektivitāte starp borta un </w:t>
+        <w:t xml:space="preserve">, ka ne visi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aspekti ir pilnībā apzināti, piemēram, bremžu sistēmas veiktspēja vai sakaru efektivitāte starp borta un </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lauka</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A46615">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iekārtām</w:t>
       </w:r>
@@ -16340,51 +19056,87 @@
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">an pieteikuma iesniedzējam, gan </w:t>
       </w:r>
       <w:r w:rsidR="00360268">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvadātājam</w:t>
       </w:r>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jāsadarbojas, lai nodrošinātu, ka riska novērtējumā ņem vērā ritekļa inženiertehniskos elementus un ritekļa izmantošanas aspektus praktiskajās pārbaudēs tīklā.</w:t>
+        <w:t xml:space="preserve"> jāsadarbojas, lai nodrošinātu, ka riska novērtējumā ņem vērā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inženiertehniskos elementus un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00231F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas aspektus praktiskajās pārbaudēs tīklā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648318CD" w14:textId="573D74F1" w:rsidR="00231F1C" w:rsidRPr="00231F1C" w:rsidRDefault="00231F1C" w:rsidP="00231F1C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00231F1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Apdraudējumu apzināšanas pamatā </w:t>
       </w:r>
       <w:r w:rsidR="00360268">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16542,59 +19294,59 @@
       <w:r w:rsidRPr="00DB2DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Veicamo praktisko pārbaužu tīklā plānošanai </w:t>
       </w:r>
       <w:r w:rsidR="00360268">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jāaptver vismaz:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C9189D" w14:textId="4FAB5A70" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="01C9189D" w14:textId="4FAB5A70" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1276"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">praktisko pārbaužu tīklā aspekti, kas tiek risināti, izmantojot </w:t>
       </w:r>
       <w:r w:rsidR="002A40EF" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvadātāja</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
@@ -16615,59 +19367,59 @@
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">drošības </w:t>
       </w:r>
       <w:r w:rsidR="002A40EF" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārvaldības</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistēmu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E469099" w14:textId="7BAE9016" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4E469099" w14:textId="7BAE9016" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1276"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">praktisko pārbaužu </w:t>
       </w:r>
       <w:r w:rsidR="0050661B" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aspektus</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
@@ -16728,216 +19480,280 @@
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> — identificējot visus īpašos infrastruktūras apstākļus, kas nepieciešami, lai veiktu praktiskās pārbaudes tīklā, piemēram, sliedes galviņas stāvoklis, signalizācijas iekārtas, elektriskās vilces piegādes barošanas režīms un pārbrauktuvju slēgšana</w:t>
       </w:r>
       <w:r w:rsidR="002A40EF" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042612EE" w14:textId="0C13FB14" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="042612EE" w14:textId="0C13FB14" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1276"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>praktisko pārbaužu secīb</w:t>
       </w:r>
       <w:r w:rsidR="00A35B86" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B0E3AA" w14:textId="43E66304" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="43B0E3AA" w14:textId="43E66304" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1276"/>
+        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ritekļa apkopi praktisko pārbaužu laikā; </w:t>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apkopi praktisko pārbaužu laikā; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75983104" w14:textId="7B28A4A2" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="75983104" w14:textId="7B28A4A2" w:rsidR="00DB2DC5" w:rsidRPr="0080215A" w:rsidRDefault="00DB2DC5" w:rsidP="00166E0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1276"/>
+        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ekspluatācijas dokumentāciju, kas nepieciešama, lai izmantotu ritekli praktiskajām pārbaudēm tīklā, piemēram, mašīnista </w:t>
+        <w:t xml:space="preserve">ekspluatācijas dokumentāciju, kas nepieciešama, lai izmantotu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> praktiskajām pārbaudēm tīklā, piemēram, mašīnista </w:t>
       </w:r>
       <w:r w:rsidR="00A35B86" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">procedūru </w:t>
       </w:r>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rokasgrāmatu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F7F608A" w14:textId="19A28005" w:rsidR="008D5D86" w:rsidRPr="002A40EF" w:rsidRDefault="00C45EE0" w:rsidP="00C45EE0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="008D5D86" w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nspekcija saskaņā ar Dzelzceļa likuma 33.panta devītās daļas prasībām četru mēnešu laikā pēc tam, kad ir iesniegti visi dokumenti, tai skaitā arī papildus pieprasītie dokumenti, pieņem lēmumu par pagaidu atļaujas piešķiršanu vai nepiešķiršanu ritekļa pārbaudēm dzelzceļa infrastruktūrā.</w:t>
+        <w:t xml:space="preserve">nspekcija saskaņā ar Dzelzceļa likuma 33.panta devītās daļas prasībām četru mēnešu laikā pēc tam, kad ir iesniegti visi dokumenti, tai skaitā arī papildus pieprasītie dokumenti, pieņem lēmumu par pagaidu atļaujas piešķiršanu vai nepiešķiršanu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D5D86" w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D5D86" w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm dzelzceļa infrastruktūrā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A77B3A" w14:textId="6541B085" w:rsidR="008D5D86" w:rsidRPr="002A40EF" w:rsidRDefault="008D5D86" w:rsidP="00F572E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lēmum</w:t>
       </w:r>
       <w:r w:rsidR="002A40EF" w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par pagaidu atļaujas piešķiršanu ritekļa pārbaudēm dzelzceļa infrastruktūrā </w:t>
+        <w:t xml:space="preserve"> par pagaidu atļaujas piešķiršanu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudēm dzelzceļa infrastruktūrā </w:t>
       </w:r>
       <w:r w:rsidR="00C45EE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nspekcija noformē ar atļauju saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="002A40EF" w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MK</w:t>
       </w:r>
@@ -17017,7469 +19833,17296 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kad termiņš ir beidzies, pagaidu atļauja vairs nav derīga, un būs nepieciešama </w:t>
       </w:r>
       <w:r w:rsidR="00025797">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jauna</w:t>
       </w:r>
       <w:r w:rsidRPr="002A40EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pagaidu atļauja ritekļa izmantošanai praktiskām pārbaudēm tīklā, ja būs nepieciešams veikt papildu pārbaudes. Kad praktiskās pārbaudes tīklā ir pabeigtas, pieteikuma iesniedzējam būtu jāpieprasa ritekļa tipa atļauja un/vai atļauja ritekli laist tirgū parastajā kārtībā.</w:t>
+        <w:t xml:space="preserve"> pagaidu atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanai praktiskām pārbaudēm tīklā, ja būs nepieciešams veikt papildu pārbaudes. Kad praktiskās pārbaudes tīklā ir pabeigtas, pieteikuma iesniedzējam būtu jāpieprasa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja un/vai atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A40EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laist tirgū parastajā kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B988EB" w14:textId="74D9992C" w:rsidR="00F572E5" w:rsidRPr="007F5230" w:rsidRDefault="002A40EF" w:rsidP="0024274D">
+    <w:p w14:paraId="47B988EB" w14:textId="74D9992C" w:rsidR="00F572E5" w:rsidRPr="00A36FCD" w:rsidRDefault="002A40EF" w:rsidP="0024274D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F5230">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pagaidu atļauja ritekļa izmantošanai praktiskām pārbaudēm tīklā tiek izsniegta tikai pārbaudēm: tā neļauj izmantot ritekli pasažieru vai kravas pārvadājumiem vai jebkādam citam mērķim, kādam to paredzēts laist tirgū.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Pagaidu atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanai praktiskām pārbaudēm tīklā tiek izsniegta tikai pārbaudēm: tā neļauj izmantot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A36FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasažieru vai kravas pārvadājumiem vai jebkādam citam mērķim, kādam to paredzēts laist tirgū.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED76D4A" w14:textId="5766AE20" w:rsidR="00F572E5" w:rsidRPr="0080215A" w:rsidRDefault="007F5230" w:rsidP="0024274D">
       <w:pPr>
-        <w:pStyle w:val="Virsraksts2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc127277094"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc221020643"/>
       <w:r w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="005D4C3B" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4. Priekšiesaiste</w:t>
-[...202 lines deleted...]
-        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D4C3B" w:rsidRPr="0080215A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0024274D">
+        <w:t>Priekšiesaiste</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="58AD7222" w14:textId="45B76BB7" w:rsidR="00F572E5" w:rsidRDefault="005D4C3B" w:rsidP="0024274D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Priekšiesaiste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aptver </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">brīvprātīgu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visu iepriekšēju oficiālu informācijas apmaiņu starp pieteikuma iesniedzēju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas piešķīrēju struktūru un attiecīgajām par izmantošanas telpu atbildīgajām </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577B82D9" w14:textId="726EED67" w:rsidR="00F572E5" w:rsidRDefault="005D4C3B" w:rsidP="00F572E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Priekšiesaistes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbībām būtu jāatbalsta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priekšiesaistes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bāzes izveide </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujai un/vai atļaujai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D4C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laist tirgū, un jāveicina informācijas apmaiņa par piemērojamām prasībām un par pieteikumam pievienotās dokumentācijas saturu un attīstības līmeni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16856DC2" w14:textId="7EFF99C7" w:rsidR="00F572E5" w:rsidRDefault="000B35C1" w:rsidP="00F572E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B35C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Priekšiesaistes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B35C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posms pieteikuma iesniedzējam nav obligāts (tie var pieprasīt, lai atļaujas piešķīrēja struktūra piedalītos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B35C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priekšiesaistes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B35C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procesā, vai arī tie var tieši iesniegt pieteikumu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atļaujas saņemšanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B35C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBB543D" w14:textId="03E46EA8" w:rsidR="00A35B86" w:rsidRPr="00D21807" w:rsidRDefault="0006345D" w:rsidP="0024274D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Detalizētu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skatīt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ERA rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607E7709" w14:textId="0646D8E0" w:rsidR="000B35C1" w:rsidRPr="00D21807" w:rsidRDefault="007F5230" w:rsidP="0024274D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C72B29" w:rsidRPr="0024274D">
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc221020644"/>
+      <w:r w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Atbilstības </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B72D3" w:rsidRPr="0024274D">
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72B29" w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>no</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C72B29" w:rsidRPr="0024274D">
+        <w:t xml:space="preserve">5. Atbilstības </w:t>
+      </w:r>
+      <w:r w:rsidR="002B72D3" w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vērtēšana</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B72D3">
-[...1078 lines deleted...]
-        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="00C72B29" w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0024274D">
+        <w:t>vērtēšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="5FA9147D" w14:textId="2E91B2CE" w:rsidR="0006345D" w:rsidRDefault="0006345D" w:rsidP="0006345D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informāciju skatīt ERA rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A443AE" w14:textId="27A84BD0" w:rsidR="008E1359" w:rsidRPr="0024274D" w:rsidRDefault="007F5230" w:rsidP="0024274D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00004F92" w:rsidRPr="0024274D">
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc221020645"/>
+      <w:r w:rsidRPr="0024274D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6. Pieteikuma iesniegšana</w:t>
-[...442 lines deleted...]
-        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00004F92" w:rsidRPr="0024274D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0024274D">
+        <w:t>6. Pieteikuma iesniegšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="7CF3CE71" w14:textId="04031FD4" w:rsidR="0006345D" w:rsidRPr="00D21807" w:rsidRDefault="0006345D" w:rsidP="0006345D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Detalizētus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norādījumus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5642">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikuma saturu un iesniedzamajiem pierādījumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5642">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skatīt ERA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F63AD6" w14:textId="011DFDBA" w:rsidR="007E4BDD" w:rsidRPr="00D21807" w:rsidRDefault="007E4BDD" w:rsidP="0024274D">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja pieteikuma iesniedzējs pieteikumā norāda, ka ir iecerējis </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1994" w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmantošanas telpu līdz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> robežstacijām Lietuvā un Igaunijā, skat. </w:t>
+      </w:r>
+      <w:r w:rsidR="006C71B0" w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.sadaļu ,,Pārrobežu nolīgumi un pārrobežu stacijas”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089D96D0" w14:textId="3C8008D7" w:rsidR="00631042" w:rsidRPr="00D21807" w:rsidRDefault="007F5230" w:rsidP="0024274D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00631042" w:rsidRPr="0024274D">
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc221020646"/>
+      <w:r w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7. Sākotnējā pārbaude</w:t>
-[...328 lines deleted...]
-        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00631042" w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0024274D">
+        <w:t>7. Sākotnējā pārbaude</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="05CD137D" w14:textId="256FD71D" w:rsidR="0006345D" w:rsidRPr="00D21807" w:rsidRDefault="0006345D" w:rsidP="0006345D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informāciju skatīt ERA rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68678945" w14:textId="33EC1963" w:rsidR="007E4BDD" w:rsidRPr="00D21807" w:rsidRDefault="007F5230" w:rsidP="0024274D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E4BDD" w:rsidRPr="0024274D">
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc221020647"/>
+      <w:r w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8. Detalizēts novērtējums</w:t>
-[...2176 lines deleted...]
-        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4BDD" w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C87A81">
+        <w:t>8. Detalizēts novērtējums</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="01270A7A" w14:textId="7D07AAEC" w:rsidR="00A7488B" w:rsidRPr="00D21807" w:rsidRDefault="00021EC6" w:rsidP="00C87A81">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informāciju skatīt ERA rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A47A8A" w14:textId="3A887D20" w:rsidR="005021FF" w:rsidRPr="00D21807" w:rsidRDefault="007F5230" w:rsidP="00C87A81">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">12.9. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005021FF" w:rsidRPr="00C87A81">
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc221020648"/>
+      <w:r w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pamatotas šaubas</w:t>
-[...958 lines deleted...]
-        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">12.9. </w:t>
+      </w:r>
+      <w:r w:rsidR="005021FF" w:rsidRPr="00D21807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C87A81">
+        <w:t>Pamatotas šaubas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="5A8BA562" w14:textId="52D20F0A" w:rsidR="00195642" w:rsidRPr="00195642" w:rsidRDefault="00021EC6" w:rsidP="00C87A81">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informāciju skatīt ERA rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136C0EF3" w14:textId="111CE85A" w:rsidR="00603E1D" w:rsidRPr="00C87A81" w:rsidRDefault="00603E1D" w:rsidP="00C87A81">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12.10. Lēmuma pieņemšana un novērtējuma noslēgums</w:t>
-[...342 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc221020649"/>
       <w:r w:rsidRPr="00C87A81">
-        <w:rPr>
-[...455 lines deleted...]
-        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C87A81">
+        <w:t>12.10. Lēmuma pieņemšana un novērtējuma noslēgums</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="4A610C8F" w14:textId="5C19404F" w:rsidR="00CF0D29" w:rsidRPr="00B04906" w:rsidRDefault="00021EC6" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0016030F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skatīt ERA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rokasgrāmatā ERA1209/222 V2.1 “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Vadlīnijas </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ritekļa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D21807">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atļaujas piešķiršanas procesa praktiskajai kārtībai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D21807">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (1.pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44471BB7" w14:textId="53F828D8" w:rsidR="00874CFB" w:rsidRPr="000268CE" w:rsidRDefault="007F5230" w:rsidP="00C87A81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">13. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C0A9B" w:rsidRPr="00C87A81">
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc221020650"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk125446705"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk125454577"/>
+      <w:r w:rsidRPr="000268CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Inspekcijas lēmumu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00953741" w:rsidRPr="00C87A81">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="00874CFB" w:rsidRPr="000268CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pārskatīšanas procedūras</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
+        <w:t>Izmaiņu pārvaldība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="07CB883D" w14:textId="671E092E" w:rsidR="00813633" w:rsidRPr="00813633" w:rsidRDefault="00813633" w:rsidP="00813633">
-[...270 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3041DBCE" w14:textId="0C4910B1" w:rsidR="00051EFC" w:rsidRPr="001C0618" w:rsidRDefault="000268CE" w:rsidP="001C0618">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc127277102"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc221020651"/>
+      <w:r w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>14. Inspekcijas lēmumu pārsūdzība</w:t>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>13.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atbildība par atļautā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa izmaiņu pārvaldību</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699A3457" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="000268CE" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="112" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atļautā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa izmaiņām būtu jāattiecas uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldību. Par atļautā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldību atbild </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs. Par izmaiņu iedalīšanu kategorijās ir atbildīgs izmaiņu rīkotājs (kas var būt vai nebūt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD6EAE2" w14:textId="611F42B2" w:rsidR="00051EFC" w:rsidRPr="000268CE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja izmaiņu rīkotājs nolemj, ka izmaiņas neizraisa </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. panta 12. punktā minēto kritēriju ievērošanu un neievieš novirzi tehniskajā(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>) dokumentā(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>), kas pievienoti EK verifikācijas deklarācijai(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>), tas uzņemas atbildību tikai par izmaiņu pārvaldību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFDD4EA" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="000268CE" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Kad struktūra, kas pārvalda izmaiņas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADDF5AA" w14:textId="288DF57E" w:rsidR="00051EFC" w:rsidRPr="002918D9" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="398"/>
+          <w:tab w:val="center" w:pos="4046"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>nolemj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002918D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka kritēriji tiek iedarbināti un ir vajadzīga jauna atļauja; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402660BC" w14:textId="19765F39" w:rsidR="00051EFC" w:rsidRPr="002918D9" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="96" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>konstatē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002918D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, ka pastāv ietekme uz tehnisko dokumentāciju, kas pievienota EK verifikācijas deklarācijai(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002918D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002918D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); un/vai </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B59EE4E" w14:textId="5C215919" w:rsidR="00051EFC" w:rsidRPr="002918D9" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="398"/>
+          <w:tab w:val="center" w:pos="2969"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002918D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6417F04A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="000268CE" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1293D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>tai būtu jāsagatavo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Attiecīgās(-o) mobilās(-o) apakšsistēmas(-u) (tostarp nemodificēto daļu) EK verifikācijas deklarācija(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) un jāiesniedz pieteikums </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujai un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujai laišanai tirgū. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056A2B71" w14:textId="2ADFCBE9" w:rsidR="00051EFC" w:rsidRPr="000268CE" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jāatzīmē, ka saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000268CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. panta 5. punktu un IV pielikuma 2.3.3. punktu, Lēmumu 2010/713/ES (piemēram, SB moduļa 8. punkts) un Regulas (ES) 2019/250 6. pantu pieteikuma iesniedzējs par (modificētas) mobilās apakšsistēmas laišanu tirgū ir atbildīgs par: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55113862" w14:textId="38E5162D" w:rsidR="00051EFC" w:rsidRPr="00371AF0" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iecelt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>NoBo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>DeBo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārveidoto daļu un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>saskarņu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar nepārveidotajām daļām EK verificēšanas procedūras veikšanai, ja modifikācija ietekmē atbilstību piemērojamajām SITS un/vai valsts noteikumiem (ja tā notiek, ir vajadzīgs jauns EK sertifikāts); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10ACF97F" w14:textId="0D076D58" w:rsidR="00051EFC" w:rsidRPr="00371AF0" w:rsidRDefault="00051EFC" w:rsidP="00371AF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informēt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>NoBO</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Debo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, kas veica sākotnējo EK verifikāciju, ja izmaiņas ietekmē jau veiktos atbilstības novērtējumus, un</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EC3435" w14:textId="7EB0A372" w:rsidR="00051EFC" w:rsidRPr="00371AF0" w:rsidRDefault="00051EFC" w:rsidP="00371AF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="398"/>
+          <w:tab w:val="center" w:pos="3675"/>
+        </w:tabs>
+        <w:spacing w:after="106" w:line="248" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>izlemt, vai modificētajai apakšsistēmai ir vajadzīg</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaun</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EK </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4" w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>erifikācijas deklarācija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9BC280" w14:textId="77D317C4" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikuma iesniedzējs (modificētas) mobilās apakšsistēmas laišanai tirgū arī analizē, vai pastāv citi piemērojamie tiesību akti vai prasības, ko ietekmē izmaiņas, un prasa veikt turpmākus novērtējumus. Tāpat atļaujas pieteikuma iesniedzējs saskaņā ar prasību aptveršanas procesu arī nodrošina, ka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un/vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam nav piemērojamas citas prasības (piemēram, ES tiesību akti), kas būtu jāņem vērā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78817BE4" w14:textId="648EDA9A" w:rsidR="00051EFC" w:rsidRPr="001C0618" w:rsidRDefault="000268CE" w:rsidP="001C0618">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc221020652"/>
+      <w:r w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>13.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atļautā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa izmaiņu kategorijas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="001C0618">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7AE067" w14:textId="5B21DF2A" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="112" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Hlk170216123"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">satvarā attiecīgajai atļaujas piešķīrējai vienībai nebūtu jānovērtē izmaiņu rīkotāja pieņemtais lēmums par izmaiņu klasifikāciju, kā arī tam nebūtu jāpiekrīt/nepiekrist tam. Par izmaiņu klasifikāciju vienā no kategorijām, kas aprakstītas regulas 15. panta 1. punktā, ir atbildīgs tiesību subjekts, kas pārvalda izmaiņas. Izņēmums no šā noteikuma ir izmaiņu paziņojumu novērtēšana saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. panta 4. punktu, ja attiecīgajai atļaujas piešķīrējai struktūrai ir jānovērtē izmaiņu pareiza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>kategorizācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7EE02C11" w14:textId="77777777" w:rsidR="00813633" w:rsidRPr="00813633" w:rsidRDefault="00813633" w:rsidP="00813633">
-      <w:pPr>
+    <w:p w14:paraId="76FF8B95" w14:textId="3A95838C" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="145" w:line="249" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņas dokumentācijā, kas bija daļa no dokumentācijas, kura pievienota pieteikumam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas saņemšanai un kura nav saistīta ar izmaiņām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konstrukcijā, nebūtu jāuzskata par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa izmaiņām </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta nozīmē. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449ACDDD" w14:textId="1C6F673C" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="000268CE" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izmaiņas, kas nerada atkāpi no apakšsistēmu EK verifikācijas deklarācijām pievienotās tehniskās dokumentācijas – </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>15. panta 1. punkta a) apakšpunkts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D85F25" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Šīs kategorijas izmaiņas neietekmē veiktās verifikācijas un līdz ar to arī konstrukciju vai dokumentāciju, kas ir izsniegtās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas pamatā (proti, atļaujas pieteikumam pievienoto dokumentāciju, kurā iekļauta tehniskā dokumentācija, kas pievienota apakšsistēmas EK verifikācijas deklarācijai), tāpēc tā nav jāiekļauj </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldībā. Tomēr izmaiņas ir daļa no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(-u) tehniskās apkopes, un uz tām jāattiecina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konfigurācijas pārvaldība. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C6C955" w14:textId="62E933A2" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas atļauti saskaņā ar iepriekšējiem režīmiem un uz kuriem neattiecas EK verificēšanas procedūra, līdz ar to uz tām neattiecas "EK </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Verifikācijas deklarācija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", joprojām var klasificēt saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. panta 1. punkta a) apakšpunktu, neraugoties uz to, ka šajā gadījumā nebūs pievienotas tehniskās dokumentācijas, ja atbilstības novērtēšanas struktūrai nebūs jāveic jaunas verifikācijas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3926B93E" w14:textId="0E119C03" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="000268CE" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.2.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izmaiņas, kas ievieš atkāpi no EK pievienotās tehniskās dokumentācijas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9D5791" w14:textId="231EE51F" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apakšsistēmu verifikācijas deklarācijas, bet tās neietekmē konstrukcijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pamatparametrus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un neprasa jaunu atļauju – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD080C" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD080C" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta b) apakšpunkts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38351990" w14:textId="1E63606B" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attiecībā uz izmaiņām, kas klasificētas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta b) apakšpunktu, ja izmaiņu rīkotājs ir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, nav ne jāpiesakās jaunai atļaujai, ne jāpieprasa versijas izveide ERATV. Tas tāpēc, ka konstrukcijas paraugu (konstrukcijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>pamatparametrus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>) joprojām uzskata par atbilstīgu jau atļautajam tipam, neraugoties uz īpašnieka radītajām izmaiņām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68227284" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomēr pastāv ietekme uz dokumentāciju, kas ir izdotās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas pamatā, tāpēc uz to attiecas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldība. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs pilda savus juridiskos pienākumus: nodrošināt, ka atļautais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips tā darbmūža laikā atbilst pamatprasībai, ka ar tipu saistītā dokumentācija un ar to saistītie dati vienmēr ir atjaunināti. Šie pienākumi starp citiem ietver </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arī: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C901D8E" w14:textId="303A166A" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumentēt izmaiņas, veiktos novērtējumus un lēmuma pamatojumu izmaiņu kategorizēšanai (t.i. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Risku regulas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ietveršana un piemērošana); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCA7DC5" w14:textId="6D9EDBE8" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="967"/>
+          <w:tab w:val="center" w:pos="5266"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc pieprasījuma iesniedz atļaujas piešķīrējai struktūrai ar izmaiņām saistīto dokumentāciju; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6647B658" w14:textId="4FD9B26D" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="967"/>
+          <w:tab w:val="center" w:pos="3659"/>
+        </w:tabs>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informēt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>NoBo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, kas izsniegusi iepriekšējo sertifikātu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682B4E9E" w14:textId="7843B083" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šīs kategorijas izmaiņas var ietekmēt apakšsistēmu atbilstību vai atbilstības sertifikātu derīgumu. Atbilstības novērtēšanas struktūras veic nepieciešamās verifikācijas un izsniedz attiecīgos sertifikātus. Šādā gadījumā attiecīgos ERATV ierakstus atjaunina. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6073FEE1" w14:textId="5C43760A" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="110" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikuma iesniedzējs mobilo apakšsistēmu laišanai tirgū var izlemt, vai pēc 15. panta 1. punkta b) apakšpunkta izmaiņām mobilajai apakšsistēmai ir vajadzīga jauna EK </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Verifikācijas deklarācija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>NoBo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izsniegusi tipa vai konstrukcijas pārbaudes sertifikātu, ir atbildīga par lēmuma pieņemšanu, vai iepriekš izsniegtais sertifikāts paliek spēkā pēc 15. panta 1. punkta b) apakšpunkta izmaiņām. Tomēr, ja atsauces uz sertifikātu un/vai tehnisko dokumentāciju, kas pievienota EK verifikācijas deklarācijai, tiek mainītas, paredzams, ka tiks atjaunināta arī EK verifikācijas deklarācija, jo tajās parasti ir atsauces uz sertifikātu un pievienoto tehnisko dokumentāciju. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D05E4C3" w14:textId="76A2FF76" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Lūdzu, ņemiet vērā, ka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SITS LOC&amp;PAS un SITS WAG dažiem konstrukcijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>pamatparametriem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir noteiktas robežvērtības, zem kurām izmaiņas, neraugoties uz to, ka tās ietekmē konstrukcijas pamatīpašības, joprojām var klasificēt saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta b) apakšpunktu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piemēram: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462603AD" w14:textId="081F6320" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00E71DFE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="967"/>
+          <w:tab w:val="center" w:pos="4299"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Minimālā horizontālās līknes rādiusa palielinājums &gt; 5 m: 15. panta 1. punkta c) apakšpunkta izmaiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B67E0D6" w14:textId="7499C2C0" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="967"/>
+          <w:tab w:val="center" w:pos="4113"/>
+        </w:tabs>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Bremzēšanas veiktspējas izmaiņas virs +/- 10%: 15. panta 1. punkta c) apakšpunkta izmaiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B29352E" w14:textId="7A0856F9" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="967"/>
+          <w:tab w:val="center" w:pos="4311"/>
+        </w:tabs>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Minimālā horizontālās līknes rādiusa palielinājums &lt; 5 m: 15. panta 1. punkta b) apakšpunkta izmaiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E9EB79" w14:textId="1511E9D5" w:rsidR="00051EFC" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="967"/>
+          <w:tab w:val="center" w:pos="4132"/>
+        </w:tabs>
+        <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Bremzēšanas veiktspējas izmaiņas +/- 10% robežās: 15. panta 1. punkta b) apakšpunkta izmaiņas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C0FDF5" w14:textId="77777777" w:rsidR="00E71DFE" w:rsidRDefault="00E71DFE" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="250" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5643095F" w14:textId="0E419E50" w:rsidR="00DD080C" w:rsidRPr="00DD080C" w:rsidRDefault="0038792C" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="250" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD080C" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.tabula</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD080C" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD080C" w:rsidRPr="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>SITS LOC&amp;PAS 17.a tabulas piemēri par izmaiņām bremzēšanas dinamiskajos raksturlielumos, kas klasificējamas kā 15. panta 1. punkta b) apakšpunkts</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="421" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2750"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="2021"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="4ED763C5" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EB570E3" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:ind w:left="317" w:hanging="317"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>SITS punkts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61B86B03" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:ind w:left="316" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saistīto konstrukciju </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>pamatparametru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> īpašības</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AEE34EB" w14:textId="68E0CAE9" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:ind w:left="315" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izmaiņas, kas ietekmē konstrukcijas pamatīpašības un nav klasificētas kā </w:t>
+            </w:r>
+            <w:r w:rsidR="00A904D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Direktīvas 21. panta 12. punkta a)apakšpunktā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F710B9E" w14:textId="06DBE874" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:ind w:left="183" w:hanging="183"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izmaiņas, kas ietekmē konstrukcijas pamatīpašības un klasificētas kā </w:t>
+            </w:r>
+            <w:r w:rsidR="00A904D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Direktīvas 21. panta 12. punkta a)apakšpunktā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="26695208" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C586D27" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:ind w:left="33" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Minimālais līknes rādiuss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57604AC8" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Minimālā horizontālā līknes rādiusa spēja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2421BDCA" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Minimālā horizontālā līknes rādiusa palielināšana par vairāk kā 5 m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D7AADC6" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Nepiemēro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="32AF0D98" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2750" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05AEBF3B" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.2.4.5.5. Bremžu veiktspēja - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>stāvbremze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BEAE9A4" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maksimālais slīpums, kurā vienība ir nekustīga tikai ar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>stāvbremzi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>riteklis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir aprīkots ar to)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2154" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E11FCB1" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Deklarētā maksimālā slīpuma izmaiņas par vairāk nekā 10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3317CA0C" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="967"/>
+                <w:tab w:val="center" w:pos="4132"/>
+              </w:tabs>
+              <w:spacing w:after="63" w:line="248" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Nepiemēro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="257FCB33" w14:textId="55335283" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="142" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas atļauti saskaņā ar iepriekšējiem režīmiem un uz kuriem neattiecas EK verificēšanas procedūra, tādējādi uz tām neattiecas "EK </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Verifikācijas deklarācija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", joprojām var klasificēt saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta b) apakšpunktu, ja atbilstības novērtēšanas struktūrām ir jāveic verifikācijas (kas varētu ietekmēt tehnisko dokumentāciju, kas pievienota EK </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Verifikācijas deklarācija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja tāda būtu), bet tas neietekmē konstrukcijas pamatīpašības. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A32371" w14:textId="009B38D8" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="000268CE" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.2.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konstrukcijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pamatparametru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaiņas, kurām nav vajadzīga jauna atļauja – </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta c) apakšpunkts </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37937D91" w14:textId="4075D564" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="225" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī izmaiņu kategorija ietekmē konstrukcijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>pamatparametrus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, un tā ietekmē dokumentāciju, kas ir izsniegtās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas pamatā. Izmaiņas konstrukcijā neizraisa </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. panta 12. punktā noteiktos kritērijus attiecībā uz to, kad ir vajadzīga jauna atļauja. Uz to attiecas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldība. Jāizveido jauna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versija vai jauna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa varianta versija. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30450383" w14:textId="1097C148" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="000268CE" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.2.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa maiņa, kuras dēļ nepieciešams jauns – </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta d) apakšpunkts </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A47847" w14:textId="334BE46C" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņas ietekmē </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. panta 12. punktā noteiktos kritērijus attiecībā uz to, kad ir vajadzīga jauna atļauja, skat. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. sadaļu. Uz to attiecas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldība.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA724C4" w14:textId="112AED89" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Tas attiecas arī uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas saņēmuši atļauju pirms </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanas, skat. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. apsvērumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593A5F66" w14:textId="15279072" w:rsidR="00051EFC" w:rsidRPr="00E10916" w:rsidRDefault="000268CE" w:rsidP="00E10916">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc221020653"/>
+      <w:r w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izmaiņas, ko pārvalda tiesību subjekts, kurš nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6AB0FC" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja tiesību subjekts, kas nav esošās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, vēlas veikt izmaiņas projektā un/vai dokumentācijā, kas ir par pamatu izdotai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujai (mainīt b), c) un d) kategoriju vai mainīt (paplašināt) izmantošanas telpu), tā var: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1480BA" w14:textId="6A0D8D23" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lūgt esošo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāju pārvaldīt izmaiņas viņu vietā, un tādā gadījumā esošais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs paliek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs; vai </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9B167E" w14:textId="1D9C113D" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārvaldīt pašas izmaiņas. Šādā gadījumā tiesību subjekts pieprasa atļauju jaunam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam un kļūst par pieteikuma iesniedzēju. Šī struktūra kļūst par jaunā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāju un uzņemas atbildību par jaunā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurācijas pārvaldību kopumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BABF14" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tas nozīmē, ka: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B416444" w14:textId="5CEBF29F" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00203744" w:rsidP="0038792C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 4. punkta darbības jomā neietilpst turpmākas izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipā, attiecībā uz kuru piešķirta jauna atļauja, jo šādu izmaiņu pārvaldītājs būs arī </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, un </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B0643C" w14:textId="22540F7A" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jauna atļautā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa turētājs var arī iesniegt pieteikumu atļaujai laist tirgū </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas atbilst jaunajam tipam, saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. panta 1. punkta e) apakšpunktu gan esošo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maiņai (lai tie atbilstu jaunajam tipam), gan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>jaunražotiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48024257" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Struktūrai, kas pārvalda izmaiņas, būs jānodrošina, ka: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B7D6B4" w14:textId="68793597" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam, uz kuru tas vēlas balstīt savu jauno atļauju, joprojām ir derīga jaunās atļaujas paredzētajā darbības jomā, un </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB47BBA" w14:textId="4B55579C" w:rsidR="00051EFC" w:rsidRPr="00DD080C" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tai ir pietiekama informācija (dokumentācija) par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu, lai veiktu izmaiņas, lai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jaunais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tips atbilstu prasībām un lai varētu pārvaldīt jaunā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa konfigurāciju. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FB5B38" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāja vārdā cits subjekts var veikt izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipā, ja vien ir noslēgtas nepieciešamās līgumiskās vienošanās, bet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs būs pieteikuma iesniedzējs atļaujas saņemšanai attiecībā uz jauno </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa jauno variantu. Šādā gadījumā jaunās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāja loma arī turpmāk tiks piešķirta struktūrai, kurai ir esošā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļauja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE76C94" w14:textId="4411D336" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="0038792C" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. tabula: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu izmaiņu un </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4" w:rsidRPr="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>atļaujas</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījumu izmaiņu kopsavilkums</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid0"/>
+        <w:tblW w:w="9665" w:type="dxa"/>
+        <w:tblInd w:w="12" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="33" w:type="dxa"/>
+          <w:left w:w="120" w:type="dxa"/>
+          <w:right w:w="111" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="3728"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="0E2F8E43" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:trPr>
+          <w:trHeight w:val="218"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3D3FB5" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izmaiņas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C1E9B5" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Uzņēmums, kas pārvalda izmaiņas:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="180C8A5A" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:trPr>
+          <w:trHeight w:val="235"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51715B15" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C01E0F" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļaujas turētājs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="594DC85D" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nav </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa atļaujas turētājs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="538A123E" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:trPr>
+          <w:trHeight w:val="246"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A1636A" w14:textId="4124EAE4" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kategorija</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD080C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6FD6A3" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="185"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tips netiek mainīts. Nav atļaujas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="4140164A" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:trPr>
+          <w:trHeight w:val="1193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECB877F" w14:textId="4054065E" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kategorija b) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5119D29A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tips netiek mainīts. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B13203" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nav atļaujas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D895A6" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:after="22" w:line="238" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Būtu jāatjaunina tehniskā dokumentācija, ko pievieno EK deklarācijām par apakšsistēmu verifikāciju un ERATV ierakstu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF1E51C" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Atļaujas piešķīrējai struktūrai un/vai izmantošanas telpas NSA pēc pieprasījuma būtu jādara pieejama informācija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EF3AEA" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="004A4704">
+            <w:pPr>
+              <w:spacing w:after="4"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uzņēmums, kas pārvalda pārmaiņas, kļūst par pieteikuma iesniedzēju. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB3F161" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="004A4704">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Piesakieties pirmajai atļaujai vai jaunai atļaujai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipam (jauns tips). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="2787F230" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:trPr>
+          <w:trHeight w:val="249"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="787CA4AF" w14:textId="7285204F" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Kategorija c) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C6BD4A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="241" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pieprasīt jaunas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa versijas vai jaunas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa varianta versijas izveidi. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DD0E90C" w14:textId="0186C83F" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00DA773D">
+            <w:pPr>
+              <w:spacing w:after="2" w:line="238" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sniedziet attiecīgo informāciju atļaujas piešķīrējai struktūrai. Atļaujas piešķīrēja iestāde reģistrē </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa jauno versiju vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipa variants ERATV </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="128935C6" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="004A4704">
+            <w:pPr>
+              <w:spacing w:after="5"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uzņēmums, kas pārvalda pārmaiņas, kļūst par pieteikuma iesniedzēju. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34E09A30" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="004A4704">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Piesakieties pirmajai atļaujai vai jaunai atļaujai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipam (jauns tips). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00051EFC" w:rsidRPr="005F2547" w14:paraId="07C85D53" w14:textId="77777777" w:rsidTr="00DD080C">
+        <w:trPr>
+          <w:trHeight w:val="618"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDB9CCD" w14:textId="3C89C134" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00DD080C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kategorija d) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="071B47FB" w14:textId="0D148FD2" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00EA3DAB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:right="1023"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Piesakieties jaunai atļaujai. (Var izvēlēties pirmo </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA773D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atļauju</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA5240D" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="004A4704">
+            <w:pPr>
+              <w:spacing w:after="4"/>
+              <w:ind w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uzņēmums, kas pārvalda pārmaiņas, kļūst par pieteikuma iesniedzēju. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2664E595" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="004A4704">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Piesakieties pirmajai atļaujai vai jaunai atļaujai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tipam (jauns tips). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2CB0E49D" w14:textId="229BA368" w:rsidR="00051EFC" w:rsidRPr="00091557" w:rsidRDefault="000268CE" w:rsidP="00091557">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc221020654"/>
+      <w:r w:rsidRPr="00091557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00091557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Iespējas izveidot variantus un versijas no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00091557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00091557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00091557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00091557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="193F1C00" w14:textId="0A32906E" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00203744" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="112" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espējas izveidot variantus vai versijas ir ierobežotas, jo ir definēti varianti, versija, atļaujas, gadījumi, jauna atļauja un atļaujas gadījums, izmantošanas telpas paplašināšana, kopā ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. panta 2. punkta un 15. panta 4. punkta noteikumiem, kas rada atšķirības atkarībā no tā, vai vienība, kas pārvalda izmaiņas, vai pieteikuma iesniedzējs ir vai nav esošās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2521F1FC" w14:textId="40B04ED4" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="187" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Turpmāk sniegtajā shēmā, ir apkopotas dažādās variantu un versiju izveides iespējas, ņemot vērā arī to, vai izmaiņu rīkotājs ir vai nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224D1D0D" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="187" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="644EF191" wp14:editId="43962ACE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>3685540</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>227118</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="833967" cy="330200"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="951574886" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="833967" cy="330200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6E6E642E" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>EMC</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>/pieteicējs</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ir </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ritekļa</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> tipa turētājs un turētājs izvēlas v</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ersiju</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="644EF191" id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:290.2pt;margin-top:17.9pt;width:65.65pt;height:26pt;z-index:251703296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgEzzdNwIAAGsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+w8mrZGnCJLkWFA&#10;0BZIh54VWY4FyKImKbGzXz9Kdh7tdhqWg0KKFB/fR3r20NaKHIR1EnROh4OUEqE5FFLvcvrjdfXl&#10;jhLnmS6YAi1yehSOPsw/f5o1JhMjqEAVwhIMol3WmJxW3pssSRyvRM3cAIzQaCzB1syjandJYVmD&#10;0WuVjNJ0mjRgC2OBC+fw9rEz0nmMX5aC++eydMITlVOszcfTxnMbzmQ+Y9nOMlNJ3pfB/qGKmkmN&#10;Sc+hHplnZG/lH6FqyS04KP2AQ51AWUouYg/YzTD90M2mYkbEXhAcZ84wuf8Xlj8dNubFEt9+hRYJ&#10;DIA0xmUOL0M/bWnr8I+VErQjhMczbKL1hOPl3Xh8P72lhKNpPE6RlhAluTw21vlvAmoShJxaZCWC&#10;xQ5r5zvXk0vI5UDJYiWVisrRLZUlB4YEIu8FNJQo5jxe5nQVf322d8+UJk1Op+ObNGbSEOJ1qZTG&#10;4i49Bsm325bI4qr/LRRHhMVCNzHO8JXE4teY+YVZHBFEAsfeP+NRKsBc0EuUVGB//e0++CNzaKWk&#10;wZHLqfu5Z1ZgQ981cno/nEzCjEZlcnM7QsVeW7bXFr2vl4CgDHHBDI9i8PfqJJYW6jfcjkXIiiam&#10;OebOqT+JS98tAm4XF4tFdMKpNMyv9cbwEDowEKh5bd+YNT1/Hol/gtNwsuwDjZ1veKlhsfdQyshx&#10;wLlDtYcfJzpOSb99YWWu9eh1+UbMfwMAAP//AwBQSwMEFAAGAAgAAAAhAG8RXfnhAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odmTLy5BXWFIMPGGI1uIllFE69dGAGlU9J2F9xf&#10;bz3pcTJf3vtevpr1IPZkXW8YIV5EIIhr0/TcIry93p+lIJxX3KjBMCF8k4NVcXyUq6wxE7/QvvKt&#10;CCHsMoXQeT9mUrq6I63cwozE4fdhrFY+nLaVjVVTCNeDPI+iK6lVz6GhUyPddlR/VTuN8D5VD3az&#10;Xn8+j4/lYXOoyie6KxFPT+abaxCeZv8Hw69+UIciOG3NjhsnBoRlGl0GFOFiGSYEIInjBMQWIU1S&#10;kEUu/y8ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgEzzdNwIAAGsEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBvEV354QAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6E6E642E" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>EMC</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>/pieteicējs</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ir </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ritekļa</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> tipa turētājs un turētājs izvēlas v</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ersiju</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036040A9" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="35"/>
+        <w:ind w:right="55"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72F50696" wp14:editId="3D0A9BF5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>540499</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1725295</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="589280" cy="382856"/>
+                <wp:effectExtent l="0" t="0" r="20320" b="17780"/>
+                <wp:wrapNone/>
+                <wp:docPr id="478054156" name="Text Box 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="589280" cy="382856"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFCCFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="33A5D312" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Izmaiņas</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7B9F1B06" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="00710240" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>15 (1)(d)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="72F50696" id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:42.55pt;margin-top:135.85pt;width:46.4pt;height:30.15pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDatNS+OwIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4SZYacYoshYcB&#10;QVsgLXpWZDk2JouapMTOfv0o2flou9Owi0Lq0U/kI5n5XVtLchDGVqBSOhoMKRGKQ16pXUpfnrMv&#10;M0qsYypnEpRI6VFYerf4/Gne6ETEUILMhSFIomzS6JSWzukkiiwvRc3sALRQCBZgaubQNbsoN6xB&#10;9lpG8XA4jRowuTbAhbV4e9+BdBH4i0Jw91gUVjgiU4q5uXCacG79GS3mLNkZpsuK92mwf8iiZpXC&#10;R89U98wxsjfVB6q64gYsFG7AoY6gKCouQg1YzWj4rppNybQItaA4Vp9lsv+Plj8cNvrJENd+gxYb&#10;6AVptE0sXvp62sLU/hczJYijhMezbKJ1hOPlZHYbzxDhCN3M4tlk6lmiy8faWPddQE28kVKDXQli&#10;scPaui70FOLfsiCrPKukDI7ZbVfSkAPDDmbZapVlPfubMKlIk9LpzWQYmN9gnvtMsZWM//zIgNlK&#10;hUlfaveWa7ctqfKUxiddtpAfUS4D3SRZzbMK6dfMuidmcHRQB1wH94hHIQFzgt6ipATz+2/3Ph47&#10;iiglDY5iSu2vPTOCEvlDYa9vR+Oxn93gjCdfY3TMNbK9RtS+XgFqNcLF0zyYPt7Jk1kYqF9xa5b+&#10;VYSY4vh2St3JXLluQXDruFguQxBOq2ZurTaae2rfGS/rc/vKjO776nAgHuA0tCx5194u1n+pYLl3&#10;UFSh917nTtVefpz0MD39VvpVuvZD1OW/Y/EHAAD//wMAUEsDBBQABgAIAAAAIQDTjLDy3AAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqJ1UNCFkUiGkrlEDC5ZuPI0j/Aix&#10;04S/x13BcnSP7j1T71dr2IWmMHiHkG0EMHKdV4PrET7eDw8lsBClU9J4Rwg/FGDf3N7UslJ+cUe6&#10;tLFnqcSFSiLoGMeK89BpsjJs/EguZWc/WRnTOfVcTXJJ5dbwXIgdt3JwaUHLkV41dV/tbBEOrSaR&#10;L+NcdkdjdpLO8fvzDfH+bn15BhZpjX8wXPWTOjTJ6eRnpwIzCOVjlkiEvMgKYFegKJ6AnRC221wA&#10;b2r+/4XmFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANq01L47AgAAgwQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANOMsPLcAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="#fcf" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="33A5D312" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Izmaiņas</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7B9F1B06" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="00710240" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>15 (1)(d)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B0DDC65" wp14:editId="3DCCF917">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4576646</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>857039</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="638684" cy="387350"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1206970433" name="Text Box 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="638684" cy="387350"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFCCFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="55811277" w14:textId="059E08B3" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00A904D4">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Turpmākas izmaiņas</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5B0DDC65" id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:360.35pt;margin-top:67.5pt;width:50.3pt;height:30.5pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwdoGOMAIAAHMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06aLQuMOEWWwsOA&#10;oC2QDj3Lshwbk0WNUmJ3Xz9KiZOu2WnYhaZE6pF8JL247VvNDgpdAybjk9GYM2UklI3ZZfz7U/5h&#10;zpnzwpRCg1EZf1GO3y7fv1t0NlU3UIMuFTICMS7tbMZr722aJE7WqhVuBFYZMlaArfB0xF1SougI&#10;vdXJzXg8SzrA0iJI5Rzd3h2NfBnxq0pJ/1BVTnmmM065+SgxyiLIZLkQ6Q6FrRt5SkP8QxataAwF&#10;PUPdCS/YHpsrqLaRCA4qP5LQJlBVjVSxBqpmMn5TzbYWVsVaiBxnzzS5/wcr7w9b+4jM91+gpwYG&#10;QjrrUkeXoZ6+wjZ8KVNGdqLw5Uyb6j2TdDmbzmfzj5xJMk3nn6efIq3J5bFF578qaFlQMo7UlUiW&#10;OGycp4DkOriEWA50U+aN1vGAu2KtkR0EdTDP1+s8DznSkz/ctGFdyIRiX0EE7DNEoYX8cY1AeNoQ&#10;7KX2oPm+6FlTUlkDLwWUL0QXwnGSnJV5Q/Ab4fyjQBodYojWwT+QqDRQTnDSOKsBf/3tPvhTR8nK&#10;WUejmHH3cy9Qcaa/Gep1mNtBwUEpBsXs2zUQNxNaNCujSg/Q60GtENpn2pJViEImYSTFyrgf1LU/&#10;LgRtmVSrVXSi6bTCb8zWygAdOA00PvXPAu2pj54G4B6GIRXpm3YefcNLA6u9h6qJvQ68Hlk80U2T&#10;Hft52sKwOq/P0evyr1j+BgAA//8DAFBLAwQUAAYACAAAACEAjTTgd+AAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1m0DahjgVAgE3UFu4b2OTRI3XUew2ga9nOcFxZ55m&#10;Z4r15DpxskNoPWmYzxQIS5U3LdUa3ndP10sQISIZ7DxZDV82wLo8PyswN36kjT1tYy04hEKOGpoY&#10;+1zKUDXWYZj53hJ7n35wGPkcamkGHDncdTJRKpMOW+IPDfb2obHVYXt0Gj7i+LZ7vnp5PNx8pxvM&#10;BrmaXqXWlxfT/R2IaKf4B8Nvfa4OJXfa+yOZIDoNi0QtGGUjveVRTCyTeQpiz8oqUyDLQv7fUP4A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcHaBjjACAABzBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjTTgd+AAAAALAQAADwAAAAAAAAAAAAAA&#10;AACKBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="#fcf" strokeweight=".5pt">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="55811277" w14:textId="059E08B3" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00A904D4">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Turpmākas izmaiņas</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B7CBE7E" wp14:editId="7BA4F17D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3025725</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>867166</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="597112" cy="374650"/>
+                <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="814495540" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="597112" cy="374650"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="accent1">
+                            <a:lumMod val="60000"/>
+                            <a:lumOff val="40000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5FE1216A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Jauns</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5ACBC1E3" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="00BA476D" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>tips</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7B7CBE7E" id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:238.25pt;margin-top:68.3pt;width:47pt;height:29.5pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFamQJWAIAAMEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wihAdaIUDEqpkms&#10;rUSnPhvHIdEcn2cbEvbX9+wQYO2epvFg7pfvzt99l9ldW0tyEMZWoDIaD4aUCMUhr9Quoz+eV58+&#10;U2IdUzmToERGj8LSu/nHD7NGp2IEJchcGIJJlE0bndHSOZ1GkeWlqJkdgBYKnQWYmjlUzS7KDWsw&#10;ey2j0XA4iRowuTbAhbVove+cdB7yF4Xg7rEorHBEZhR7c+E04dz6M5rPWLozTJcVP7XB/qGLmlUK&#10;i55T3TPHyN5U71LVFTdgoXADDnUERVFxEd6Ar4mHb16zKZkW4S0IjtVnmOz/S8sfDhv9ZIhrv0CL&#10;A/SANNqmFo3+PW1hav+PnRL0I4THM2yidYSjcXw7jeMRJRxdN9NkMg6wRpfL2lj3VUBNvJBRg1MJ&#10;YLHD2josiKF9iK9lQVb5qpIyKJ4JYikNOTCcIeNcKBeH63Jff4e8s0+G+OumiWaceWdOejOWCJzy&#10;mULBP4pIRZqMTm6w83cN+M7O5beS8Z++jM93aRM1qdB4Qc5Lrt22pMozmvSobiE/ItgGOh5azVcV&#10;pl8z656YQeIhvrhM7hGPQgL2BCeJkhLM77/ZfTzyAb2UNEjkjNpfe2YEJfKbQqbcxknimR+UZDwd&#10;oWKuPdtrj9rXS0CcY1xbzYPo453sxcJA/YI7t/BV0cUUx9oZdb24dN164c5ysViEIOS6Zm6tNpr7&#10;1B5jD+tz+8KMPrHCIZ0eoKc8S9+Qo4v1NxUs9g6KKjDH49yheoIf9yRM57TTfhGv9RB1+fLMXwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhAAMb+x3hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQ&#10;hO9IvIO1SNyoQyFOE+JUVSW4cEANtFJvbrwkAf9Esdumb89yguPOfJqdKZeTNeyEY+i9k3A/S4Ch&#10;a7zuXSvh4/35bgEsROW0Mt6hhAsGWFbXV6UqtD+7DZ7q2DIKcaFQEroYh4Lz0HRoVZj5AR15n360&#10;KtI5tlyP6kzh1vB5kghuVe/oQ6cGXHfYfNdHK2HVvtWvU/6y34n91uTzxZp/ZRcpb2+m1ROwiFP8&#10;g+G3PlWHijod/NHpwIyEx0ykhJLxIAQwItIsIeVASp4K4FXJ/2+ofgAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDFamQJWAIAAMEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQADG/sd4QAAAAsBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" fillcolor="#8eaadb [1940]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5FE1216A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Jauns</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5ACBC1E3" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="00BA476D" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>tips</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01D14339" wp14:editId="540C8A18">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3690571</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1804525</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="802640" cy="350599"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1631356649" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="802640" cy="350599"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2961F04A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>EMC</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>/pieteicējs</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ir </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ritekļa</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> tipa turētājs un turētājs izvēlas v</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ersiju</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="01D14339" id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:290.6pt;margin-top:142.1pt;width:63.2pt;height:27.6pt;z-index:251702272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARtKWYOAIAAGsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuP2jAQvlfqf7B8LwkU6BIRVpQVVSW0&#10;uxK72rNxbBLJ8bi2IaG/vmMnPLrtqSoHM+MZz+P7ZjK/b2tFjsK6CnROh4OUEqE5FJXe5/T1Zf3p&#10;jhLnmS6YAi1yehKO3i8+fpg3JhMjKEEVwhIMol3WmJyW3pssSRwvRc3cAIzQaJRga+ZRtfuksKzB&#10;6LVKRmk6TRqwhbHAhXN4+9AZ6SLGl1Jw/ySlE56onGJtPp42nrtwJos5y/aWmbLifRnsH6qoWaUx&#10;6SXUA/OMHGz1R6i64hYcSD/gUCcgZcVF7AG7GabvutmWzIjYC4LjzAUm9//C8sfj1jxb4tuv0CKB&#10;AZDGuMzhZeinlbYO/1gpQTtCeLrAJlpPOF7epaPpGC0cTZ8n6WQ2C1GS62Njnf8moCZByKlFViJY&#10;7LhxvnM9u4RcDlRVrCulonJyK2XJkSGByHsBDSWKOY+XOV3HX5/tt2dKkyanUywnZtIQ4nWplMbi&#10;rj0Gybe7llRFTifn/ndQnBAWC93EOMPXFRa/wczPzOKIYL849v4JD6kAc0EvUVKC/fm3++CPzKGV&#10;kgZHLqfux4FZgQ1918jpbDgOMPqojCdfRqjYW8vu1qIP9QoQlCEumOFRDP5enUVpoX7D7ViGrGhi&#10;mmPunPqzuPLdIuB2cbFcRiecSsP8Rm8ND6EDA4Gal/aNWdPz55H4RzgPJ8ve0dj5hpcalgcPsooc&#10;B5w7VHv4caLjlPTbF1bmVo9e12/E4hcAAAD//wMAUEsDBBQABgAIAAAAIQBVZa3/5AAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF03tlLqTgiBYBLVtoLENWtMW2iSKsnW&#10;sqcnnOBmy59+f3+2GlXHjmRdazTCdBIBI10Z2eoa4e318SoB5rzQUnRGE8I3OVjl52eZSKUZ9I6O&#10;pa9ZCNEuFQiN933KuasaUsJNTE863D6MVcKH1dZcWjGEcNXxOIoWXIlWhw+N6Om+oeqrPCiE96F8&#10;spv1+nPbPxenzaksXuihQLy8GO9ugXka/R8Mv/pBHfLgtDcHLR3rEK6TaRxQhDiZhyEQy2i5ALZH&#10;mM1u5sDzjP/vkP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEbSlmDgCAABrBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVWWt/+QAAAALAQAA&#10;DwAAAAAAAAAAAAAAAACSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2961F04A" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>EMC</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>/pieteicējs</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ir </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ritekļa</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> tipa turētājs un turētājs izvēlas v</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ersiju</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="001A90E5" wp14:editId="163540F7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1184365</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1856720</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="791216" cy="266700"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="830795136" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="791216" cy="266700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5B79576C" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">EMC ir </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ritekļa</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> tipa turētājs un turētājs izvēlas variantu</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="001A90E5" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:93.25pt;margin-top:146.2pt;width:62.3pt;height:21pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnqmMvMAIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2xnadoacYosRYYB&#10;QVsgHXpWZCkRIIuapMTOfv0oOa91Ow27yKRI8fF9pCcPXaPJXjivwFS0GOSUCMOhVmZT0e+vi093&#10;lPjATM00GFHRg/D0Yfrxw6S1pRjCFnQtHMEgxpetreg2BFtmmedb0TA/ACsMGiW4hgVU3SarHWsx&#10;eqOzYZ6PsxZcbR1w4T3ePvZGOk3xpRQ8PEvpRSC6olhbSKdL5zqe2XTCyo1jdqv4sQz2D1U0TBlM&#10;eg71yAIjO6f+CNUo7sCDDAMOTQZSKi5SD9hNkb/rZrVlVqReEBxvzzD5/xeWP+1X9sWR0H2BDgmM&#10;gLTWlx4vYz+ddE38YqUE7Qjh4Qyb6ALheHl7XwyLMSUcTcPx+DZPsGaXx9b58FVAQ6JQUYesJLDY&#10;fukDJkTXk0vM5UGreqG0TkqcBDHXjuwZcqhDKhFf/OalDWkrOv58k6fABuLzPrI2mODSUpRCt+6I&#10;qvHBqd011AdEwUE/IN7yhcJal8yHF+ZwIrBxnPLwjIfUgLngKFGyBffzb/fRH4lCKyUtTlhF/Y8d&#10;c4IS/c0ghffFaBRHMimjm9shKu7asr62mF0zBwSgwH2yPInRP+iTKB00b7gMs5gVTcxwzF3RcBLn&#10;oZ97XCYuZrPkhENoWVialeUxdAQ8MvHavTFnj3QF5PkJTrPIynes9b7xpYHZLoBUidKIc4/qEX4c&#10;4MT0cdnihlzryevyS5j+AgAA//8DAFBLAwQUAAYACAAAACEAoWRJOuIAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPy07DMBBF90j8gzVIbBB1Hm0pIU6FEFCJHQ0PsXPjIYmIx1HsJuHvGVawm6s5&#10;unMm3862EyMOvnWkIF5EIJAqZ1qqFbyUD5cbED5oMrpzhAq+0cO2OD3JdWbcRM847kMtuIR8phU0&#10;IfSZlL5q0Gq/cD0S7z7dYHXgONTSDHrictvJJIrW0uqW+EKje7xrsPraH62Cj4v6/cnPj69Tukr7&#10;+91YXr2ZUqnzs/n2BkTAOfzB8KvP6lCw08EdyXjRcd6sV4wqSK6TJQgm0jiOQRx4SJdLkEUu//9Q&#10;/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDnqmMvMAIAAFoEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQChZEk64gAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAIoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5B79576C" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">EMC ir </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ritekļa</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> tipa turētājs un turētājs izvēlas variantu</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698176" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1409F7CF" wp14:editId="5D748B42">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5539740</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>856403</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="588433" cy="387399"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1226754295" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="588433" cy="387399"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="4472C4">
+                            <a:lumMod val="60000"/>
+                            <a:lumOff val="40000"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="16CB038C" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Jauns</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0553D9F2" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="00BA476D" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                                <w:szCs w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>tips</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1409F7CF" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:436.2pt;margin-top:67.45pt;width:46.35pt;height:30.5pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqFnZjVwIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wP5xNxiixFhgFZ&#10;WyAdepZlOTEmi5qkxO5+/SjZTtJup2E5KBJJPZGPj17e1aUkZ2FsASqhg16fEqE4ZIU6JPT78/bT&#10;jBLrmMqYBCUS+iosvVt9/LCs9EIM4QgyE4YgiLKLSif06JxeRJHlR1Ey2wMtFDpzMCVzeDSHKDOs&#10;QvRSRsN+fxJVYDJtgAtr0XrfOOkq4Oe54O4xz61wRCYUc3NhNWFN/RqtlmxxMEwfC96mwf4hi5IV&#10;Ch+9QN0zx8jJFH9AlQU3YCF3PQ5lBHlecBFqwGoG/XfV7I9Mi1ALkmP1hSb7/2D5w3mvnwxx9Weo&#10;sYGekErbhUWjr6fOTen/MVOCfqTw9UKbqB3haBzPZvFoRAlH12g2Hc3nHiW6XtbGui8CSuI3CTXY&#10;lUAWO++sa0K7EP+WBVlk20LKcDCHdCMNOTPsYBxPh5s43JWn8htkjXnSx1/TSjRjw9vozoyp2AYm&#10;pPUGXypSJXQyGvcD7BufT+rydioZ/9EWdhOF2FIh7JU0v3N1WpMiS+i0IzSF7BV5NtBI0Gq+LRB+&#10;x6x7YgY1h9TiHLlHXHIJmBO0O0qOYH79ze7jUQropaRCDSfU/jwxIyiRXxWKZD6IYy/6cIjH0yEe&#10;zK0nvfWoU7kBJHmAE6t52Pp4J7ttbqB8wXFb+1fRxRTHtxPquu3GNZOF48rFeh2CUOaauZ3aa+6h&#10;fUs9rc/1CzO6FYRDJT1Ap3a2eKeLJtbfVLA+OciLIBrPc8NqSz+OSOhvO85+Bm/PIer60Vn9BgAA&#10;//8DAFBLAwQUAAYACAAAACEAh2FqN+QAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkLhNLO9axlqYTGuwyLnQgELesCW1F4lRN1nV7eswJjvb/6ffnfDVawwbd+9ahgHgaAdNY&#10;OdViLeDtdXOzBOaDRCWNQy3gpD2sisuLXGbKHbHUwy7UjErQZ1JAE0KXce6rRlvpp67TSNmX660M&#10;NPY1V708Urk1fBZFC25li3ShkZ1eN7r63h2sgPPzSzm8fyZPEzNsJx+PZXw6rzdCXF+ND/fAgh7D&#10;Hwy/+qQOBTnt3QGVZ0bA8m42J5SC23kKjIh0kcTA9rRJkxR4kfP/PxQ/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAKoWdmNXAgAAvAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAIdhajfkAAAACwEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" fillcolor="#8faadc" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="16CB038C" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Jauns</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0553D9F2" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="00BA476D" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                          <w:szCs w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>tips</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B0F44D0" wp14:editId="73CFC9CF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3012440</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>39370</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="651510" cy="459740"/>
+                <wp:effectExtent l="0" t="0" r="15240" b="16510"/>
+                <wp:wrapNone/>
+                <wp:docPr id="393633690" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="651510" cy="459740"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFCCFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="32A55E62" w14:textId="2A8677F1" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="15"/>
+                                <w:szCs w:val="15"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="15"/>
+                                <w:szCs w:val="15"/>
+                              </w:rPr>
+                              <w:t>15 (1)(c) izmaiņas</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5B0F44D0" id="Text Box 2" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:237.2pt;margin-top:3.1pt;width:51.3pt;height:36.2pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDokzwaMwIAAHMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L066puuMOEWWwsOA&#10;oi2QDj0rshwLk0WNUmJnXz9KiZO13WnYRaZE6ol8j/Tspm8N2yn0GmzBJ6MxZ8pKqLTdFPz7U/nh&#10;mjMfhK2EAasKvlee38zfv5t1LlcX0ICpFDICsT7vXMGbEFyeZV42qhV+BE5ZctaArQi0xU1WoegI&#10;vTXZxXh8lXWAlUOQyns6vT04+Tzh17WS4aGuvQrMFJxyC2nFtK7jms1nIt+gcI2WxzTEP2TRCm3p&#10;0RPUrQiCbVG/gWq1RPBQh5GENoO61lKlGqiayfhVNatGOJVqIXK8O9Hk/x+svN+t3COy0H+BngSM&#10;hHTO554OYz19jW38UqaM/ETh/kSb6gOTdHg1nUwn5JHkupx+/nSZaM3Olx368FVBy6JRcCRVElli&#10;d+cDPUihQ0h8y4PRVamNSRvcrJcG2U6QgmW5XJZlzJGuvAgzlnWUycfpOCG/8EXsE8TaCPnjLQLh&#10;GUuw59qjFfp1z3RV8OuBlzVUe6IL4dBJ3slSE/yd8OFRILUO8UDjEB5oqQ1QTnC0OGsAf/3tPMaT&#10;ouTlrKNWLLj/uRWoODPfLGkd+3YwcDDWg2G37RKImwkNmpPJpAsYzGDWCO0zTckivkIuYSW9VfAw&#10;mMtwGAiaMqkWixRE3elEuLMrJyN0VCLS+NQ/C3RHHQM1wD0MTSryV3IeYuNNC4ttgFonrSOvBxaP&#10;dFNnJz2PUxhH5899ijr/K+a/AQAA//8DAFBLAwQUAAYACAAAACEAvoc5ed4AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1KCEpIZsKgYAbqH93N16SqLEd2W4TeHqWExxH&#10;M5r5plxOphcn8qFzFuFmloAgWzvd2QZhu3m5XoAIUVmtemcJ4YsCLKvzs1IV2o12Rad1bASX2FAo&#10;hDbGoZAy1C0ZFWZuIMvep/NGRZa+kdqrkctNL+dJkkmjOssLrRroqaX6sD4ahF0cPzavV2/Ph/T7&#10;dqUyL++nd4l4eTE9PoCINMW/MPziMzpUzLR3R6uD6BHSPE05ipDNQbB/l+f8bY+QLzKQVSn/H6h+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOiTPBozAgAAcwQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL6HOXneAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="#fcf" strokeweight=".5pt">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="32A55E62" w14:textId="2A8677F1" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="15"/>
+                          <w:szCs w:val="15"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="15"/>
+                          <w:szCs w:val="15"/>
+                        </w:rPr>
+                        <w:t>15 (1)(c) izmaiņas</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251699200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="057DF9C5" wp14:editId="4CE3BFE0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4584911</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1723390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="642174" cy="383908"/>
+                <wp:effectExtent l="0" t="0" r="24765" b="16510"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1027114695" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="642174" cy="383908"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="70AD47">
+                            <a:lumMod val="20000"/>
+                            <a:lumOff val="80000"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="064F9820" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Sākotnējā tipa </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="368BA951" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>varianta versija</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="36000" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="057DF9C5" id="Text Box 4" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:361pt;margin-top:135.7pt;width:50.55pt;height:30.25pt;z-index:251699200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLf2jIUgIAALAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8LE2NOEWWIMOA&#10;rC2QDj3LspwYk0VNUmJnv76UbCdtt9Owi0KT1BP5+Jj5XVNJchLGlqBSOhzElAjFIS/VPqU/njaf&#10;ZpRYx1TOJCiR0rOw9G7x8cO81okYwQFkLgxBEGWTWqf04JxOosjyg6iYHYAWCoMFmIo5/DT7KDes&#10;RvRKRqM4nkY1mFwb4MJa9K7bIF0E/KIQ3D0UhRWOyJRibS6cJpyZP6PFnCV7w/Sh5F0Z7B+qqFip&#10;8NEL1Jo5Ro6m/AOqKrkBC4UbcKgiKIqSi9ADdjOM33WzOzAtQi9IjtUXmuz/g+X3p51+NMQ1X6DB&#10;AXpCam0Ti07fT1OYyv9ipQTjSOH5QptoHOHonE5Gw5sJJRxD49n4Np55lOh6WRvrvgqoiDdSanAq&#10;gSx22lrXpvYp/i0Lssw3pZThw+yzlTTkxHCCN/FyPbkJd+Wx+g5560YhxN0o0Y0Db92z3o2l2BYm&#10;lPUGXypSYwvjz3GAfRPzRV3eziTjP7vGXmUhtlQIeyXNW67JGlLmKb3tCc0gPyPPBloJWs03JcJv&#10;mXWPzKDmkFrcI/eARyEBa4LOouQA5vff/D4fpYBRSmrUcErtryMzghL5TaFIvOCDMZ56gojpvVlv&#10;qGO1AiR2iFuqeTB9npO9WRionnHFlv4lDDHF8b2Uut5cuXabcEW5WC5DEkpbM7dVO809tB+jp/Kp&#10;eWZGdyJwqJ576BXOkndaaHP9TQXLo4OiDELx3LZMdpTjWoSZdivs9+71d8i6/tEsXgAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAK6nMYbgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyo46SiaYhTIURPlUAUJK5be5tExHYUb9vw95gTHEczmnlTb2Y3iDNNsQ9eg1pkIMibYHvfavh4&#10;396VICKjtzgETxq+KcKmub6qsbLh4t/ovOdWpBIfK9TQMY+VlNF05DAuwkg+eccwOeQkp1baCS+p&#10;3A0yz7J76bD3aaHDkZ46Ml/7k9PwqXZmeXyZ1+UrMvPzzmy5jVrf3syPDyCYZv4Lwy9+QocmMR3C&#10;ydsoBg2rPE9fWEO+UksQKVHmhQJx0FAUag2yqeX/D80PAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMt/aMhSAgAAsAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAK6nMYbgAAAACwEAAA8AAAAAAAAAAAAAAAAArAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" fillcolor="#e2f0d9" strokeweight=".5pt">
+                <v:textbox inset="0,1mm,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="064F9820" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Sākotnējā tipa </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="368BA951" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>varianta versija</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5844CEE3" wp14:editId="62C1C47D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3016673</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1673437</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="622300" cy="459740"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="16510"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1085173259" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="622300" cy="459740"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFCCFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7BB57507" w14:textId="03B427E7" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="15"/>
+                                <w:szCs w:val="15"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="15"/>
+                                <w:szCs w:val="15"/>
+                              </w:rPr>
+                              <w:t>15 (1)(c) izmaiņas</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5844CEE3" id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:237.55pt;margin-top:131.75pt;width:49pt;height:36.2pt;z-index:251696128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIrGrfMgIAAHQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykH9uMOEWWwsOA&#10;oi2QDj3Lshwbk0WNUmJnv36UEidru9Owi0yR1CP5SHp+M3Sa7RS6FkzOp5OUM2UkVK3Z5Pz7U/Hh&#10;E2fOC1MJDUblfK8cv1m8fzfvbaZm0ICuFDICMS7rbc4b722WJE42qhNuAlYZMtaAnfB0xU1SoegJ&#10;vdPJLE2vkx6wsghSOUfa24ORLyJ+XSvpH+raKc90zik3H0+MZxnOZDEX2QaFbVp5TEP8QxadaA0F&#10;PUHdCi/YFts3UF0rERzUfiKhS6CuW6liDVTNNH1VzboRVsVaiBxnTzS5/wcr73dr+4jMD19goAYG&#10;QnrrMkfKUM9QYxe+lCkjO1G4P9GmBs8kKa9ns4uULJJMl1efP15GWpPzY4vOf1XQsSDkHKkrkSyx&#10;u3OeApLr6BJiOdBtVbRaxwtuypVGthPUwaJYrYoi5EhPXrhpw3rK5OIqjcgvbAH7BFFqIX+8RSA8&#10;bQj2XHuQ/FAOrK2Il1hSUJVQ7YkvhMMoOSuLlvDvhPOPAml2iAjaB/9AR62BkoKjxFkD+Otv+uBP&#10;LSUrZz3NYs7dz61AxZn+ZqjZYXBHAUehHAWz7VZA5Exp06yMIj1Ar0exRuieaU2WIQqZhJEUK+d+&#10;FFf+sBG0ZlItl9GJxtMKf2fWVgbo0IrA49PwLNAeG+lpAu5hnFKRvernwTe8NLDceqjb2Owzi0e+&#10;abRjQ49rGHbnz3v0Ov8sFr8BAAD//wMAUEsDBBQABgAIAAAAIQC/inge4gAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOu0blIa4lQIBN2B+mA/jU0SNR5HttsEvh6zguXM&#10;HN05t1iPpmMX7XxrScJsmgDTVFnVUi3hsH+Z3APzAUlhZ0lL+NIe1uX1VYG5sgNt9WUXahZDyOco&#10;oQmhzzn3VaMN+qntNcXbp3UGQxxdzZXDIYabjs+TJOMGW4ofGuz1U6Or0+5sJHyE4X3/erd5Pi2+&#10;xRYzx1fjG5fy9mZ8fAAW9Bj+YPjVj+pQRqejPZPyrJOwWKaziEqYZyIFFol0KeLmKEGIdAW8LPj/&#10;DuUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMisat8yAgAAdAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL+KeB7iAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="#fcf" strokeweight=".5pt">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="7BB57507" w14:textId="03B427E7" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="15"/>
+                          <w:szCs w:val="15"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="15"/>
+                          <w:szCs w:val="15"/>
+                        </w:rPr>
+                        <w:t>15 (1)(c) izmaiņas</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E9BCA13" wp14:editId="79A40C7F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1196764</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1076748</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1210734" cy="262466"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="4445"/>
+                <wp:wrapNone/>
+                <wp:docPr id="724990371" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1210734" cy="262466"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="65D4ED83" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>EMC</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>/pieteicējs</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">nav </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ritekļa</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> tipa turētājs </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>vai</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> turētājs izvēlas </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>jaunu tipu</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3E9BCA13" id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:94.25pt;margin-top:84.8pt;width:95.35pt;height:20.65pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2/CpfOgIAAG0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+y4adoZcYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2Xms22lYDgopUnx8H+nZQ9cochDW1aALOh6llAjNoaz1rqDfX1ef&#10;7ilxnumSKdCioEfh6MP844dZa3KRQQWqFJZgEO3y1hS08t7kSeJ4JRrmRmCERqME2zCPqt0lpWUt&#10;Rm9UkqXpNGnBlsYCF87h7WNvpPMYX0rB/bOUTniiCoq1+XjaeG7DmcxnLN9ZZqqaD2Wwf6iiYbXG&#10;pOdQj8wzsrf1H6GamltwIP2IQ5OAlDUXsQfsZpy+62ZTMSNiLwiOM2eY3P8Ly58OG/Niie++QIcE&#10;BkBa43KHl6GfTtom/GOlBO0I4fEMm+g84eFRNk7vbiaUcLRl02wynYYwyeW1sc5/FdCQIBTUIi0R&#10;LXZYO9+7nlxCMgeqLle1UlE5uqWy5MCQQSS+hJYSxZzHy4Ku4m/I9tszpUlb0OnNbRozaQjx+lRK&#10;Y3GXJoPku21H6hJ7OSOwhfKIwFjoZ8YZvqqx+jWmfmEWhwSxwMH3z3hIBZgMBomSCuzPv90Hf+QO&#10;rZS0OHQFdT/2zArs6JtGVj+PJ5MwpVGZ3N5lqNhry/baovfNEhCVMa6Y4VEM/l6dRGmhecP9WISs&#10;aGKaY+6C+pO49P0q4H5xsVhEJ5xLw/xabwwPoQMFgZvX7o1ZMxDokfonOI0ny9/x2PuGlxoWew+y&#10;jiQHoHtUB/xxpuOYDPsXluZaj16Xr8T8FwAAAP//AwBQSwMEFAAGAAgAAAAhANzMhlTiAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cshgRkLIxRqObLFlFE69dOgJKW9J2&#10;F9yndzzpbf7Ml3++KVazHtgBne+tEbBcRMDQNFb1phXw9vpwkQLzQRolB2tQwDd6WJWnJ4XMlZ3M&#10;Cx7q0DIqMT6XAroQxpxz33SopV/YEQ3tPqzTMlB0LVdOTlSuBx5HUcK17A1d6OSIdx02X/VeC3if&#10;6ke3Xa8/n8en6rg91tUG7yshzs/m2xtgAefwB8OvPqlDSU47uzfKs4Fyml4RSkOSJcCIuLzOYmA7&#10;AfEyyoCXBf//Q/kDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtvwqXzoCAABtBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3MyGVOIAAAALAQAA&#10;DwAAAAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="65D4ED83" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>EMC</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>/pieteicējs</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">nav </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ritekļa</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> tipa turētājs </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>vai</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> turētājs izvēlas </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>jaunu tipu</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25805CEC" wp14:editId="48799C15">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2715684</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1338580</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1210734" cy="262466"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="4445"/>
+                <wp:wrapNone/>
+                <wp:docPr id="69072181" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1210734" cy="262466"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="463B64A1" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>EMC</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>/pieteicējs</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">nav </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ritekļa</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> tipa turētājs </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>vai</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> turētājs izvēlas </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>jaunu tipu</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="25805CEC" id="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:213.85pt;margin-top:105.4pt;width:95.35pt;height:20.65pt;z-index:251705344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2LIv7OgIAAG0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+y4adoZcYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2Xms22lYDgopUnx8H+nZQ9cochDW1aALOh6llAjNoaz1rqDfX1ef&#10;7ilxnumSKdCioEfh6MP844dZa3KRQQWqFJZgEO3y1hS08t7kSeJ4JRrmRmCERqME2zCPqt0lpWUt&#10;Rm9UkqXpNGnBlsYCF87h7WNvpPMYX0rB/bOUTniiCoq1+XjaeG7DmcxnLN9ZZqqaD2Wwf6iiYbXG&#10;pOdQj8wzsrf1H6GamltwIP2IQ5OAlDUXsQfsZpy+62ZTMSNiLwiOM2eY3P8Ly58OG/Niie++QIcE&#10;BkBa43KHl6GfTtom/GOlBO0I4fEMm+g84eFRNk7vbiaUcLRl02wynYYwyeW1sc5/FdCQIBTUIi0R&#10;LXZYO9+7nlxCMgeqLle1UlE5uqWy5MCQQSS+hJYSxZzHy4Ku4m/I9tszpUlb0OnNbRozaQjx+lRK&#10;Y3GXJoPku21H6jL0ckJgC+URgbHQz4wzfFVj9WtM/cIsDgligYPvn/GQCjAZDBIlFdiff7sP/sgd&#10;WilpcegK6n7smRXY0TeNrH4eTyZhSqMyub3LULHXlu21Re+bJSAqY1wxw6MY/L06idJC84b7sQhZ&#10;0cQ0x9wF9Sdx6ftVwP3iYrGITjiXhvm13hgeQgcKAjev3RuzZiDQI/VPcBpPlr/jsfcNLzUs9h5k&#10;HUkOQPeoDvjjTMcxGfYvLM21Hr0uX4n5LwAAAP//AwBQSwMEFAAGAAgAAAAhAI5T/0DiAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M1uEmpbYjZFRNGCoRoFr9tkTKLZ2bC7&#10;bWKfvuNJjzPz8c/3Z+vJ9OKAzneWFMSzCARSZeuOGgXvbw9XKxA+aKp1bwkV/KCHdX5+lum0tiO9&#10;4qEMjeAQ8qlW0IYwpFL6qkWj/cwOSHz7tM7owKNrZO30yOGml0kULaTRHfGHVg9412L1Xe6Ngo+x&#10;fHTbzebrZXgqjttjWTzjfaHU5cV0ewMi4BT+YPjVZ3XI2Wln91R70SuYJ8slowqSOOIOTCzi1RzE&#10;jjfXSQwyz+T/DvkJAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdiyL+zoCAABtBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjlP/QOIAAAALAQAA&#10;DwAAAAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="463B64A1" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>EMC</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>/pieteicējs</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">nav </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ritekļa</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> tipa turētājs </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>vai</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> turētājs izvēlas </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>jaunu tipu</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C659D01" wp14:editId="61452539">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2051473</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1711537</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="625052" cy="393700"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="169215967" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="625052" cy="393700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="accent2">
+                            <a:lumMod val="40000"/>
+                            <a:lumOff val="60000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0BD51851" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Sākotnējā tipa</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="091282EB" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>variants</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="36000" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7C659D01" id="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:161.55pt;margin-top:134.75pt;width:49.2pt;height:31pt;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnpVn/VAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwlQaIsIK8qKqhLd&#10;XYmt9mwcm0S1Pa5tSOiv37FDoLvtqSoHM54Zz8ebN5nftFqRo3C+BlPQ4SCnRBgOZW32Bf3+uH73&#10;kRIfmCmZAiMKehKe3izevpk3diZGUIEqhSMYxPhZYwtahWBnWeZ5JTTzA7DCoFGC0yzg1e2z0rEG&#10;o2uVjfJ8mjXgSuuAC+9Re9sZ6SLFl1LwcC+lF4GogmJtIZ0unbt4Zos5m+0ds1XNz2Wwf6hCs9pg&#10;0kuoWxYYObj6j1C65g48yDDgoDOQsuYi9YDdDPNX3WwrZkXqBcHx9gKT/39h+d1xax8cCe1naHGA&#10;EZDG+plHZeynlU7Hf6yUoB0hPF1gE20gHJXT0SSfjCjhaBp/Gn/IE6zZ9bF1PnwRoEkUCupwKgks&#10;dtz4gAnRtXeJuTyoulzXSqVLZIJYKUeODGfIOBcmjNJzddDfoOz073P8ddNENc68U097NaZInIqR&#10;UsIXSZQhDfYxnuQp8AtbrOySfqcY/xHTxHjXMvGmDCqvyEUptLuW1CWiOu5h3UF5QrQddET0lq9r&#10;jL9hPjwwh8xDgHGbwj0eUgEWBWeJkgrcr7/poz8SAq2UNMjkgvqfB+YEJeqrQapE2idhHNGgxPXa&#10;XS+Yg14BgjvEXbU8idEvqF6UDvQTLtoyZkITMxzzFTT04ip0O4WLysVymZyQ4JaFjdlaHkPHYUYs&#10;H9sn5uyZCgE5dAc9z9nsFSM63/jSwPIQQNaJLhHcDskz5rgcaSTnRY7b9/s9eV0/N4tnAAAA//8D&#10;AFBLAwQUAAYACAAAACEA53FpPOAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VIXBB1fqCiIU5VKlU9ogaEOLrx4kTE6yh208DTs5zgNqv5NDtTrmfXiwnH0HlSkC4SEEiNNx1Z&#10;Ba8vu9sHECFqMrr3hAq+MMC6urwodWH8mQ441dEKDqFQaAVtjEMhZWhadDos/IDE3ocfnY58jlaa&#10;UZ853PUyS5KldLoj/tDqAbctNp/1ySmYdjfP+P1EZlu375v9bN3ert6Uur6aN48gIs7xD4bf+lwd&#10;Ku509CcyQfQK8ixPGVWQLVf3IJi4y1IWR7ZyFrIq5f8N1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA56VZ/1QCAAC2BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA53FpPOAAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" fillcolor="#f7caac [1301]" strokeweight=".5pt">
+                <v:textbox inset="0,1mm,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="0BD51851" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Sākotnējā tipa</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="091282EB" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>variants</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34B1F145" wp14:editId="2981BDAF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2702983</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>530225</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1231900" cy="262255"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+                <wp:wrapNone/>
+                <wp:docPr id="580386579" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1231900" cy="262255"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5E3E1CBD" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>EMC</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>/pieteicējs</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">nav </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>ritekļa</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> tipa turētājs </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>vai</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007802ED">
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> turētājs izvēlas </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                              <w:t>jaunu tipu</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="34B1F145" id="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:212.85pt;margin-top:41.75pt;width:97pt;height:20.65pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBp2tliOgIAAG0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+y4SdYacYosRYYB&#10;RVsgHXpWZCk2IIuapMTOfv0o2Xms22lYDgopUnx8H+n5fdcochDW1aALOh6llAjNoaz1rqDfX9ef&#10;bilxnumSKdCioEfh6P3i44d5a3KRQQWqFJZgEO3y1hS08t7kSeJ4JRrmRmCERqME2zCPqt0lpWUt&#10;Rm9UkqXpLGnBlsYCF87h7UNvpIsYX0rB/bOUTniiCoq1+XjaeG7DmSzmLN9ZZqqaD2Wwf6iiYbXG&#10;pOdQD8wzsrf1H6GamltwIP2IQ5OAlDUXsQfsZpy+62ZTMSNiLwiOM2eY3P8Ly58OG/Niie++QIcE&#10;BkBa43KHl6GfTtom/GOlBO0I4fEMm+g84eFRdjO+S9HE0ZbNsmw6DWGSy2tjnf8qoCFBKKhFWiJa&#10;7PDofO96cgnJHKi6XNdKReXoVsqSA0MGkfgSWkoUcx4vC7qOvyHbb8+UJm1BZzfTNGbSEOL1qZTG&#10;4i5NBsl3247UJfYyOSGwhfKIwFjoZ8YZvq6x+kdM/cIsDgk2jIPvn/GQCjAZDBIlFdiff7sP/sgd&#10;WilpcegK6n7smRXY0TeNrN6NJ5MwpVGZTD9nqNhry/baovfNChCVMa6Y4VEM/l6dRGmhecP9WIas&#10;aGKaY+6C+pO48v0q4H5xsVxGJ5xLw/yj3hgeQgcKAjev3RuzZiDQI/VPcBpPlr/jsfcNLzUs9x5k&#10;HUkOQPeoDvjjTMcxGfYvLM21Hr0uX4nFLwAAAP//AwBQSwMEFAAGAAgAAAAhAHWc5oniAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo09BHCHEqhEBQiagQkNi68ZAEYjuy&#10;3Sbt1zOs6HJmju6cm61G3bE9Ot9aI2A6iYChqaxqTS3g4/3xKgHmgzRKdtaggAN6WOXnZ5lMlR3M&#10;G+7LUDMKMT6VApoQ+pRzXzWopZ/YHg3dvqzTMtDoaq6cHChcdzyOogXXsjX0oZE93jdY/ZQ7LeBz&#10;KJ/cZr3+fu2fi+PmWBYv+FAIcXkx3t0CCziGfxj+9EkdcnLa2p1RnnUCZvF8SaiA5HoOjIDF9IYW&#10;WyLjWQI8z/hphfwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAadrZYjoCAABtBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdZzmieIAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5E3E1CBD" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="007802ED" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>EMC</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>/pieteicējs</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">nav </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>ritekļa</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> tipa turētājs </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>vai</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007802ED">
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> turētājs izvēlas </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                        <w:t>jaunu tipu</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71569F57" wp14:editId="232BB25C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4578355</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>45725</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="642174" cy="408339"/>
+                <wp:effectExtent l="0" t="0" r="24765" b="10795"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1807495413" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="642174" cy="408339"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="accent6">
+                            <a:lumMod val="20000"/>
+                            <a:lumOff val="80000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="53D34F3F" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Sākotnējā tipa</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6C9413D4" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>versija</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="71569F57" id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:360.5pt;margin-top:3.6pt;width:50.55pt;height:32.15pt;z-index:251697152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvLrlNVAIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+x8NMuMOEWWIsOA&#10;rC2QDj0rspwYk0RNUmJ3v36UbCdpt9Owi0KR9BP5+Jj5baMkOQnrKtA5HQ5SSoTmUFR6n9PvT+sP&#10;M0qcZ7pgErTI6Ytw9Hbx/t28NpkYwQFkISxBEO2y2uT04L3JksTxg1DMDcAIjcESrGIer3afFJbV&#10;iK5kMkrTaVKDLYwFLpxD710bpIuIX5aC+4eydMITmVOszcfTxnMXzmQxZ9neMnOoeFcG+4cqFKs0&#10;PnqGumOekaOt/oBSFbfgoPQDDiqBsqy4iD1gN8P0TTfbAzMi9oLkOHOmyf0/WH5/2ppHS3zzGRoc&#10;YCCkNi5z6Az9NKVV4RcrJRhHCl/OtInGE47O6WQ0/DihhGNoks7G408BJbl8bKzzXwQoEoycWpxK&#10;JIudNs63qX1KeMuBrIp1JWW8BCWIlbTkxHCGjHOh/TR+Lo/qGxStH7WQdtNEN868dc96N1YTNRWQ&#10;Ym2vHpGa1NjH+CaNwK9iobLz8zvJ+I+uu6ssRJcaYS/MBcs3u4ZUBbJ609O6g+IF2bbQCtEZvq4Q&#10;f8Ocf2QWlYcE4zb5BzxKCVgUdBYlB7C//uYP+SgIjFJSo5Jz6n4emRWUyK8apTKeBmqIv77YeEHv&#10;rjf0Ua0ACR7ivhoeTQxbL3uztKCecdmW4TUMMc3xzZz63lz5dq9wWblYLmMSitwwv9FbwwN0GGjg&#10;86l5ZtZ0cvCoo3votc6yN6poc8OXGpZHD2UVJRMIbtnseMcFiYPtljls4PU9Zl3+cha/AQAA//8D&#10;AFBLAwQUAAYACAAAACEALm9PN90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3KiT8FeFOBUgIXGBisKB4zZ2Y0O8jmw3DW/P9gS3Hc1o9ptmNftBTCYmF0hBuShAGOqCdtQr&#10;+Hh/uliCSBlJ4xDIKPgxCVbt6UmDtQ4HejPTJveCSyjVqMDmPNZSps4aj2kRRkPs7UL0mFnGXuqI&#10;By73g6yK4kZ6dMQfLI7m0Zrue7P3Cr7i61V0D7vx+bKa1ujs+tO9SKXOz+b7OxDZzPkvDEd8RoeW&#10;mbZhTzqJQcFtVfKWfDxAsL+sqhLElnV5DbJt5P8B7S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAby65TVQCAAC6BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEALm9PN90AAAAIAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;" fillcolor="#e2efd9 [665]" strokeweight=".5pt">
+                <v:textbox inset="1mm,1mm,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="53D34F3F" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Sākotnējā tipa</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6C9413D4" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>versija</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E6640AC" wp14:editId="13CBEABE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>858200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="781777" cy="394379"/>
+                <wp:effectExtent l="0" t="0" r="18415" b="24765"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1092486981" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="781777" cy="394379"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFC000"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5B431BBB" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Sākotnējais tips</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="388BCBEC" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(vai </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>riteklis</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="003810DE">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5E6640AC" id="Text Box 1" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:67.55pt;width:61.55pt;height:31.05pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm0KbSOgIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+w0W9IacYosRYYB&#10;RVsgLXqWZTkxJosapcTOfv0oOV/tdhp2UUiRfiLfIzO97RrNdgpdDSbnw0HKmTISytqsc/7yvPx0&#10;zZnzwpRCg1E53yvHb2cfP0xbm6kr2IAuFTICMS5rbc433tssSZzcqEa4AVhlKFgBNsKTi+ukRNES&#10;eqOTqzQdJy1gaRGkco5u7/ogn0X8qlLSP1aVU57pnFNtPp4YzyKcyWwqsjUKu6nloQzxD1U0ojb0&#10;6AnqTnjBtlj/AdXUEsFB5QcSmgSqqpYq9kDdDNN33aw2wqrYC5Hj7Ikm9/9g5cNuZZ+Q+e4rdCRg&#10;IKS1LnN0GfrpKmzCL1XKKE4U7k+0qc4zSZeT6+FkMuFMUmh083k0uQkoyflji85/U9CwYOQcSZVI&#10;ltjdO9+nHlPCWw50XS5rraOD62Khke0EKbhcLtI0ikbob9K0YW3Ox6MvaUR+EwvYJ4hCC/njUN9F&#10;FuFpQ0Wfew+W74qO1SXxMj4SU0C5J74Q+lFyVi5rwr8Xzj8JpNkhimgf/CMdlQYqCg4WZxvAX3+7&#10;D/kkKUU5a2kWc+5+bgUqzvR3Q2KPxqFr5i8dvHSK6FCK2TYLIKKGtHVWRpNu0eujWSE0r7Qy8/Ai&#10;hYSR9G7O/dFc+H47aOWkms9jEo2qFf7erKwM0EGWwOlz9yrQHkT1NA0PcJxYkb3Tts8NXxqYbz1U&#10;dRQ+kNwzeuCexjyOzmElwx5d+jHr/Mcx+w0AAP//AwBQSwMEFAAGAAgAAAAhAJUeVUndAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo01SUNI1TIRAXfoQoqGc3XpKUeB3Z&#10;bpO8PdsT3GZ3VrPfFJvRduKEPrSOFMxnCQikypmWagVfn083GYgQNRndOUIFEwbYlJcXhc6NG+gD&#10;T9tYCw6hkGsFTYx9LmWoGrQ6zFyPxN6381ZHHn0tjdcDh9tOpkmylFa3xB8a3eNDg9XP9mgVHKLZ&#10;vR2Wr9ljNvj31bOZXiJNSl1fjfdrEBHH+HcMZ3xGh5KZ9u5IJohOAReJvF3czkGc7XTBYs9idZeC&#10;LAv5v0D5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAObQptI6AgAAgAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJUeVUndAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" fillcolor="#ffc000" strokeweight=".5pt">
+                <v:textbox inset="1mm,1mm,1mm,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5B431BBB" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Sākotnējais tips</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="388BCBEC" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="003810DE" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(vai </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>riteklis</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="003810DE">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10F92FDA" wp14:editId="42AD73D8">
+            <wp:extent cx="6157500" cy="2194584"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="22072" name="Picture 22072"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="22072" name="Picture 22072"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId33"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6220111" cy="2216899"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9D4B12" w14:textId="16B581A0" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="0038792C" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="141" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="95"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. attēls.  Variantu un versiju veidošanas iespējas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53116B37" w14:textId="2C3B74AF" w:rsidR="00051EFC" w:rsidRPr="00E10916" w:rsidRDefault="000268CE" w:rsidP="00E10916">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc221020655"/>
+      <w:r w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paziņojums par izmaiņām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļī</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>16. panta 4. punktu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="00E10916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEE39AA" w14:textId="1C11EC8C" w:rsidR="007334B5" w:rsidRPr="005F2547" w:rsidRDefault="00203744" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="109" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. panta 4. punktu piemēro struktūrām, kas pārvalda izmaiņas un kas nav attiecīgā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētāji. Tas var notikt vai nu tad, ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas nav (piemēram, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļauja piešķirta pirms Direktīvas 2008/57/EK) vai ja izmaiņu rīkotāja ir organizācija, kas nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs. Ja izmaiņu rīkotājs ir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007334B5" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, 16. panta 4. punktu nevar piemērot. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172715F0" w14:textId="77777777" w:rsidR="007334B5" w:rsidRPr="005F2547" w:rsidRDefault="007334B5" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gadījumos, kad izmaiņu rīkotājs nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, tas izdara izvēli starp:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5181503C" w14:textId="14002FD8" w:rsidR="007334B5" w:rsidRPr="00DD080C" w:rsidRDefault="007334B5" w:rsidP="0038792C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jaunas atļaujas pieprasīšana saskaņā ar 15. panta 4. punktu. Izmaiņu rīkotājs kļūst par jaunā tipa turētāju, kam tiks piešķirta atļauja. Jauno tipu var izmantot, lai vēlāk apstiprinātu attiecīgajam tipam atbilstīgus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="68EFE28A" w14:textId="126CCF69" w:rsidR="007334B5" w:rsidRPr="00DD080C" w:rsidRDefault="007334B5" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paziņojuma iesniegšana saskaņā ar 16. panta 4. punktu, kas var attiekties uz vairākiem identiskiem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA773D" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Šajā gadījumā subjekts, kas pārvalda izmaiņas, nekļūst par nekāda </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>tipa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turētāju (jo nav jauna tipa, kas būtu jāpilnvaro). Attiecībā uz turpmākiem (identiskiem) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA773D" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaiņu rīkotājs var iesniegt jaunus paziņojumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D2B2AE" w14:textId="13A74CF9" w:rsidR="007334B5" w:rsidRPr="005F2547" w:rsidRDefault="007334B5" w:rsidP="007334B5">
+      <w:pPr>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tiesiskais regulējums nenosaka nekādus ierobežojumus ne attiecībā uz to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skaitu, uz kuriem attiecas paziņojums, ne arī attiecībā uz paziņojumu skaitu, ko var iesniegt (piemēram, lai aptvertu visu identisko </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parku).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1DA24B" w14:textId="2765E27A" w:rsidR="007334B5" w:rsidRPr="005F2547" w:rsidRDefault="007334B5" w:rsidP="007334B5">
+      <w:pPr>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tādu izmaiņu gadījumā, kas klasificētas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta c) apakšpunktu, ja izmaiņu rīkotājs nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, nav iespējams pieprasīt versijas izveidi ERATV saskaņā ar 15. panta 3. punktu. Izmaiņu rīkotājs izvēlas starp jaunu atļauju vai paziņojumu, kā aprakstīts iepriekš.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE7CBFE" w14:textId="2CD618F7" w:rsidR="007334B5" w:rsidRPr="005F2547" w:rsidRDefault="007334B5" w:rsidP="007334B5">
+      <w:pPr>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paziņojumi par izmaiņām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. panta 4. punktu izmaiņu rīkotājam būtu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>jānosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas piešķīrējai struktūrai, uz kuru tas attiektos gadījumā, ja būtu nepieciešams pieteikums atļaujas saņemšanai. Ja paziņojums ir jāadresē Aģentūrai, kas darbojas kā atļaujas piešķīrēja struktūra, paziņojuma iesniegšanas process ir aprakstīts Aģentūras tīmekļa vietnē: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="948" w:history="1">
+        <w:r w:rsidRPr="005F2547">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>https://www.era.europa.eu/can-we-help-you/faq/292_en#948</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1D89CAAF" w14:textId="08B8AE6A" w:rsidR="007334B5" w:rsidRPr="005F2547" w:rsidRDefault="007334B5" w:rsidP="007334B5">
+      <w:pPr>
+        <w:spacing w:after="109" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja paziņojums tiek adresēts </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8" w:rsidRPr="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Inspekcija</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas darbojas kā piešķīrēja struktūra, izmaiņu rīkotājam </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91038" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paziņojums uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8" w:rsidRPr="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Inspekcij</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91038" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jānosūt pa e-pastu (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00D91038" w:rsidRPr="005F2547">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:t>pasts@vdzti.gov.lv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D91038" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>) vai e-adresē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494CCD12" w14:textId="6F3E2197" w:rsidR="00D91038" w:rsidRPr="00712A44" w:rsidRDefault="007334B5" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8" w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Inspekcija</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91038" w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kā atļaujas piešķīrēja struktūra ir saņēmusi paziņojumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2547" w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tā </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91038" w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>pārbauda šādus aspektus:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1620EF8D" w14:textId="7433956A" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="0038792C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Izmaiņu rīkotājs norādījis pareizu SITS un citus piemērojamos Savienības tiesību aktus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0892C42D" w14:textId="16BBA5B8" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Izvēlētajām atbilstības izvērtēšanas struktūrām attiecīgā gadījumā ir atbilstoša akreditācija vai atzīšana.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017C9E8F" w14:textId="3FD82618" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SITS nepiemērošana saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. panta noteikumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68773650" w14:textId="623A4859" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Prasību fiksēšanai izmantotā metodika</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7329BC48" w14:textId="3986D4C8" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Pietiekami pierādījumi, ko dod prasību fiksēšanai izmantotā metodika</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30611B65" w14:textId="3496EAB1" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>EK verifikācijas deklarāciju un EK sertifikātu (</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. pants) pārbaude</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DA821A" w14:textId="19FCE67B" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Atbilstības izvērtēšanas struktūru ziņojumu (</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. pants) pārbaude</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E5DB48" w14:textId="77777777" w:rsidR="00712A44" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sākotnējās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atļaujas un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas derīgums.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519C5E5C" w14:textId="1075C3D1" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paziņojumā minētie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmantošanas nosacījumi un citi ierobežojumi ir saderīgi ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>riteklī</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ieviestajām izmaiņām, spēkā esošajiem izmantošanas nosacījumiem un citiem ierobežojumiem, EK verifikācijas deklarācijā(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>) un EK sertifikātā(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>) aprakstītajiem izmantošanas nosacījumiem un citiem ierobežojumiem, kā arī prasību fiksēšanas pierādījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AED3530" w14:textId="5D1A0F07" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņas salīdzinājumā ar atļauto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu ir pietiekamā apjomā aprakstītas</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591E5E42" w14:textId="2E2206BD" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņu rīkotājs nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708B7ECA" w14:textId="1085DBCF" w:rsidR="00D91038" w:rsidRPr="00DD080C" w:rsidRDefault="00D91038" w:rsidP="00DD080C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņu rīkotāja veiktā klasifikācija saskaņā ar 15. panta 1. punkta b) vai c) apakšpunktu ir pareiza (izmaiņas neizraisa </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>IOD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. panta 12. punktā minētos kritērijus), un tāpēc nav nepieciešama jauna atļauja</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D64" w:rsidRPr="00DD080C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203A4FFF" w14:textId="207F0713" w:rsidR="00051EFC" w:rsidRPr="003244B9" w:rsidRDefault="000268CE" w:rsidP="00E10916">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc221020656"/>
+      <w:r w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>13.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstības nodrošināšana citai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa versijai (izveidota pēc 15. panta 1. punkta c) apakšpunkta maiņas)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781BB6F6" w14:textId="62921718" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="110" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ņemot vērā to, ka izmaiņas, kas klasificētas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta c) apakšpunktu, nerada vajadzību pēc jaunas atļaujas, bet gan nepieciešamību publicēt versiju ERATV (saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 3. punktu), esošajiem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas atbilst </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>sākotnējam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam un kas ir modificēti, lai tie atbilstu tipa versijai, nav vajadzīga jauna atļauja laišanai tirgū atbilstība versijai. Turētājs atjaunina reģistrāciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģistru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, lai izdarītu atsauci uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>jaunizveidoto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versiju (nevis uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>sākotnējo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A46E697" w14:textId="1589D26A" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00712A44">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomēr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļiem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas no jauna uzbūvēti atbilstīgi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa/varianta versijas versijai, ir jāsaņem atļauja laišanai tirgū saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00712A44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>14. panta 1. punkta e) apakšpunktu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0905FF" w14:textId="4760B276" w:rsidR="00051EFC" w:rsidRPr="003244B9" w:rsidRDefault="000268CE" w:rsidP="003244B9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc221020657"/>
+      <w:r w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstības nodrošināšana citam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantam</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="0E37EAFF" w14:textId="2F8D9559" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="112" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ņemot vērā to, ka izmaiņas atļautā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>riteklī</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas klasificētas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta d) apakšpunktu, rada nepieciešamību pēc jaunas atļaujas, pārvietojamus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> starp dažādiem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipiem (t. i., veicot nepieciešamās izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, lai tie atbilstu citam tipam) un/vai dažādu tipu variantus nevar pārvaldīt, izmantojot </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. panta 1. punkta e) apakšpunktā minēto atļaujas gadījumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123EE6B9" w14:textId="77777777" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="00051EFC">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomēr, ņemot vērā izmaiņas, kas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiktas, lai panāktu to atbilstību jau atļautam tā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantam, kuram tie iepriekš atbilda, būs jāizdod jauna deklarācija par atbilstību </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantam un pieteikums atļaujas saņemšanai laišanai tirgū atbilstīgi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa variantam.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1225EF86" w14:textId="21937276" w:rsidR="00051EFC" w:rsidRPr="003244B9" w:rsidRDefault="000268CE" w:rsidP="003244B9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc221020658"/>
+      <w:r w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izmaiņas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas iedalīti kategorijās saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas par praktisko kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta b) apakšpunktu, ja izmaiņu rīkotājs ir arī </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00051EFC" w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="54629084" w14:textId="42704CFD" w:rsidR="00051EFC" w:rsidRPr="005F2547" w:rsidRDefault="00051EFC" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="142" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja izmaiņu pārvaldības struktūra, kas ir arī </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa atļaujas turētājs, klasificē izmaiņas saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulas </w:t>
+      </w:r>
+      <w:r w:rsidR="00203744">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>par praktisko kārtību</w:t>
+      </w:r>
+      <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. panta 1. punkta b) apakšpunktu, nav nepieciešams iesaistīt atļaujas piešķīrēju struktūru vai atjaunināt </w:t>
+      </w:r>
+      <w:r w:rsidR="00A904D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģistru. Izmaiņas var īstenot bez turpmākām darbībām. Tomēr turētājs joprojām ir atbildīgs par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konfigurācijas pārvaldības nodrošināšanu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA12823" w14:textId="2A43009A" w:rsidR="004F7D64" w:rsidRPr="003244B9" w:rsidRDefault="004F7D64" w:rsidP="003244B9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc221020659"/>
+      <w:r w:rsidRPr="003244B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.9. Piemērs paziņojuma veikšanai atbilstoši Regulas 16.panta 4.punktam</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="531C8453" w14:textId="40ECDD25" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Latvijā izmantojama tipa lokomotīve, kura tika uzbūvēta pirms 1991.gada un kura ekspluatēta</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalībvalstīs (piemēram,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietuvā vai Igaunijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA773D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080D48B6" w14:textId="77777777" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nosacījumi: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AB1875" w14:textId="77777777" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="0038792C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņu rīkotājs nav </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipa turētājs, bet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turētājs, kas pārvalda izmaiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED5E5AB" w14:textId="77777777" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="00712A44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izmaiņas tiek veiktas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nevis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipam);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED8AE8F" w14:textId="14643287" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="00712A44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lokomotīve ir uzbūvēta un laista ekspluatācijā pirms 1991.gada;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AD764C" w14:textId="7B6B5B93" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="00712A44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lokomotīves tips ir iekļauts atļauto ritošā sastāva tipu sarakstā, ko izveidoja</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0CE3" w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un nopublicēja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00413315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspekcija </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saskaņā ar 28.12.2010.Ministru </w:t>
+      </w:r>
+      <w:r w:rsidR="00413315">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abineta noteikumu Nr.1211 “Noteikumi par ritošā sastāva būvi, modernizāciju, atjaunošanas remontu, atbilstības novērtēšanu un pieņemšanu ekspluatācijā” 96.punktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA00CFD" w14:textId="77777777" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="00712A44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokomotīve ir atļauta ekspluatācijai Lietuvā/ un vai Igaunijā, proti, ir reģistrēta valsts vai Eiropas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ritekļu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģistrā kā darbderīgs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riteklis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (reģistrēts ar kodu 00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1F1568" w14:textId="29A5524B" w:rsidR="004F7D64" w:rsidRPr="005F2547" w:rsidRDefault="004F7D64" w:rsidP="004F7D64">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šajā gadījumā pretendents var izvēlēties paziņojuma veikšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8" w:rsidRPr="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inspekcija</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par veiktajām izmaiņām un </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF59F8" w:rsidRPr="00CF59F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inspekcija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieņem lēmumu par nepieciešamību iesniegt jaunas atļaujas pieteikumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4BAD2E" w14:textId="77777777" w:rsidR="00712A44" w:rsidRDefault="00712A44" w:rsidP="004F7D64">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B7CB628" w14:textId="77777777" w:rsidR="00712A44" w:rsidRDefault="00712A44" w:rsidP="004F7D64">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64BDC35C" w14:textId="6E685BF2" w:rsidR="004F7D64" w:rsidRDefault="004F7D64" w:rsidP="004F7D64">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F2547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lai to izdarītu ir nepieciešams</w:t>
+      </w:r>
+      <w:r w:rsidR="0038792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ievērot 5. tabulā noteikto kārtību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1C63DB" w14:textId="634AB2F6" w:rsidR="0038792C" w:rsidRPr="005F2547" w:rsidRDefault="0038792C" w:rsidP="0038792C">
+      <w:pPr>
+        <w:spacing w:after="142" w:line="248" w:lineRule="auto"/>
+        <w:ind w:right="96"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.tabula. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4187A" w:rsidRPr="00E4187A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Piemērs paziņojuma veikšanai</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="921"/>
+        <w:gridCol w:w="2088"/>
+        <w:gridCol w:w="2331"/>
+        <w:gridCol w:w="2058"/>
+        <w:gridCol w:w="2230"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="6F13480D" w14:textId="77777777" w:rsidTr="00712A44">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D69EB0" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="00712A44" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00712A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nr.p.k</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00712A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2492B3DC" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="00712A44" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izmaiņu rīkotājs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0AC44F" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="00712A44" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pierādījumi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5719C5D1" w14:textId="24483119" w:rsidR="005C0CE3" w:rsidRPr="00712A44" w:rsidRDefault="00CF59F8" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inspekcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C6C8D5" w14:textId="35FBDF76" w:rsidR="005C0CE3" w:rsidRPr="00712A44" w:rsidRDefault="00655174" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712A44">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rezultāts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="335A496F" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C00F29" w14:textId="54E661E9" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D65E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50127C39" w14:textId="3F6EA9AA" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klasificē izmaiņu atbilstoši </w:t>
+            </w:r>
+            <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regulas </w:t>
+            </w:r>
+            <w:r w:rsidR="00203744">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>par praktisko kārtību</w:t>
+            </w:r>
+            <w:r w:rsidR="00203744" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.panta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1.punktam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="703478DC" w14:textId="3C96D847" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kā piemēru var izmantot ERA izveidoto pielikumu </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="42" w:name="_MON_1780564729"/>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p w14:paraId="280D8E2E" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1520" w:dyaOrig="987" w14:anchorId="7717D2F5">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:75.8pt;height:49.25pt" o:ole="">
+                  <v:imagedata r:id="rId36" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1831700013" r:id="rId37">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1430BC" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409E74B6" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F050D9" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="45A68A47" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BFEE6F" w14:textId="25470EBF" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D65E53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="432ADA43" w14:textId="7AC29DBC" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Verificē izmaiņu veikšanas pareizību un prasību fiksēšanu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E744F2" w14:textId="2CBB31B2" w:rsidR="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AsBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ziņojums atbilstoši Regulas </w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>par praktisko kārtību</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13.pantam</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E04102F" w14:textId="1EF49DC5" w:rsidR="00654A41" w:rsidRPr="005C0CE3" w:rsidRDefault="00654A41" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00654A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AsBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00654A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir atzīta vai akreditēta neatkarīga</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D48CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un kompetenta ārēja vai iekšēja persona, organizācija vai struktūra, var darboties kā novērtēšanas iestāde, ja tā atbilst </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Riska regulas (Regulas 402/2013) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D48CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>II pielikumā noteiktajiem kritērijiem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEDBEBA" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BAD5BD" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="2312931B" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21139EBC" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BD5D14" w14:textId="101D310A" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apliecina </w:t>
+            </w:r>
+            <w:r w:rsidR="000252C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Riska r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egulas metodikas izmantošanu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A88661" w14:textId="33E765DB" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izmaiņu rīkotāja deklarācija par prasību fiksēšanas procesa veikšanu atbilstoši R</w:t>
+            </w:r>
+            <w:r w:rsidR="000252C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iska r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egulas 16.pantam</w:t>
+            </w:r>
+            <w:r w:rsidR="00F70B4C" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53382755" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C49B787" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="3270FC09" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA23D37" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D13289E" w14:textId="1AB8724F" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apliecina, ka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>riteklis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir būvēts pirms 1991.gad</w:t>
+            </w:r>
+            <w:r w:rsidR="00655174" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un tam ir tā laika atļauja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430A13BC" w14:textId="0A8979C6" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dokumentācija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A3E112" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFE5E35" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="10D1B327" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3381A483" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F90F4C2" w14:textId="0852DBD1" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apliecina, ka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>riteklis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbilst vienam no atļautiem tipiem</w:t>
+            </w:r>
+            <w:r w:rsidR="00F70B4C" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, k</w:t>
+            </w:r>
+            <w:r w:rsidR="00821B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>uru saraksts ir publicēts Inspekcijas timekļa vietnē.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="470A6EAC" w14:textId="6DC7A629" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00B7558F" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NoBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005C0CE3" w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DeBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005C0CE3" w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sertifikāts par atbilstību tipam</w:t>
+            </w:r>
+            <w:r w:rsidR="00821B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76449F29" w14:textId="4865DF90" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Debo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sertifikāts par CCS apakšsistēmas prasību izpildi (B klase</w:t>
+            </w:r>
+            <w:r w:rsidR="00655174" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s sistēmām)</w:t>
+            </w:r>
+            <w:r w:rsidR="00654A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419AF090" w14:textId="47C127B3" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbilstības novērtēšanu Latvijas Republikas nacionālajām prasībām var veikt akreditēta nacionālo prasību novērtēšanas institūcija (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DeBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DeBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veic verificēšanu saskaņā ar 16.06.2020. MK noteikumu Nr.374 "Dzelzceļa savstarpējās </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izmantojamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumi" V nodaļas “Apakšsistēmas un atbilstības novērtēšana” prasībām pēc SF moduļa, lai noteiktu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00655174" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00655174" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atbilstību Latvijas Republikā ekspluatācijai atļautajam tipam un Latvijas Republikā normatīvo aktu, standartu un tehniskās dokumentācijas prasībām, kas ir saistošas šim objektam atbilstības novērtēšanas veikšanas brīdī</w:t>
+            </w:r>
+            <w:r w:rsidR="00655174" w:rsidRPr="005F2547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="700BAA23" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8AFB27" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="179242EA" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D2AA8B" w14:textId="2E165B62" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00654A41" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E58C5C" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Apliecina, ka izsniegtā atļauja joprojām ir derīga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C46748C" w14:textId="22C46FAC" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Risku novērtēšana, ka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>riteklim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir spēkā jau izsniegtā atļauja ekspluatācijai (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>riteklis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nebija noņemts no uzskaites, ekspluatācija netika pār</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7558F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rau</w:t>
+            </w:r>
+            <w:r w:rsidR="00B7558F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ta, reģistrācijā valsts vai Eiropas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reģistrā joprojām ir spēkā).  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F1F181" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCAC91D" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="1A881E99" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="611DDBB4" w14:textId="6AE85199" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00654A41" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:ind w:left="29"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51827A48" w14:textId="63254D41" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apliecina, ka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ritekļa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izmaiņa </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">nelabvēlīgi neietekmēs vispārīgo drošības līmeni </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1599F998" w14:textId="572A9361" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Drošības risku novērtējums</w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F09031A" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Var iekļaut </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AsBo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prasību fiksēšanas drošības ziņojumā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C8CFD8" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDA4B50" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B7558F" w:rsidRPr="005C0CE3" w14:paraId="6D38F6E5" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F877F87" w14:textId="566DD845" w:rsidR="00B7558F" w:rsidRDefault="00B7558F" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:ind w:left="29"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C341650" w14:textId="719B2E20" w:rsidR="00B7558F" w:rsidRPr="005C0CE3" w:rsidRDefault="00B7558F" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Apliecina, ka tika izmantota R</w:t>
+            </w:r>
+            <w:r w:rsidR="000252C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iska r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egul</w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>noteiktā</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5548E4B6" w14:textId="24D7F874" w:rsidR="00B7558F" w:rsidRPr="005C0CE3" w:rsidRDefault="00B7558F" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deklarācija par drošības risku pārvaldību</w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tbilstoši R</w:t>
+            </w:r>
+            <w:r w:rsidR="000252C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iska r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>egulas 16.pantam.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="687AF84D" w14:textId="77777777" w:rsidR="00B7558F" w:rsidRPr="005C0CE3" w:rsidRDefault="00B7558F" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5094882D" w14:textId="77777777" w:rsidR="00B7558F" w:rsidRPr="005C0CE3" w:rsidRDefault="00B7558F" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="0563C503" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="730A8196" w14:textId="3602EA76" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00BA655C" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:ind w:left="29"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00654A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="751A458F" w14:textId="15FBEDEF" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sagatavo paziņojumu </w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inspekcijai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, iekļaujot tajā atbilstības tabulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEB78B6" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Var izmantot šo datni:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="43" w:name="_MON_1780985559"/>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p w14:paraId="10614F45" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1520" w:dyaOrig="987" w14:anchorId="6804E9AD">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:75.8pt;height:49.25pt" o:ole="">
+                  <v:imagedata r:id="rId38" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1026" DrawAspect="Icon" ObjectID="_1831700014" r:id="rId39">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="44" w:name="_MON_1831629499"/>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p w14:paraId="63829809" w14:textId="02013752" w:rsidR="001C2E49" w:rsidRPr="005C0CE3" w:rsidRDefault="001C2E49" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1520" w:dyaOrig="987" w14:anchorId="002AB8D3">
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:75.8pt;height:49.25pt" o:ole="">
+                  <v:imagedata r:id="rId36" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1027" DrawAspect="Icon" ObjectID="_1831700015" r:id="rId40">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240F7AC5" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E5A7D2" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="69C12DF7" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F89AD86" w14:textId="2D9A90CA" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00BA655C" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:ind w:left="29"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00654A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD2E42D" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:ind w:left="29"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18885B8E" w14:textId="09FC2A1B" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iesniedz </w:t>
+            </w:r>
+            <w:r w:rsidR="00413315">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inspekcijā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422D1BD2" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57911AD5" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BF4B85" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="70C7C202" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="330D584A" w14:textId="38BA49C3" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00654A41" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:ind w:left="29"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA655C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2200D684" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1532524F" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="468C57B2" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izvērtē izmaiņu veikšanas pareizību</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="110D2DF2" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Veic noteikto aspektu novērtējumu atbilstoši šim sarakstam:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="45" w:name="_MON_1780814764"/>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p w14:paraId="41A84E11" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1520" w:dyaOrig="987" w14:anchorId="1F85889C">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:75.8pt;height:49.25pt" o:ole="">
+                  <v:imagedata r:id="rId41" o:title=""/>
+                </v:shape>
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1028" DrawAspect="Icon" ObjectID="_1831700016" r:id="rId42">
+                  <o:FieldCodes>\s</o:FieldCodes>
+                </o:OLEObject>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00821B00" w:rsidRPr="005C0CE3" w14:paraId="1D42C283" w14:textId="77777777" w:rsidTr="00EA3DAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6AACC8" w14:textId="40B40659" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00654A41" w:rsidP="00D65E53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA655C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2973376B" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4421D7A4" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615A8B43" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4 mēnešu laikā pieņem pamatotu lēmumu kurā nepareizas klasifikācijas vai nepietiekami pamatotas informācijas gadījumā prasa iesniegt atļaujas pieteikumu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699D7DA0" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pamatojoties uz </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E95FBB" w14:textId="77777777" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="005C0CE3" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-Dzelzceļa likuma 33.panta trešās daļas 1.punktu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690A6565" w14:textId="1A46F7A5" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00654A41" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0CE3" w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Regulas 2018/545 16.panta 4.punktu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE0B313" w14:textId="2F512F65" w:rsidR="005C0CE3" w:rsidRPr="005C0CE3" w:rsidRDefault="00413315" w:rsidP="005C0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0CE3" w:rsidRPr="005C0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ieņem lēmumu par nepieciešamību izmaiņu rīkotājam saņemt jaunu atļauju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3048D96D" w14:textId="77777777" w:rsidR="00874CFB" w:rsidRPr="00874CFB" w:rsidRDefault="00874CFB" w:rsidP="00874CFB"/>
+    <w:p w14:paraId="54A0F6E9" w14:textId="52CD6654" w:rsidR="00953741" w:rsidRPr="00C87A81" w:rsidRDefault="005F2547" w:rsidP="00C87A81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc221020660"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0A9B" w:rsidRPr="00C87A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inspekcijas lēmumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00953741" w:rsidRPr="00C87A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārskatīšanas procedūras</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="6ABF4696" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00DE5147">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Saskaņā ar Dzelzceļa likuma 34.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panta devīto daļu, 43.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panta sesto daļu, 43.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panta devīto daļu vai 43.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panta ceturto daļu un Administratīvā procesa likuma 79.panta pirmo daļu Inspekcijas amatpersonu pieņemtos administratīvos aktus (lēmumus) var apstrīdēt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viena mēneša laikā no tā spēkā stāšanās dienas, iesniedzot apstrīdēšanas iesniegumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4703D297" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administratīvo aktu (lēmumu) var apstrīdēt šādā kārtībā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B2CC7C" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Inspekcijas vecāko inspektoru vai ekspertu, daļu vadītāju vai direktora vietnieku administratīvos aktus (lēmumus) var apstrīdēt, iesniedzot apstrīdēšanas iesniegumu Inspekcijas direktoram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5BA4E2" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegumā par administratīvā akta (lēmuma) apstrīdēšanu pieteikuma iesniedzējs norāda: - kuru administratīvo aktu apstrīd;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD16B6A" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- kādā apjomā administratīvo aktu apstrīd (visu vai tā daļā) un kā izpaužas administratīvā akta nepareizība;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291277FB" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- lūgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4491B40C" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegumā par administratīvā akta apstrīdēšanu var pievienot pēc pieteikuma iesniedzēja ieskatiem nepieciešamos pierādījumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B4FE5D" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iesniegumā ir obligāti norādāmas ziņas par tā iesniedzēju (fiziskajai personai - vārds un uzvārds, dzīvesvieta un, ja nepieciešams, citas ziņas, kas palīdz sazināties ar iesniedzēju; juridiskajai personai – nosaukums, juridiskā adrese, reģistrācijas numurs, e-adrese). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8EECA2" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegumam ir jābūt parakstītam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C18DB31" w14:textId="77777777" w:rsidR="00DE5147" w:rsidRPr="00DE5147" w:rsidRDefault="00DE5147" w:rsidP="00D17810">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visas šīs prasības ir ievērotas, ja pieteikuma iesniedzējs izmanto pārskata pieprasījuma funkcionalitāti OSS sistēmā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A8C4AD" w14:textId="590A4F3B" w:rsidR="00813633" w:rsidRPr="00813633" w:rsidRDefault="00813633" w:rsidP="00DE5147">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813633">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inspekcijas direktora pieņemtos administratīvos aktus (lēmumus) var pārsūdzēt administratīvajā tiesā Administratīva procesa likuma kārtībā. </w:t>
+        <w:t xml:space="preserve">Atbildi uz iesniegumu par administratīvā akta (lēmuma) apstrīdēšanu Inspekcija sniegs </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mēneš</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā no iesnieguma saņemšanas dienas. Pārskatot lēmumu, Inspekcija rīkojas atbilstoši savam iekšējam reglamentam (strīdu komisija), lai nodrošinātu procesa objektivitāti, tostarp, ciktāl tas ir praktiski iespējams, iesaistot novērtētājus, kuri nepiedalījās pirmajā novērtējumā. Pārskatīšanas procesa laikā ievēro novērtējuma procesa struktūru, bet tajā skata tikai tos jautājumus, kas bija pirmā novērtējuma lēmuma pamatā. Turklāt Inspekcija neveic iesnieguma iesniedzēja revīzijas vai apmeklējumus saistībā ar pārskatīšanas pieprasījumā iekļauto jautājumu sarakstu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F33E60" w14:textId="68368691" w:rsidR="004E6CFF" w:rsidRPr="00B04906" w:rsidRDefault="00813633" w:rsidP="00833FE8">
+    <w:p w14:paraId="2F70364E" w14:textId="5712CA3B" w:rsidR="00813633" w:rsidRPr="0094676B" w:rsidRDefault="00813633" w:rsidP="0094676B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc221020661"/>
+      <w:r w:rsidRPr="0094676B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00654A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094676B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Inspekcijas lēmumu pārsūdzība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w14:paraId="56F33E60" w14:textId="19BDC7D5" w:rsidR="004E6CFF" w:rsidRPr="00B04906" w:rsidRDefault="00DE5147" w:rsidP="00833FE8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813633">
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00DE5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inspekcijas direktora pieņemto administratīvo aktu (lēmumu) par apstrīdēšanas iesniegumu var pārsūdzēt viena mēneša laikā no tā spēkā stāšanās dienas administratīvajā tiesā Administratīva procesa likumā noteiktajā kārtībā. Administratīvajā tiesā ar pieteikumu var vērsties privātpersona, lai tiesa veiktu kontroli pār Inspekcijas pieņemtā administratīvā akta (lēmuma) tiesiskumu, kas šai privātpersonai individuāli adresēts vai ar kuru šai privātpersonai ir aizskartas vai var tikt aizskartas tiesības vai tiesiskās intereses</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004E6CFF" w:rsidRPr="00B04906" w:rsidSect="00756774">
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="004E6CFF" w:rsidRPr="00B04906" w:rsidSect="00837645">
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43DD187C" w14:textId="77777777" w:rsidR="00A261B5" w:rsidRDefault="00A261B5" w:rsidP="00E92F83">
+    <w:p w14:paraId="29086A2E" w14:textId="77777777" w:rsidR="00E20E2D" w:rsidRDefault="00E20E2D" w:rsidP="00E92F83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D62AB70" w14:textId="77777777" w:rsidR="00A261B5" w:rsidRDefault="00A261B5" w:rsidP="00E92F83">
+    <w:p w14:paraId="5EA22978" w14:textId="77777777" w:rsidR="00E20E2D" w:rsidRDefault="00E20E2D" w:rsidP="00E92F83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-853263485"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="2EAE3EFF" w14:textId="77777777" w:rsidR="00756774" w:rsidRDefault="00756774">
         <w:pPr>
-          <w:pStyle w:val="Kjene"/>
+          <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="2132A3AA" w14:textId="7B89E370" w:rsidR="00756774" w:rsidRPr="00756774" w:rsidRDefault="00756774" w:rsidP="00756774">
+      <w:p w14:paraId="2132A3AA" w14:textId="3948789E" w:rsidR="00756774" w:rsidRPr="00756774" w:rsidRDefault="00756774" w:rsidP="00756774">
         <w:pPr>
-          <w:pStyle w:val="Kjene"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>V-1.0.</w:t>
+          <w:t>V-</w:t>
+        </w:r>
+        <w:r w:rsidR="00632009">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00632009">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>0</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="650DDA04" w14:textId="3529D73A" w:rsidR="00016302" w:rsidRDefault="00016302">
         <w:pPr>
-          <w:pStyle w:val="Kjene"/>
+          <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="649373E0" w14:textId="77777777" w:rsidR="00016302" w:rsidRDefault="00016302">
     <w:pPr>
-      <w:pStyle w:val="Kjene"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1820A819" w14:textId="77777777" w:rsidR="00A261B5" w:rsidRDefault="00A261B5" w:rsidP="00E92F83">
+    <w:p w14:paraId="1523A2CE" w14:textId="77777777" w:rsidR="00E20E2D" w:rsidRDefault="00E20E2D" w:rsidP="00E92F83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B22FE89" w14:textId="77777777" w:rsidR="00A261B5" w:rsidRDefault="00A261B5" w:rsidP="00E92F83">
+    <w:p w14:paraId="373B6A17" w14:textId="77777777" w:rsidR="00E20E2D" w:rsidRDefault="00E20E2D" w:rsidP="00E92F83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3A1418AD" w14:textId="77777777" w:rsidR="00E92F83" w:rsidRPr="00756774" w:rsidRDefault="00E92F83" w:rsidP="00E92F83">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001F1949">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00756774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Stājoties spēkā jaunākajai izmaiņai, iepriekšējā izmaiņa zaudē spēku un ir atzīstama par spēku zaudējušu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="7704D139" w14:textId="5F203CEB" w:rsidR="00600872" w:rsidRDefault="00600872">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="07BD6E92" w14:textId="6CE90898" w:rsidR="005649A4" w:rsidRDefault="005649A4" w:rsidP="006D727D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-[...167 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="005649A4">
         <w:t>Komisijas 2018. gada 2. maija īstenošanas regul</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="005649A4">
         <w:t xml:space="preserve"> (ES) 2018/764 par Eiropas Savienības Dzelzceļu aģentūrai maksājamām nodevām un maksām un to maksāšanas nosacījumiem (ar grozījumiem, kuri ir noteikti Komisijas 2021. gada 29. oktobra īstenošanas regulā (ES) 2021/1903, ar ko groza Īstenošanas regulu (ES) 2018/764 par Eiropas Savienības Dzelzceļu aģentūrai maksājamām nodevām un maksām un to maksāšanas nosacījumiem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42FBAB86" w14:textId="77777777" w:rsidR="006D727D" w:rsidRDefault="006D727D">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
-[...336 lines deleted...]
-      </w:hyperlink>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="021477D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65FAA7AA"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9B2A4328">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -24663,50 +37306,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05860997"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F68F572"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D2B4EF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35E2707E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -24775,51 +37531,140 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11E77183"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F0448B6"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C5A6982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ADEB512"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -24888,51 +37733,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="223755E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D467B8A"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="260712F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A87082E0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -25001,51 +37959,172 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8051" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28404B53"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="61929EF0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DCA5297"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64F8DC76"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -25114,51 +38193,568 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E6A5D34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A614F88E"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F614F56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B344ACC4"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="358A3D0C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5150BD22"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="372E1EEE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F98329A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C3800E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="48D80676"/>
+    <w:lvl w:ilvl="0" w:tplc="5FB28D2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D896BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7C0F972"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25227,51 +38823,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43A9769A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1526AE04"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -25340,51 +38936,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43B710AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4F672B4"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="493410C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C360EB7A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -25453,51 +39162,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2C0CE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B6A1A02"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -25566,51 +39275,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F344CE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AB6782E"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25679,51 +39388,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F472BBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DD6F108"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -25792,164 +39501,366 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5F493512"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="590F5CA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="83804A54"/>
+    <w:tmpl w:val="DB46A470"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1146" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1866" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2586" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3306" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4026" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4746" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5466" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6186" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6906" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F493512"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="83804A54"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60601C6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5150BD22"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="608D43E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="715EBB2C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26018,51 +39929,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60B1399F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF08FE3C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26131,51 +40042,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62B86D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A869FD0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26244,51 +40155,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65F3600B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0A0D6FE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26357,51 +40268,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66F17CED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F48773E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26470,51 +40381,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6712794A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="985A3992"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="674F0B9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE56E966"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26583,51 +40607,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B2123D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C167312"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EDC33C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FD2C246"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26696,51 +40833,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7734625A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="963865F0"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26809,51 +40946,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="788554D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="960826B2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -26922,51 +41059,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="792A1A09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="091E3E40"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4D79F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57E09D02"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -27035,51 +41285,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F525150"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E0AB51E"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F692A9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33B4FAB6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -27148,51 +41511,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8051" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F873D76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BAE3D78"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -27265,481 +41628,631 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1965647178">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="17775752">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="936672219">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="156925572">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1256405757">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="840974119">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="890726688">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2123647307">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1751997610">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1413428775">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1256405757">
-[...8 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="2123647307">
+  <w:num w:numId="11" w16cid:durableId="847720212">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1751997610">
-[...2 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="1413428775">
+  <w:num w:numId="12" w16cid:durableId="956257783">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="847720212">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="13" w16cid:durableId="1686666346">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="956257783">
+  <w:num w:numId="14" w16cid:durableId="1997344252">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="414669094">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1682047220">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1686666346">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="17" w16cid:durableId="1387029438">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1997344252">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="18" w16cid:durableId="966550113">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="414669094">
-[...2 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1682047220">
+  <w:num w:numId="19" w16cid:durableId="1698000640">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1387029438">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="20" w16cid:durableId="1433281097">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1860847083">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1198473053">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1019434233">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="894271461">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="171380963">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1024481182">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1763451209">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="905145410">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1134828206">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1592466133">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="2036886903">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="990906605">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1695183495">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="255333552">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="2083790236">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2058355057">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="126241207">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="2089647603">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1858343390">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="171380963">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="40" w16cid:durableId="1121726536">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1322539254">
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="95"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA4FE0"/>
     <w:rsid w:val="00004F92"/>
     <w:rsid w:val="000070BB"/>
     <w:rsid w:val="0001048F"/>
     <w:rsid w:val="00014253"/>
     <w:rsid w:val="00016302"/>
     <w:rsid w:val="000208EE"/>
+    <w:rsid w:val="00021EC6"/>
+    <w:rsid w:val="000252C4"/>
     <w:rsid w:val="00025797"/>
+    <w:rsid w:val="000268CE"/>
     <w:rsid w:val="000339A6"/>
+    <w:rsid w:val="00036475"/>
+    <w:rsid w:val="00051EFC"/>
+    <w:rsid w:val="0006345D"/>
     <w:rsid w:val="00063E94"/>
     <w:rsid w:val="0006571A"/>
     <w:rsid w:val="000769FB"/>
+    <w:rsid w:val="00091557"/>
     <w:rsid w:val="000943A9"/>
     <w:rsid w:val="000A6AA6"/>
     <w:rsid w:val="000A6D9D"/>
     <w:rsid w:val="000B35C1"/>
     <w:rsid w:val="000C153E"/>
     <w:rsid w:val="000C3CA7"/>
+    <w:rsid w:val="000C4CE5"/>
     <w:rsid w:val="000D0F2A"/>
+    <w:rsid w:val="000D5BE6"/>
+    <w:rsid w:val="000F23D3"/>
     <w:rsid w:val="000F40EF"/>
     <w:rsid w:val="000F61BC"/>
     <w:rsid w:val="00110801"/>
     <w:rsid w:val="00122CDF"/>
+    <w:rsid w:val="0012614F"/>
     <w:rsid w:val="00126632"/>
     <w:rsid w:val="00133DA9"/>
     <w:rsid w:val="001427FF"/>
     <w:rsid w:val="0014666E"/>
     <w:rsid w:val="00146DBF"/>
     <w:rsid w:val="0016030F"/>
+    <w:rsid w:val="00166E0D"/>
     <w:rsid w:val="001721E9"/>
     <w:rsid w:val="00183A94"/>
+    <w:rsid w:val="00190FF6"/>
     <w:rsid w:val="00195642"/>
+    <w:rsid w:val="001C0618"/>
     <w:rsid w:val="001C1525"/>
+    <w:rsid w:val="001C2E49"/>
+    <w:rsid w:val="001D70A2"/>
     <w:rsid w:val="001E6DCB"/>
     <w:rsid w:val="00202376"/>
     <w:rsid w:val="00202A8E"/>
+    <w:rsid w:val="00203744"/>
     <w:rsid w:val="00206649"/>
     <w:rsid w:val="0021672C"/>
     <w:rsid w:val="00231F1C"/>
     <w:rsid w:val="0024274D"/>
     <w:rsid w:val="00242895"/>
+    <w:rsid w:val="002461BF"/>
     <w:rsid w:val="00257887"/>
     <w:rsid w:val="00257E44"/>
     <w:rsid w:val="00261352"/>
     <w:rsid w:val="00283B6F"/>
+    <w:rsid w:val="002918D9"/>
     <w:rsid w:val="00293218"/>
     <w:rsid w:val="00293BBF"/>
     <w:rsid w:val="002A0FFD"/>
     <w:rsid w:val="002A40EF"/>
     <w:rsid w:val="002A5DC9"/>
     <w:rsid w:val="002B72D3"/>
     <w:rsid w:val="002B7A1E"/>
     <w:rsid w:val="002C1994"/>
     <w:rsid w:val="002C7E46"/>
     <w:rsid w:val="002D4F78"/>
     <w:rsid w:val="002D61AD"/>
     <w:rsid w:val="002E1C69"/>
     <w:rsid w:val="002F791C"/>
     <w:rsid w:val="0030783D"/>
     <w:rsid w:val="00316462"/>
     <w:rsid w:val="003177A0"/>
     <w:rsid w:val="00320279"/>
+    <w:rsid w:val="003244B9"/>
+    <w:rsid w:val="0033293E"/>
     <w:rsid w:val="003411DA"/>
     <w:rsid w:val="003414B6"/>
     <w:rsid w:val="00360268"/>
     <w:rsid w:val="00361B2E"/>
+    <w:rsid w:val="00371AF0"/>
     <w:rsid w:val="00372ACC"/>
+    <w:rsid w:val="00385249"/>
+    <w:rsid w:val="0038792C"/>
+    <w:rsid w:val="003B2F78"/>
     <w:rsid w:val="003B53B7"/>
     <w:rsid w:val="003D7BCB"/>
+    <w:rsid w:val="003F4539"/>
     <w:rsid w:val="0040777E"/>
+    <w:rsid w:val="00413315"/>
+    <w:rsid w:val="0041370A"/>
     <w:rsid w:val="00420444"/>
     <w:rsid w:val="00425747"/>
+    <w:rsid w:val="00431EB6"/>
     <w:rsid w:val="00450E0B"/>
+    <w:rsid w:val="00456BFA"/>
     <w:rsid w:val="00456D0F"/>
     <w:rsid w:val="004677BC"/>
     <w:rsid w:val="00471E58"/>
+    <w:rsid w:val="00472D25"/>
     <w:rsid w:val="00480406"/>
+    <w:rsid w:val="00480FF2"/>
     <w:rsid w:val="00482456"/>
     <w:rsid w:val="00486002"/>
     <w:rsid w:val="00490BC6"/>
+    <w:rsid w:val="004A4704"/>
     <w:rsid w:val="004A6746"/>
+    <w:rsid w:val="004A6F79"/>
     <w:rsid w:val="004B74D8"/>
     <w:rsid w:val="004C47A4"/>
     <w:rsid w:val="004D4E8A"/>
     <w:rsid w:val="004D6B91"/>
     <w:rsid w:val="004E44A0"/>
     <w:rsid w:val="004E6CFF"/>
+    <w:rsid w:val="004F7D64"/>
     <w:rsid w:val="005021FF"/>
     <w:rsid w:val="0050661B"/>
     <w:rsid w:val="005175F0"/>
     <w:rsid w:val="0052380F"/>
+    <w:rsid w:val="005365F2"/>
     <w:rsid w:val="005413C1"/>
     <w:rsid w:val="005637BD"/>
     <w:rsid w:val="005649A4"/>
+    <w:rsid w:val="0059668E"/>
     <w:rsid w:val="0059717D"/>
     <w:rsid w:val="005A0858"/>
     <w:rsid w:val="005A67EA"/>
     <w:rsid w:val="005B3755"/>
     <w:rsid w:val="005B62C2"/>
+    <w:rsid w:val="005C0CE3"/>
     <w:rsid w:val="005C4A8B"/>
     <w:rsid w:val="005C4EF5"/>
     <w:rsid w:val="005D35F8"/>
     <w:rsid w:val="005D4C3B"/>
     <w:rsid w:val="005E2123"/>
     <w:rsid w:val="005E30FB"/>
+    <w:rsid w:val="005F2547"/>
     <w:rsid w:val="00600872"/>
     <w:rsid w:val="00603E1D"/>
     <w:rsid w:val="006050B3"/>
     <w:rsid w:val="006117D7"/>
+    <w:rsid w:val="00630E3F"/>
     <w:rsid w:val="00631042"/>
     <w:rsid w:val="006316F4"/>
+    <w:rsid w:val="00632009"/>
     <w:rsid w:val="006341E7"/>
     <w:rsid w:val="00642F2A"/>
+    <w:rsid w:val="00642F96"/>
     <w:rsid w:val="00644C81"/>
     <w:rsid w:val="00650751"/>
+    <w:rsid w:val="00654A41"/>
+    <w:rsid w:val="00655174"/>
     <w:rsid w:val="0066065E"/>
     <w:rsid w:val="006654E2"/>
     <w:rsid w:val="0067701C"/>
     <w:rsid w:val="00683D26"/>
-    <w:rsid w:val="00694E8E"/>
     <w:rsid w:val="006A1E75"/>
     <w:rsid w:val="006B50D9"/>
+    <w:rsid w:val="006C2B6A"/>
     <w:rsid w:val="006C5642"/>
     <w:rsid w:val="006C71B0"/>
+    <w:rsid w:val="006D1033"/>
     <w:rsid w:val="006D727D"/>
     <w:rsid w:val="006E58FB"/>
+    <w:rsid w:val="006F0065"/>
     <w:rsid w:val="006F6327"/>
+    <w:rsid w:val="00712690"/>
+    <w:rsid w:val="00712A44"/>
     <w:rsid w:val="0071445A"/>
     <w:rsid w:val="0072124D"/>
+    <w:rsid w:val="007334B5"/>
+    <w:rsid w:val="00741193"/>
     <w:rsid w:val="0074702D"/>
     <w:rsid w:val="00756774"/>
     <w:rsid w:val="00776408"/>
     <w:rsid w:val="00780363"/>
     <w:rsid w:val="0078086E"/>
     <w:rsid w:val="007867AA"/>
     <w:rsid w:val="007A4822"/>
+    <w:rsid w:val="007B16AB"/>
     <w:rsid w:val="007C0A9B"/>
     <w:rsid w:val="007D2B0C"/>
     <w:rsid w:val="007E4BDD"/>
     <w:rsid w:val="007F5230"/>
     <w:rsid w:val="007F6436"/>
     <w:rsid w:val="0080215A"/>
     <w:rsid w:val="00813633"/>
+    <w:rsid w:val="00821B00"/>
     <w:rsid w:val="00822010"/>
     <w:rsid w:val="00833FE8"/>
     <w:rsid w:val="00835F7B"/>
+    <w:rsid w:val="00837645"/>
+    <w:rsid w:val="00854BC4"/>
     <w:rsid w:val="00865EC2"/>
     <w:rsid w:val="00867981"/>
     <w:rsid w:val="00870225"/>
     <w:rsid w:val="00870361"/>
+    <w:rsid w:val="00872885"/>
+    <w:rsid w:val="00874CFB"/>
     <w:rsid w:val="008753B5"/>
+    <w:rsid w:val="0087555F"/>
     <w:rsid w:val="0087644E"/>
     <w:rsid w:val="00890ACB"/>
     <w:rsid w:val="00895591"/>
+    <w:rsid w:val="00896B04"/>
     <w:rsid w:val="008A6C78"/>
     <w:rsid w:val="008B598B"/>
     <w:rsid w:val="008C7483"/>
     <w:rsid w:val="008D5D86"/>
     <w:rsid w:val="008D71BD"/>
     <w:rsid w:val="008E0FA6"/>
     <w:rsid w:val="008E1359"/>
     <w:rsid w:val="008E61EC"/>
+    <w:rsid w:val="008F1251"/>
     <w:rsid w:val="008F4B91"/>
     <w:rsid w:val="00910123"/>
     <w:rsid w:val="00925C22"/>
     <w:rsid w:val="009457AD"/>
     <w:rsid w:val="0094676B"/>
     <w:rsid w:val="00953741"/>
     <w:rsid w:val="00962489"/>
     <w:rsid w:val="00965D6B"/>
+    <w:rsid w:val="0097346E"/>
     <w:rsid w:val="009777CD"/>
     <w:rsid w:val="009810AA"/>
     <w:rsid w:val="00990DD2"/>
     <w:rsid w:val="009911D5"/>
+    <w:rsid w:val="009955B7"/>
     <w:rsid w:val="00997A93"/>
     <w:rsid w:val="009A33E4"/>
     <w:rsid w:val="009A346E"/>
     <w:rsid w:val="009B5DA7"/>
     <w:rsid w:val="009B6D8E"/>
     <w:rsid w:val="009C1EBE"/>
     <w:rsid w:val="009C755B"/>
     <w:rsid w:val="009C78A0"/>
     <w:rsid w:val="009F1E9D"/>
     <w:rsid w:val="009F76EA"/>
     <w:rsid w:val="00A14A24"/>
     <w:rsid w:val="00A160D6"/>
     <w:rsid w:val="00A216F5"/>
     <w:rsid w:val="00A21DCF"/>
-    <w:rsid w:val="00A261B5"/>
     <w:rsid w:val="00A35B86"/>
+    <w:rsid w:val="00A36FCD"/>
+    <w:rsid w:val="00A43B4E"/>
     <w:rsid w:val="00A46615"/>
     <w:rsid w:val="00A56942"/>
     <w:rsid w:val="00A57A81"/>
     <w:rsid w:val="00A60A11"/>
     <w:rsid w:val="00A61BD0"/>
     <w:rsid w:val="00A64D71"/>
     <w:rsid w:val="00A7136A"/>
     <w:rsid w:val="00A7488B"/>
     <w:rsid w:val="00A74931"/>
     <w:rsid w:val="00A74F7B"/>
     <w:rsid w:val="00A86954"/>
+    <w:rsid w:val="00A904D4"/>
+    <w:rsid w:val="00A94A03"/>
     <w:rsid w:val="00A94B2B"/>
     <w:rsid w:val="00A95527"/>
     <w:rsid w:val="00A96936"/>
-    <w:rsid w:val="00AA51E1"/>
     <w:rsid w:val="00AA6BCA"/>
+    <w:rsid w:val="00AB00A4"/>
     <w:rsid w:val="00AB342E"/>
     <w:rsid w:val="00AD1EFF"/>
     <w:rsid w:val="00AE3B3D"/>
     <w:rsid w:val="00AF3383"/>
     <w:rsid w:val="00B04906"/>
+    <w:rsid w:val="00B0567F"/>
+    <w:rsid w:val="00B1293D"/>
     <w:rsid w:val="00B15E97"/>
     <w:rsid w:val="00B1782F"/>
+    <w:rsid w:val="00B178CA"/>
     <w:rsid w:val="00B218DA"/>
     <w:rsid w:val="00B22561"/>
+    <w:rsid w:val="00B35FF2"/>
     <w:rsid w:val="00B3765F"/>
+    <w:rsid w:val="00B4531C"/>
     <w:rsid w:val="00B50257"/>
     <w:rsid w:val="00B57751"/>
     <w:rsid w:val="00B65E91"/>
     <w:rsid w:val="00B718B8"/>
     <w:rsid w:val="00B74A18"/>
+    <w:rsid w:val="00B7558F"/>
+    <w:rsid w:val="00B77949"/>
     <w:rsid w:val="00B81801"/>
     <w:rsid w:val="00B979AF"/>
     <w:rsid w:val="00BA0795"/>
     <w:rsid w:val="00BA2C3C"/>
     <w:rsid w:val="00BA59E0"/>
+    <w:rsid w:val="00BA655C"/>
+    <w:rsid w:val="00BA6DAA"/>
+    <w:rsid w:val="00BB068D"/>
     <w:rsid w:val="00BB5B15"/>
     <w:rsid w:val="00BC737E"/>
     <w:rsid w:val="00BE3120"/>
     <w:rsid w:val="00BE3C81"/>
     <w:rsid w:val="00C021DE"/>
     <w:rsid w:val="00C107BA"/>
+    <w:rsid w:val="00C11E1D"/>
     <w:rsid w:val="00C233CC"/>
     <w:rsid w:val="00C25A02"/>
+    <w:rsid w:val="00C30E16"/>
     <w:rsid w:val="00C45EE0"/>
     <w:rsid w:val="00C50FF3"/>
     <w:rsid w:val="00C71EBF"/>
     <w:rsid w:val="00C72B29"/>
     <w:rsid w:val="00C769F5"/>
     <w:rsid w:val="00C81815"/>
     <w:rsid w:val="00C87212"/>
     <w:rsid w:val="00C87A81"/>
     <w:rsid w:val="00CA0729"/>
     <w:rsid w:val="00CD708F"/>
     <w:rsid w:val="00CE6FDE"/>
     <w:rsid w:val="00CE7B01"/>
     <w:rsid w:val="00CF0D29"/>
+    <w:rsid w:val="00CF59F8"/>
     <w:rsid w:val="00CF7152"/>
     <w:rsid w:val="00D153A1"/>
+    <w:rsid w:val="00D17810"/>
+    <w:rsid w:val="00D21807"/>
     <w:rsid w:val="00D26EF3"/>
+    <w:rsid w:val="00D35978"/>
     <w:rsid w:val="00D37CA1"/>
     <w:rsid w:val="00D47244"/>
     <w:rsid w:val="00D5040C"/>
+    <w:rsid w:val="00D62D07"/>
+    <w:rsid w:val="00D65E53"/>
+    <w:rsid w:val="00D70748"/>
     <w:rsid w:val="00D7381E"/>
     <w:rsid w:val="00D871CD"/>
+    <w:rsid w:val="00D91038"/>
+    <w:rsid w:val="00D91C62"/>
     <w:rsid w:val="00D96996"/>
     <w:rsid w:val="00DA4FE0"/>
+    <w:rsid w:val="00DA773D"/>
     <w:rsid w:val="00DB18F3"/>
     <w:rsid w:val="00DB2DC5"/>
+    <w:rsid w:val="00DD080C"/>
     <w:rsid w:val="00DD3E9D"/>
+    <w:rsid w:val="00DE5147"/>
     <w:rsid w:val="00E02E3E"/>
+    <w:rsid w:val="00E04908"/>
     <w:rsid w:val="00E04B71"/>
+    <w:rsid w:val="00E10916"/>
+    <w:rsid w:val="00E20E2D"/>
     <w:rsid w:val="00E2509E"/>
     <w:rsid w:val="00E35C93"/>
+    <w:rsid w:val="00E4187A"/>
     <w:rsid w:val="00E445A8"/>
+    <w:rsid w:val="00E52A6D"/>
     <w:rsid w:val="00E5684E"/>
     <w:rsid w:val="00E63C48"/>
     <w:rsid w:val="00E657BE"/>
+    <w:rsid w:val="00E71DFE"/>
     <w:rsid w:val="00E81195"/>
     <w:rsid w:val="00E83BEE"/>
     <w:rsid w:val="00E86CA9"/>
     <w:rsid w:val="00E9100D"/>
+    <w:rsid w:val="00E91D00"/>
     <w:rsid w:val="00E92F83"/>
+    <w:rsid w:val="00E960B8"/>
+    <w:rsid w:val="00EA3DAB"/>
     <w:rsid w:val="00EA5B52"/>
     <w:rsid w:val="00EB2EDA"/>
     <w:rsid w:val="00EB3518"/>
     <w:rsid w:val="00EC74E8"/>
+    <w:rsid w:val="00F007FC"/>
     <w:rsid w:val="00F00D68"/>
+    <w:rsid w:val="00F03003"/>
     <w:rsid w:val="00F04345"/>
     <w:rsid w:val="00F07539"/>
     <w:rsid w:val="00F10414"/>
     <w:rsid w:val="00F1707B"/>
     <w:rsid w:val="00F34111"/>
     <w:rsid w:val="00F34370"/>
     <w:rsid w:val="00F3612D"/>
     <w:rsid w:val="00F572E5"/>
     <w:rsid w:val="00F61497"/>
+    <w:rsid w:val="00F644F2"/>
     <w:rsid w:val="00F65E86"/>
+    <w:rsid w:val="00F70B4C"/>
     <w:rsid w:val="00F70C5E"/>
     <w:rsid w:val="00F70EF6"/>
     <w:rsid w:val="00F90135"/>
     <w:rsid w:val="00F90AEE"/>
     <w:rsid w:val="00F92FF1"/>
     <w:rsid w:val="00F96D0F"/>
     <w:rsid w:val="00FB0DDD"/>
     <w:rsid w:val="00FC2D0B"/>
     <w:rsid w:val="00FC3A86"/>
     <w:rsid w:val="00FD1B76"/>
-    <w:rsid w:val="00FD70D8"/>
+    <w:rsid w:val="00FE5BBF"/>
     <w:rsid w:val="00FF62DA"/>
     <w:rsid w:val="00FF7919"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4D8DAF44"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{35DB1EEB-A33C-4D73-9F6C-114C22770F8E}"/>
+  <w15:docId w15:val="{076BB36E-0823-4D00-81E8-48E950331D69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -28089,496 +42602,597 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A95527"/>
+    <w:rsid w:val="0006345D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="007F6436"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AE3B3D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts5">
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00051EFC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00650751"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00206649"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D5040C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C107BA"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C107BA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izmantotahipersaite">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C107BA"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00650751"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Veidlapasz-auga">
+  <w:style w:type="paragraph" w:styleId="z-TopofForm">
     <w:name w:val="HTML Top of Form"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Veidlapasz-augaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-TopofFormChar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00650751"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Veidlapasz-augaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Veidlapasz-auga"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-TopofFormChar">
+    <w:name w:val="z-Top of Form Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="z-TopofForm"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00650751"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izteiksmgs">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00650751"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Veidlapasz-apaka">
+  <w:style w:type="paragraph" w:styleId="z-BottomofForm">
     <w:name w:val="HTML Bottom of Form"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Veidlapasz-apakaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-BottomofFormChar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00650751"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Veidlapasz-apakaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Veidlapasz-apaka"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-BottomofFormChar">
+    <w:name w:val="z-Bottom of Form Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="z-BottomofForm"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00650751"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="007F6436"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00865EC2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vresteksts">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E92F83"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Vresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E92F83"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresatsauce">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E92F83"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D7381E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:rsid w:val="00D7381E"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D153A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D153A1"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="stitle-article-norm">
     <w:name w:val="stitle-article-norm"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="003411DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AE3B3D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturardtjavirsraksts">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Virsraksts1"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AE3B3D"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE3B3D"/>
+    <w:rsid w:val="00431EB6"/>
     <w:pPr>
-      <w:spacing w:after="100"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE3B3D"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00051EFC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid0">
+    <w:name w:val="TableGrid"/>
+    <w:rsid w:val="00051EFC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Reatabula1">
+    <w:name w:val="Režģa tabula1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005C0CE3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00431EB6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="442"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="230313231">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="564068819">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -28733,375 +43347,375 @@
                                           <w:divsChild>
                                             <w:div w:id="1581983461">
                                               <w:marLeft w:val="0"/>
                                               <w:marRight w:val="0"/>
                                               <w:marTop w:val="0"/>
                                               <w:marBottom w:val="0"/>
                                               <w:divBdr>
                                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                               </w:divBdr>
                                               <w:divsChild>
                                                 <w:div w:id="1478376962">
                                                   <w:marLeft w:val="0"/>
                                                   <w:marRight w:val="0"/>
                                                   <w:marTop w:val="0"/>
                                                   <w:marBottom w:val="0"/>
                                                   <w:divBdr>
                                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                   </w:divBdr>
                                                   <w:divsChild>
-                                                    <w:div w:id="843668207">
+                                                    <w:div w:id="206458576">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="273027948">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="294221137">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="384959053">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="394620319">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="525101270">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="620188030">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="690424347">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
                                                     <w:div w:id="766851678">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
+                                                    <w:div w:id="778991828">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="843668207">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="882984047">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="994454544">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1104810085">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1240019443">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
                                                     <w:div w:id="1316492819">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1393581794">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1429961536">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1529641547">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1537545953">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1599831918">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                    </w:div>
+                                                    <w:div w:id="1709799393">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
                                                     <w:div w:id="1832871150">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
-                                                    <w:div w:id="384959053">
-[...107 lines deleted...]
-                                                    <w:div w:id="620188030">
+                                                    <w:div w:id="1860699399">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
                                                     <w:div w:id="1868912437">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
-                                                    <w:div w:id="690424347">
-[...95 lines deleted...]
-                                                    <w:div w:id="1104810085">
+                                                    <w:div w:id="1910992067">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
                                                     <w:div w:id="1928809583">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
-                                                    <w:div w:id="1429961536">
-[...23 lines deleted...]
-                                                    <w:div w:id="1910992067">
+                                                    <w:div w:id="1987467065">
                                                       <w:marLeft w:val="0"/>
                                                       <w:marRight w:val="0"/>
                                                       <w:marTop w:val="0"/>
                                                       <w:marBottom w:val="0"/>
                                                       <w:divBdr>
                                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                                       </w:divBdr>
                                                     </w:div>
                                                   </w:divsChild>
                                                 </w:div>
                                               </w:divsChild>
                                             </w:div>
                                           </w:divsChild>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
@@ -29126,55 +43740,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2112822548">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@vdzti.gov.lv" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/fees-and-charges-payable-agency-and-their-conditions-payment_en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdd.era.europa.eu/rdd/ClassificationSelectionPage.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdzti.gov.lv/lv/media/39/download?attachment" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2023-02/OSS%20User%20Guide%20for%20Applicants%20-%202023.pdf?t=1767784303" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/can-we-help-you/faq/292_en" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/fees-and-charges-payable-agency-and-their-conditions-payment_en" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/domains/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oss.era.europa.eu/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:02018R0764-20241001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@vdzti.gov.lv" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-04/ERA1209-222%20Guidelines%20for%20PA%20VA%202.1%20-%20Section%204%20flowcharts%20%28high-res%29.pdf?t=1769960091" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/applicants/applications-vehicle-type-authorisations_en" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.era.europa.eu/system/files/2024-10/era1209-222%20guidelines%20for%20pa%20va%202.1%20lv.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oss.era.europa.eu/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -29446,79 +44056,117 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81FB8669-89CA-4A05-86A2-3F5F0FA6E041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>21590</Characters>
+  <Pages>25</Pages>
+  <Words>44649</Words>
+  <Characters>25451</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>179</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>212</Lines>
+  <Paragraphs>139</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Virsraksti</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>32</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="34" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
+      <vt:lpstr>1. Rokasgrāmatas (vadlīniju) mērķis</vt:lpstr>
+      <vt:lpstr>2. Tiesiskais regulējums</vt:lpstr>
+      <vt:lpstr>3. Izmantotie termini un saīsinājumi</vt:lpstr>
+      <vt:lpstr>4. Kopsavilkuma tabula</vt:lpstr>
+      <vt:lpstr>5. Ritekļa tips, ritekļa tipa variants un ritekļa tipa versija</vt:lpstr>
+      <vt:lpstr>6. Pieteikuma iesniedzēja atbildība</vt:lpstr>
+      <vt:lpstr>7. Ritekļa tipa atļaujas turētāja pienākumi</vt:lpstr>
+      <vt:lpstr>8. Valodas politika</vt:lpstr>
+      <vt:lpstr>9. Saziņas kārtība</vt:lpstr>
+      <vt:lpstr>10. Nodevas un maksas</vt:lpstr>
+      <vt:lpstr>11. Pārrobežu nolīgumi un pārrobežu stacijas</vt:lpstr>
+      <vt:lpstr>12.Pieteikuma sagatavošanas, iesniegšanas un izskatīšanas process</vt:lpstr>
+      <vt:lpstr>    12.1. Prasību fiksēšana un piemērojamo noteikumu apzināšana</vt:lpstr>
+      <vt:lpstr>    12.2. Attiecīgās atļaujas identificēšana</vt:lpstr>
+      <vt:lpstr>    12.3. Pagaidu atļauja ritekļa izmantošanai praktiskām pārbaudēm tīklā</vt:lpstr>
+      <vt:lpstr>    12.4. Priekšiesaiste</vt:lpstr>
+      <vt:lpstr>    12.5. Atbilstības novērtēšana</vt:lpstr>
+      <vt:lpstr>    12.6. Pieteikuma iesniegšana</vt:lpstr>
+      <vt:lpstr>    12.7. Sākotnējā pārbaude</vt:lpstr>
+      <vt:lpstr>    12.8. Detalizēts novērtējums</vt:lpstr>
+      <vt:lpstr>    12.9. Pamatotas šaubas</vt:lpstr>
+      <vt:lpstr>    12.10. Lēmuma pieņemšana un novērtējuma noslēgums</vt:lpstr>
+      <vt:lpstr>13. Izmaiņu pārvaldība</vt:lpstr>
+      <vt:lpstr>    13.3. Izmaiņas, ko pārvalda tiesību subjekts, kurš nav ritekļa tipa atļaujas tur</vt:lpstr>
+      <vt:lpstr>    13.4. Iespējas izveidot variantus un versijas no ritekļa vai ritekļa tipa</vt:lpstr>
+      <vt:lpstr>    13.5. Paziņojums par izmaiņām ritekļī (-ļos) saskaņā ar Regulas par praktisko kā</vt:lpstr>
+      <vt:lpstr>    13.6. Ritekļa atbilstības nodrošināšana citai ritekļa tipa versijai (izveidota p</vt:lpstr>
+      <vt:lpstr>    13.7. Ritekļa atbilstības nodrošināšana citam ritekļa tipa variantam</vt:lpstr>
+      <vt:lpstr>    13.8. Izmaiņas ritekļos, kas iedalīti kategorijās saskaņā ar Regulas par praktis</vt:lpstr>
+      <vt:lpstr>    13.9. Piemērs paziņojuma veikšanai atbilstoši Regulas 16.panta 4.punktam</vt:lpstr>
+      <vt:lpstr>14. Inspekcijas lēmumu pārskatīšanas procedūras</vt:lpstr>
+      <vt:lpstr>15. Inspekcijas lēmumu pārsūdzība</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59348</CharactersWithSpaces>
+  <CharactersWithSpaces>69961</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jeļena Stepanova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>