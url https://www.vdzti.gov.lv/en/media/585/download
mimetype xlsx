--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -5,66 +5,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Sertifikacija\DROSIBAS APLIECIBAS\Komercsabiedriibas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD3A8296-E0D1-44A9-BB98-DB60D466384E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A51D6B3-9061-4BF1-821C-E5FAFCF554CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DERIGAS DA" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DERIGAS DA'!$A$2:$G$250</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DERIGAS DA'!$A$2:$G$251</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1743" uniqueCount="1365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1751" uniqueCount="1372">
   <si>
     <t>Juridiskā adrese un reģistrācijas numurs</t>
   </si>
   <si>
     <t xml:space="preserve">Komercdarbība spēj  nodrošināt saskaņā ar drošības prasībām </t>
   </si>
   <si>
     <t>Drošības apliecība izsniegta</t>
   </si>
   <si>
     <t>Drošības apliecības numurs</t>
   </si>
   <si>
     <t>Komersanta nosaukums</t>
   </si>
   <si>
     <t xml:space="preserve">Drošības apliecība derīga līdz </t>
   </si>
   <si>
     <t>SIA "LDZ ritošā sastāva serviss"</t>
   </si>
   <si>
     <t>SIA RKF "TRANSCELTNIEKS"</t>
   </si>
   <si>
@@ -1185,362 +1185,312 @@
   </si>
   <si>
     <t>21.03.2026.</t>
   </si>
   <si>
     <t>LV2320210003</t>
   </si>
   <si>
     <t>Bukultu ielā 22, Rīga, LV-1005, reģ.Nr.40103000780, t.(+371)67382603</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "LATSTEK" dzelzceļa pievedceļi Nr.4, 6, stacijā Ganību parks, valsts reģistrācijas indekss: 284)</t>
     </r>
   </si>
   <si>
-    <t>LV2520215004</t>
-[...18 lines deleted...]
-  <si>
     <t>01.02.2026.</t>
   </si>
   <si>
     <t>LV2320210007</t>
   </si>
   <si>
     <t>11.04.2026.</t>
   </si>
   <si>
     <t>18.04.2026.</t>
   </si>
   <si>
     <t>LV2320210011</t>
   </si>
   <si>
     <t>08.03.2021.</t>
   </si>
   <si>
     <t>06.06.2026.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "DANGAS" dzelzceļa pievedceļi, stacijā Garkalne, valsts reģistrācijas indekss: 432)</t>
     </r>
   </si>
   <si>
     <t>24.05.2026.</t>
   </si>
   <si>
     <t>30.05.2026.</t>
   </si>
   <si>
-    <t>LV2320210020</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA "SIGNĀLS-P"</t>
   </si>
   <si>
-    <t>Rankas ielā 4, Rīga, LV-1005, reģ.Nr.50003032851, t.(+371)67381867</t>
+    <t>LV2320210021</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas kombinētās lopbarības rūpnīca"</t>
+  </si>
+  <si>
+    <t>Abulas ielā 11, Rīga, LV-1026, reģ.Nr.50003000451, t.(+371)67362508</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(SIA "Rīgas kombinētās lopbarības rūpnīca" dzelzceļa pievedceļi Nr.22, 23, 51, 52, stacijā Čiekurkalns, valsts reģistrācijas indekss: 319)</t>
+    </r>
+  </si>
+  <si>
+    <t>25.03.2021.</t>
+  </si>
+  <si>
+    <t>24.03.2026.</t>
+  </si>
+  <si>
+    <t>29.03.2021.</t>
+  </si>
+  <si>
+    <t>LV2420213023</t>
+  </si>
+  <si>
+    <t>19.05.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hika ielā 5, Liepāja, LV-3401,  reģ.Nr.42103022610, t.(+371)63425200</t>
+  </si>
+  <si>
+    <t>31.05.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210026</t>
+  </si>
+  <si>
+    <t>01.04.2026.</t>
+  </si>
+  <si>
+    <t>LV2420214027</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos vienas stacijas robežās  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana publiskās lietošanas dzelzceļa infrastruktūras iecirkņos Ventspils stacijas robežās);</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t xml:space="preserve"> manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: AS "KĀLIJA PARKS" dzelzceļa pievedceļi Nr.15, 59, 59A, 60, 61, 62, 63, 100, 101, 102, stacijā Ventspils, valsts reģistrācijas indekss: 191, AS "KĀLIJA PARKS" dzelzceļa pievedceļi Nr.140, 141, stacijā Ventspils, valsts reģistrācijas indekss: 254, AS "VENTSPILS TIRDZNIECĪBAS OSTA" PK-1, PK-2 dzelzceļa pievedceļi, stacijā Ventspils, valsts reģistrācijas indekss: 210, 211)</t>
+    </r>
+  </si>
+  <si>
+    <t>06.04.2021.</t>
+  </si>
+  <si>
+    <t>25.04.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210028</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(SIA "SIGNĀLS-P" dzelzceļa pievedceļi, stacijā Čiekurkalns, valsts reģistrācijas indekss: 280)</t>
-[...15 lines deleted...]
-    <t>Abulas ielā 11, Rīga, LV-1026, reģ.Nr.50003000451, t.(+371)67362508</t>
+      <t>(SIA "WT TERMINAL" dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 289)</t>
+    </r>
+  </si>
+  <si>
+    <t>19.04.2026.</t>
+  </si>
+  <si>
+    <t>SIA "Forail Baltics"</t>
+  </si>
+  <si>
+    <t>LV2320210030</t>
+  </si>
+  <si>
+    <t>Rīgas firma "ŽAŅA LAGZDIŅA MAIZES FABRIKA" SIA</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
-      <t>(SIA "Rīgas kombinētās lopbarības rūpnīca" dzelzceļa pievedceļi Nr.22, 23, 51, 52, stacijā Čiekurkalns, valsts reģistrācijas indekss: 319)</t>
-[...69 lines deleted...]
-    <t>LV2320210028</t>
+      <t>(Rīgas firmas "ŽAŅA LAGZDIŅA MAIZES FABRIKA" SIA dzelzceļa pievedceļi, stacijā Iecava, valsts reģistrācijas indekss: 164)</t>
+    </r>
+  </si>
+  <si>
+    <t>10.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2520214031</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma   būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (tilti, ceļa pārvadi, caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas u.tml.); dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas; siltumapgādes, ventilācijas, gaisa kondicionēšanas, ūdensapgādes, kanalizācijas sistēmas; ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai)</t>
+    </r>
+  </si>
+  <si>
+    <t>16.06.2026.</t>
+  </si>
+  <si>
+    <t>LV2320210032</t>
+  </si>
+  <si>
+    <t>19.04.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Ārijas Elksnes ielā 7, Jēkabpils, LV-5204, reģ.Nr.45402003214, t.(+371)28381651</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(SIA "WT TERMINAL" dzelzceļa pievedceļi, stacijā Bolderāja, valsts reģistrācijas indekss: 289)</t>
-[...12 lines deleted...]
-    <t>Rīgas firma "ŽAŅA LAGZDIŅA MAIZES FABRIKA" SIA</t>
+      <t>(SIA "MINERĀLS" dzelzceļa pievedceļi, stacijā Krustpils, valsts reģistrācijas indekss: 230)</t>
+    </r>
+  </si>
+  <si>
+    <t>26.04.2021.</t>
+  </si>
+  <si>
+    <t>LV2320210036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA firma "VAL.MET.A." </t>
+  </si>
+  <si>
+    <t>Gaides ielā 10, Valmiera, LV-4201,  reģ.Nr.44103008066, t.(+371)64281100</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
-      </rPr>
-[...45 lines deleted...]
-        <rFont val="Times New Roman Baltic"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(SIA "MINERĀLS" dzelzceļa pievedceļi, stacijā Krustpils, valsts reģistrācijas indekss: 230)</t>
-[...25 lines deleted...]
-      </rPr>
       <t>(SIA firmas "VAL.MET.A." dzelzceļa pievedceļi, stacijā Valmiera, valsts reģistrācijas indekss: 175)</t>
     </r>
   </si>
   <si>
     <t>LV2320210038</t>
   </si>
   <si>
     <t>Katrīnas dambī 14 - 104, Rīga, LV-1045, reģ.Nr.40003569274, t.(+371)67508427</t>
   </si>
   <si>
     <t>10.05.2021.</t>
   </si>
   <si>
     <t>09.05.2026.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">SIA "MCB BŪVE"  </t>
   </si>
   <si>
     <t>LV2420213039</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
       </rPr>
       <t>(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos: SIA "RĪGAS BRĪVOSTAS FLOTE" dzelzceļa pievedceļi Nr.309, 331-339, Zemitānu stacijas 3.km ceļa postenis)</t>
     </r>
   </si>
   <si>
     <t>17.05.2021.</t>
   </si>
   <si>
     <t>LV2520211040</t>
   </si>
   <si>
     <t>SIA "8 CBR"</t>
@@ -4387,53 +4337,50 @@
   </si>
   <si>
     <t>SIA "Circle K Terminal &amp; Transport Latvia"</t>
   </si>
   <si>
     <t>Laivinieku ielā 7, Rīga, LV-1015, reģ.Nr.40203164596, t.(+371)26544962</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "Circle K Terminal Latvia", SIA "Neste Latvija" dzelzceļa pievedceļi, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 256)</t>
     </r>
   </si>
   <si>
     <t>15.01.2029.</t>
   </si>
   <si>
-    <t>24.01.2026.</t>
-[...1 lines deleted...]
-  <si>
     <t>LV2520246005</t>
   </si>
   <si>
     <t>Rūpniecības ielā 38 - 4, Valmiera, Valmieras nov., LV-4201, reģ.Nr.44103034834, t.(+371)28314999</t>
   </si>
   <si>
     <t>13.02.2024.</t>
   </si>
   <si>
     <t>SIA "PATA"</t>
   </si>
   <si>
     <t>Miera ielā 2, Inčukalns, Inčukalna pag., Siguldas nov., LV-2141, reģ.Nr.40003448619, t.(+371)267243135</t>
   </si>
   <si>
     <t>19.02.2029.</t>
   </si>
   <si>
     <t>LV2520245007</t>
   </si>
   <si>
     <t>SIA ADMV</t>
   </si>
   <si>
     <t>Inženieru ielā 58 - 49, Ventspils, LV-3601, reģ. Nr.40203377889, t.(+371)29532859</t>
@@ -5293,74 +5240,51 @@
   </si>
   <si>
     <t>Liedes ielā 17, Rīga, LV-1029, reģ.Nr.40203549800</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma  remonts un tehniskā apkope </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">(dzelzceļa virsbūve [sliedes (sliežu ceļi), pārmiju pārvedas, gulšņi, balasts un citi virsbūves elementu piederumi], pārbrauktuves un pārejas; zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla), inženiertehniskās būves (caurtekas, ūdens novadīšanas ietaises, komunikāciju kanāli, atbalsta sienas vai aizsargsienas); ēkas un būves, kas nepieciešamas dzelzceļa infrastruktūras objektu uzturēšanai, remontam un lietošanai) </t>
     </r>
   </si>
   <si>
     <t>15.10.2024.</t>
   </si>
   <si>
     <t>14.10.2029.</t>
   </si>
   <si>
-    <t>LV2520244043</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA "KK Consulting"</t>
-  </si>
-[...18 lines deleted...]
-    <t>16.10.2024.</t>
   </si>
   <si>
     <t>15.10.2029.</t>
   </si>
   <si>
     <t>LV2320240044</t>
   </si>
   <si>
     <t>SIA "Ekogiria"</t>
   </si>
   <si>
     <t>Birztalu ielā 66, Rīga, LV-1015, reģ.Nr.40203494108</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "Ekogiria" dzelzceļa pievedceļi, stacijā Ziemeļblāzma, valsts reģistrācijas indekss: 370)</t>
@@ -5404,75 +5328,55 @@
   <si>
     <t xml:space="preserve">Satiksmes ielā 7, Jelgava, LV-3007, reģ.Nr.41703001139
 </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t>(SIA "Ceļu būvniecības sabiedrība "IGATE"" dzelzceļa pievedceļi, stacijā Glūda, valsts reģistrācijas indekss: 340)</t>
     </r>
   </si>
   <si>
     <t>12.11.2024.</t>
   </si>
   <si>
     <t>11.11.2029.</t>
   </si>
   <si>
-    <t>LV2320240046</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA "Dotnuva Seeds"</t>
   </si>
   <si>
     <t xml:space="preserve">"Iecavas bāze", Iecavas pag., Bauskas nov., LV-3913, reģ.Nr.40203489925
 </t>
-  </si>
-[...15 lines deleted...]
-    <t>13.11.2024.</t>
   </si>
   <si>
     <t>12.11.2029.</t>
   </si>
   <si>
     <t>LV2920243048</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">(LPKS "LATRAPS" dzelzceļa pievedceļi Nr. 22, 24,  stacijā Madona, valsts reģistrācijas indekss: 153, LPKS "LATRAPS" dzelzceļa pievedceļi, stacijā Meitene, valsts reģistrācijas indekss: 327, LPKS "LATRAPS" dzelzceļa pievedceļi, stacijā Sabile, valsts reģistrācijas indekss: 427, LPKS "LATRAPS" dzelzceļa pievedceļš Nr. 6, stacijā Aizkraukle, valsts reģistrācijas indekss: 124, LPKS "LATRAPS" dzelzceļa pievedceļš Nr. 57, dzelzceļa pievedceļa Nr. 57 pagarinājums, stacijā Krustpils, valsts reģistrācijas indekss: 328, 592, LPKS "LATRAPS" dzelzceļa pievedceļš, stacijā Saldus, valsts reģistrācijas indekss: 15 05 02); </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
@@ -8232,50 +8136,186 @@
         <sz val="10"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">(manevru veikšana privātās lietošanas dzelzceļa infrastruktūras iecirkņos Krustpils stacijas  robežās) </t>
     </r>
   </si>
   <si>
     <t>11.12.2025.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">SIA "MADARA"                     </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman Baltic"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">APTURĒTA DARBĪBA 18.12.2025., pārtraukta satiksme  </t>
     </r>
+  </si>
+  <si>
+    <t>LV2520264001</t>
+  </si>
+  <si>
+    <t>SIA "Universālais Energoceltnieks"</t>
+  </si>
+  <si>
+    <t>Krišjāņa Valdemāra ielā 147 k-2 - 96, Rīga, LV-1013, reģ.Nr.40103977572</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras tehniskā aprīkojuma būvniecība, remonts un tehniskā apkope </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, dzelzceļa sakaru, elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas)</t>
+    </r>
+  </si>
+  <si>
+    <t>13.01.2026.</t>
+  </si>
+  <si>
+    <t>12.01.2031.</t>
+  </si>
+  <si>
+    <t>LV2520264002</t>
+  </si>
+  <si>
+    <t>Rēzeknes ielā 4, Rīga, LV-1073, reģ.Nr.40203560085</t>
+  </si>
+  <si>
+    <r>
+      <t>dzelzceļa infrastruktūras tehniskā aprīkojuma  būvniecība, remonts un tehniskā apkope</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>zeme zem sliežu ceļiem (zemes klātne un dzelzceļa zemes nodalījuma josla); dzelzceļa signalizācijas, centralizācijas un bloķēšanas (SCB) līnijas, iekārtas vilcienu kustības drošības garantēšanai, pārmiju stāvokļa un signālu regulēšanai, luksofori, signālrādītāji un signālzīmes; dzelzceļa telekomunikāciju tīkli; dzelzceļa elektroapgādes gaisvadu un kabeļu līnijas, kontakttīkli, transformatoru un vilces apakšstacijas elektronisko sakaru sistēmas un tīkli)</t>
+    </r>
+  </si>
+  <si>
+    <t>15.01.2026.</t>
+  </si>
+  <si>
+    <t>10.07.2024.</t>
+  </si>
+  <si>
+    <t>LV2320260003</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(Dzelzceļa pievedceļš Nr. 17, stacijā Iecava, valsts reģistrācijas indekss: 184, SIA "Dotnuva Seeds" dzelzceļa pievedceļš Nr.16, stacija Iecava, valsts reģistrācijas indekss: 586)</t>
+    </r>
+  </si>
+  <si>
+    <t>22.01.2026.</t>
+  </si>
+  <si>
+    <t>LV2320260004</t>
+  </si>
+  <si>
+    <t>SIA "JAVA ESTATE"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atbrīvošanas alejā 174, Rēzekne, LV-4604, reģ.Nr.40103599468
+</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA “JAVA ESTATE” dzelzceļa pievedceļi, stacijā Rēzekne II, valsts reģistrācijas indekss: 263)</t>
+    </r>
+  </si>
+  <si>
+    <t>27.01.2026.</t>
+  </si>
+  <si>
+    <t>26.01.2031.</t>
+  </si>
+  <si>
+    <t>LV2320260005</t>
+  </si>
+  <si>
+    <t>Rankas ielā 4, Rīga, LV-1005, reģ.Nr.50003032851</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">dzelzceļa infrastruktūras pārvaldītājs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman Baltic"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SIA "SIGNĀLS-P" dzelzceļa pievedceļi, stacijā Zemitāni, valsts reģistrācijas indekss: 280)</t>
+    </r>
+  </si>
+  <si>
+    <t>23.03.2031.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
@@ -8898,54 +8938,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G250"/>
+  <dimension ref="A1:G251"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A249" workbookViewId="0">
-      <selection activeCell="A251" sqref="A251:XFD251"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="16.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="41.140625" style="2" customWidth="1"/>
     <col min="5" max="6" width="11.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="8.140625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="30" t="s">
         <v>160</v>
       </c>
       <c r="B1" s="31"/>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
       <c r="G1" s="31"/>
     </row>
     <row r="2" spans="1:7" ht="40.5">
@@ -8995,5710 +9035,5733 @@
       </c>
     </row>
     <row r="4" spans="1:7" ht="40.5">
       <c r="A4" s="9" t="s">
         <v>221</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>222</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>223</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>219</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>220</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="129">
-[...6 lines deleted...]
-      <c r="C5" s="6" t="s">
+    <row r="5" spans="1:7" ht="67.5">
+      <c r="A5" s="10" t="s">
         <v>225</v>
       </c>
-      <c r="D5" s="8" t="s">
+      <c r="B5" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="E5" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" s="6" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" ht="67.5">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="54">
       <c r="A6" s="10" t="s">
         <v>228</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D6" s="17" t="s">
-        <v>143</v>
+        <v>231</v>
       </c>
       <c r="E6" s="18" t="s">
-        <v>99</v>
+        <v>229</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>230</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="41.25" customHeight="1">
-      <c r="A7" s="10" t="s">
-[...15 lines deleted...]
-        <v>233</v>
+      <c r="A7" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>240</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="40.5">
-[...12 lines deleted...]
-      <c r="E8" s="18" t="s">
+    <row r="8" spans="1:7" ht="78">
+      <c r="A8" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="E8" s="11" t="s">
         <v>241</v>
       </c>
-      <c r="F8" s="5" t="s">
-        <v>242</v>
+      <c r="F8" s="6" t="s">
+        <v>243</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="51.75">
-      <c r="A9" s="9" t="s">
-[...8 lines deleted...]
-      <c r="D9" s="8" t="s">
+      <c r="A9" s="10" t="s">
         <v>246</v>
       </c>
-      <c r="E9" s="11" t="s">
+      <c r="B9" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F9" s="5" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="78">
-      <c r="A10" s="7" t="s">
+    <row r="10" spans="1:7" ht="207">
+      <c r="A10" s="9" t="s">
+        <v>248</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="E10" s="11" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>251</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="51.75">
+    <row r="11" spans="1:7" ht="40.5">
       <c r="A11" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" s="17" t="s">
+        <v>253</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="F11" s="5" t="s">
         <v>254</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="207">
+    <row r="12" spans="1:7" ht="51.75">
       <c r="A12" s="9" t="s">
         <v>256</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>105</v>
+        <v>257</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>208</v>
+        <v>137</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>258</v>
+        <v>99</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>259</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      <c r="A13" s="10" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="167.25">
+      <c r="A13" s="9" t="s">
         <v>260</v>
       </c>
-      <c r="B13" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="17" t="s">
+      <c r="B13" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" s="8" t="s">
         <v>261</v>
       </c>
-      <c r="E13" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="5" t="s">
+      <c r="E13" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F13" s="6" t="s">
         <v>262</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      <c r="A14" s="9" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="54">
+      <c r="A14" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" s="18" t="s">
         <v>264</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...12 lines deleted...]
-        <v>267</v>
+      <c r="F14" s="5" t="s">
+        <v>227</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="167.25">
-      <c r="A15" s="9" t="s">
+    <row r="15" spans="1:7" ht="40.5">
+      <c r="A15" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="D15" s="17" t="s">
+        <v>267</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="40.5">
+      <c r="A16" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="D16" s="17" t="s">
+        <v>272</v>
+      </c>
+      <c r="E16" s="18" t="s">
         <v>268</v>
       </c>
-      <c r="B15" s="6" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="F16" s="5" t="s">
-        <v>230</v>
+        <v>251</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="36" customHeight="1">
       <c r="A17" s="10" t="s">
         <v>273</v>
       </c>
-      <c r="B17" s="5" t="s">
-        <v>1196</v>
+      <c r="B17" s="6" t="s">
+        <v>545</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D17" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="E17" s="18" t="s">
         <v>275</v>
       </c>
-      <c r="E17" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="5" t="s">
-        <v>230</v>
+        <v>276</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="18" spans="1:7" ht="40.5">
-      <c r="A18" s="10" t="s">
+    <row r="18" spans="1:7" ht="78">
+      <c r="A18" s="9" t="s">
         <v>277</v>
       </c>
-      <c r="B18" s="5" t="s">
+      <c r="B18" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" s="8" t="s">
         <v>278</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="E18" s="11" t="s">
         <v>279</v>
       </c>
-      <c r="D18" s="17" t="s">
+      <c r="F18" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="128.25">
+      <c r="A19" s="25" t="s">
         <v>280</v>
       </c>
-      <c r="E18" s="18" t="s">
-[...5 lines deleted...]
-      <c r="G18" s="5" t="s">
+      <c r="B19" s="12" t="s">
+        <v>281</v>
+      </c>
+      <c r="C19" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>283</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>284</v>
+      </c>
+      <c r="F19" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="54">
+      <c r="A20" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D20" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>293</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="G20" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="54">
-[...41 lines deleted...]
-      <c r="G20" s="5" t="s">
+    <row r="21" spans="1:7" ht="78">
+      <c r="A21" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C21" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>296</v>
+      </c>
+      <c r="F21" s="12" t="s">
+        <v>297</v>
+      </c>
+      <c r="G21" s="5" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="128.25">
-[...22 lines deleted...]
-    <row r="22" spans="1:7" ht="54">
+    <row r="22" spans="1:7" ht="40.5">
       <c r="A22" s="10" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>299</v>
+        <v>119</v>
       </c>
       <c r="C22" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" s="18" t="s">
         <v>300</v>
       </c>
-      <c r="D22" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="5" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="78">
-      <c r="A23" s="15" t="s">
+    <row r="23" spans="1:7" ht="51.75">
+      <c r="A23" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="D23" s="17" t="s">
         <v>304</v>
       </c>
-      <c r="B23" s="12" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="13" t="s">
+      <c r="E23" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="78">
+      <c r="A24" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="F23" s="12" t="s">
+      <c r="B24" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="C24" s="12" t="s">
         <v>306</v>
       </c>
-      <c r="G23" s="5" t="s">
+      <c r="D24" s="14" t="s">
+        <v>307</v>
+      </c>
+      <c r="E24" s="13" t="s">
+        <v>308</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="G24" s="5" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="40.5">
-[...23 lines deleted...]
-      <c r="A25" s="10" t="s">
+    <row r="25" spans="1:7" ht="154.5">
+      <c r="A25" s="25" t="s">
         <v>310</v>
       </c>
-      <c r="B25" s="5" t="s">
+      <c r="B25" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="C25" s="12" t="s">
         <v>311</v>
       </c>
-      <c r="C25" s="5" t="s">
+      <c r="D25" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" s="13" t="s">
         <v>312</v>
       </c>
-      <c r="D25" s="17" t="s">
+      <c r="F25" s="12" t="s">
         <v>313</v>
       </c>
-      <c r="E25" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G25" s="5" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      <c r="A26" s="15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="167.25">
+      <c r="A26" s="25" t="s">
         <v>314</v>
       </c>
-      <c r="B26" s="6" t="s">
-        <v>492</v>
+      <c r="B26" s="12" t="s">
+        <v>315</v>
       </c>
       <c r="C26" s="12" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D26" s="14" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E26" s="13" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="F26" s="12" t="s">
         <v>318</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      <c r="A27" s="25" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="64.5">
+      <c r="A27" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="B27" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="12" t="s">
+      <c r="B27" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E27" s="18" t="s">
         <v>320</v>
       </c>
-      <c r="D27" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="13" t="s">
+      <c r="F27" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="F27" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" ht="167.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="40.5">
       <c r="A28" s="25" t="s">
         <v>323</v>
       </c>
       <c r="B28" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" s="12" t="s">
         <v>324</v>
       </c>
-      <c r="C28" s="12" t="s">
+      <c r="D28" s="14" t="s">
         <v>325</v>
       </c>
-      <c r="D28" s="14" t="s">
+      <c r="E28" s="13" t="s">
+        <v>322</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="51.75">
+      <c r="A29" s="25" t="s">
         <v>326</v>
       </c>
-      <c r="E28" s="13" t="s">
+      <c r="B29" s="12" t="s">
+        <v>327</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>328</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="E29" s="13" t="s">
+        <v>322</v>
+      </c>
+      <c r="F29" s="12" t="s">
         <v>321</v>
-      </c>
-[...24 lines deleted...]
-        <v>330</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="40.5">
       <c r="A30" s="25" t="s">
+        <v>330</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D30" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="F30" s="5" t="s">
         <v>332</v>
-      </c>
-[...13 lines deleted...]
-        <v>294</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="51.75">
-      <c r="A31" s="25" t="s">
+    <row r="31" spans="1:7" ht="156">
+      <c r="A31" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>983</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="F31" s="5" t="s">
         <v>335</v>
       </c>
-      <c r="B31" s="12" t="s">
+      <c r="G31" s="12" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="51.75">
+      <c r="A32" s="25" t="s">
+        <v>337</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>338</v>
+      </c>
+      <c r="E32" s="13" t="s">
         <v>336</v>
       </c>
-      <c r="C31" s="12" t="s">
-[...11 lines deleted...]
-      <c r="G31" s="5" t="s">
+      <c r="F32" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="G32" s="12" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="32" spans="1:7" ht="40.5">
-      <c r="A32" s="25" t="s">
+    <row r="33" spans="1:7" ht="40.5">
+      <c r="A33" s="10" t="s">
         <v>339</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E32" s="18" t="s">
+      <c r="B33" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E33" s="18" t="s">
         <v>340</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="F33" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="G32" s="5" t="s">
+      <c r="G33" s="12" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="156">
-      <c r="A33" s="10" t="s">
+    <row r="34" spans="1:7" ht="51.75">
+      <c r="A34" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="B34" s="19" t="s">
         <v>343</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F33" s="5" t="s">
+      <c r="C34" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="G33" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="25" t="s">
+      <c r="D34" s="17" t="s">
+        <v>345</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="F34" s="5" t="s">
         <v>346</v>
-      </c>
-[...13 lines deleted...]
-        <v>294</v>
       </c>
       <c r="G34" s="12" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="40.5">
-      <c r="A35" s="10" t="s">
+    <row r="35" spans="1:7" ht="232.5">
+      <c r="A35" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" s="8" t="s">
         <v>348</v>
       </c>
-      <c r="B35" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E35" s="18" t="s">
+      <c r="E35" s="26" t="s">
         <v>349</v>
       </c>
-      <c r="F35" s="5" t="s">
+      <c r="F35" s="11" t="s">
         <v>350</v>
       </c>
       <c r="G35" s="12" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="51.75">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="54">
       <c r="A36" s="10" t="s">
         <v>351</v>
       </c>
-      <c r="B36" s="19" t="s">
+      <c r="B36" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C36" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="C36" s="5" t="s">
+      <c r="D36" s="17" t="s">
         <v>353</v>
       </c>
-      <c r="D36" s="17" t="s">
+      <c r="E36" s="20" t="s">
         <v>354</v>
       </c>
-      <c r="E36" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="5" t="s">
+      <c r="F36" s="18" t="s">
         <v>355</v>
       </c>
       <c r="G36" s="12" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="232.5">
-      <c r="A37" s="7" t="s">
+    <row r="37" spans="1:7" ht="64.5">
+      <c r="A37" s="9" t="s">
         <v>356</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>7</v>
+        <v>1137</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>62</v>
+        <v>244</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>357</v>
       </c>
-      <c r="E37" s="26" t="s">
+      <c r="E37" s="6" t="s">
         <v>358</v>
       </c>
-      <c r="F37" s="11" t="s">
-        <v>359</v>
+      <c r="F37" s="6" t="s">
+        <v>232</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" ht="54">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="51.75">
       <c r="A38" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="B38" s="19" t="s">
+        <v>362</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="D38" s="17" t="s">
+        <v>364</v>
+      </c>
+      <c r="E38" s="18" t="s">
         <v>360</v>
       </c>
-      <c r="B38" s="6" t="s">
-[...14 lines deleted...]
-      <c r="G38" s="12" t="s">
+      <c r="F38" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="G38" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="64.5">
+    <row r="39" spans="1:7" ht="90.75">
       <c r="A39" s="9" t="s">
+        <v>366</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="E39" s="11" t="s">
+        <v>360</v>
+      </c>
+      <c r="F39" s="6" t="s">
         <v>365</v>
       </c>
-      <c r="B39" s="6" t="s">
-[...18 lines deleted...]
-    <row r="40" spans="1:7" ht="51.75">
+      <c r="G39" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="192.75">
       <c r="A40" s="10" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>374</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>974</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="D40" s="17" t="s">
+        <v>376</v>
+      </c>
+      <c r="E40" s="18" t="s">
         <v>372</v>
       </c>
-      <c r="D40" s="17" t="s">
+      <c r="F40" s="18" t="s">
         <v>373</v>
       </c>
-      <c r="E40" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40" s="5" t="s">
-        <v>132</v>
-[...12 lines deleted...]
-      <c r="D41" s="8" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="156.75">
+      <c r="A41" s="7" t="s">
+        <v>379</v>
+      </c>
+      <c r="B41" s="19" t="s">
         <v>378</v>
       </c>
-      <c r="E41" s="11" t="s">
-[...3 lines deleted...]
-        <v>374</v>
+      <c r="C41" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D41" s="17" t="s">
+        <v>380</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>382</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="192.75">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="51.75">
       <c r="A42" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="B42" s="6" t="s">
-        <v>991</v>
+      <c r="B42" s="5" t="s">
+        <v>128</v>
       </c>
       <c r="C42" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D42" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E42" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="D42" s="17" t="s">
+      <c r="F42" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="E42" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G42" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="116.25">
+      <c r="A43" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>390</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="D43" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="G43" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="156.75">
-[...35 lines deleted...]
-      <c r="E44" s="5" t="s">
+    <row r="44" spans="1:7" ht="143.25">
+      <c r="A44" s="7" t="s">
         <v>393</v>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="B44" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" s="6" t="s">
         <v>394</v>
       </c>
+      <c r="D44" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="E44" s="11" t="s">
+        <v>395</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>226</v>
+      </c>
       <c r="G44" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" ht="116.25">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="40.5">
       <c r="A45" s="7" t="s">
+        <v>397</v>
+      </c>
+      <c r="B45" s="19" t="s">
         <v>398</v>
       </c>
-      <c r="B45" s="19" t="s">
+      <c r="C45" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="C45" s="5" t="s">
+      <c r="D45" s="17" t="s">
         <v>400</v>
       </c>
-      <c r="D45" s="17" t="s">
+      <c r="E45" s="18" t="s">
         <v>401</v>
       </c>
-      <c r="E45" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" s="5" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="46" spans="1:7" ht="143.25">
+    <row r="46" spans="1:7" ht="64.5">
       <c r="A46" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="D46" s="17" t="s">
+        <v>406</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>401</v>
+      </c>
+      <c r="F46" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="B46" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G46" s="5" t="s">
-        <v>133</v>
-[...6 lines deleted...]
-      <c r="B47" s="19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="231">
+      <c r="A47" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="C47" s="5" t="s">
+      <c r="B47" s="12" t="s">
         <v>408</v>
       </c>
-      <c r="D47" s="17" t="s">
+      <c r="C47" s="12" t="s">
         <v>409</v>
       </c>
-      <c r="E47" s="18" t="s">
+      <c r="D47" s="14" t="s">
         <v>410</v>
       </c>
-      <c r="F47" s="5" t="s">
+      <c r="E47" s="13" t="s">
         <v>411</v>
+      </c>
+      <c r="F47" s="12" t="s">
+        <v>412</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="64.5">
-[...3 lines deleted...]
-      <c r="B48" s="5" t="s">
+    <row r="48" spans="1:7" ht="52.5">
+      <c r="A48" s="25" t="s">
         <v>413</v>
       </c>
-      <c r="C48" s="5" t="s">
+      <c r="B48" s="12" t="s">
         <v>414</v>
       </c>
-      <c r="D48" s="17" t="s">
+      <c r="C48" s="12" t="s">
         <v>415</v>
       </c>
-      <c r="E48" s="18" t="s">
-[...3 lines deleted...]
-        <v>411</v>
+      <c r="D48" s="14" t="s">
+        <v>416</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="F48" s="12" t="s">
+        <v>418</v>
       </c>
       <c r="G48" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="40.5">
+      <c r="A49" s="25" t="s">
+        <v>419</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C49" s="12" t="s">
+        <v>420</v>
+      </c>
+      <c r="D49" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="E49" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="F49" s="12" t="s">
+        <v>418</v>
+      </c>
+      <c r="G49" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="49" spans="1:7" ht="231">
-[...22 lines deleted...]
-    <row r="50" spans="1:7" ht="52.5">
+    <row r="50" spans="1:7" ht="78">
       <c r="A50" s="25" t="s">
         <v>422</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>423</v>
       </c>
       <c r="C50" s="12" t="s">
         <v>424</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>425</v>
       </c>
       <c r="E50" s="13" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="F50" s="12" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="40.5">
+    <row r="51" spans="1:7" ht="90.75">
       <c r="A51" s="25" t="s">
+        <v>431</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>427</v>
+      </c>
+      <c r="C51" s="12" t="s">
         <v>428</v>
       </c>
-      <c r="B51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="12" t="s">
+      <c r="D51" s="14" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="E51" s="13" t="s">
         <v>426</v>
       </c>
       <c r="F51" s="12" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>132</v>
-[...12 lines deleted...]
-      <c r="D52" s="14" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="256.5">
+      <c r="A52" s="7" t="s">
         <v>434</v>
       </c>
-      <c r="E52" s="13" t="s">
-[...5 lines deleted...]
-      <c r="G52" s="5" t="s">
+      <c r="B52" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="D52" s="21" t="s">
+        <v>436</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="G52" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="53" spans="1:7" ht="90.75">
-      <c r="A53" s="25" t="s">
+    <row r="53" spans="1:7" ht="78">
+      <c r="A53" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="B53" s="12" t="s">
         <v>440</v>
       </c>
-      <c r="B53" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="12" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D53" s="14" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="E53" s="13" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="F53" s="12" t="s">
-        <v>439</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:7" ht="256.5">
+        <v>444</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="141.75">
       <c r="A54" s="7" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>447</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>448</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>446</v>
+        <v>449</v>
+      </c>
+      <c r="D54" s="17" t="s">
+        <v>450</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>451</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="55" spans="1:7" ht="78">
-[...9 lines deleted...]
-      <c r="D55" s="14" t="s">
+    <row r="55" spans="1:7" ht="103.5">
+      <c r="A55" s="7" t="s">
+        <v>453</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C55" s="16" t="s">
+        <v>454</v>
+      </c>
+      <c r="D55" s="21" t="s">
+        <v>455</v>
+      </c>
+      <c r="E55" s="18" t="s">
         <v>451</v>
       </c>
-      <c r="E55" s="13" t="s">
-[...10 lines deleted...]
-      <c r="A56" s="7" t="s">
+      <c r="F55" s="6" t="s">
         <v>456</v>
       </c>
+      <c r="G55" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="103.5">
+      <c r="A56" s="15" t="s">
+        <v>457</v>
+      </c>
       <c r="B56" s="6" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="C56" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>370</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>371</v>
+      </c>
+      <c r="E56" s="13" t="s">
         <v>458</v>
       </c>
-      <c r="D56" s="17" t="s">
+      <c r="F56" s="13" t="s">
+        <v>373</v>
+      </c>
+      <c r="G56" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="40.5">
+      <c r="A57" s="7" t="s">
         <v>459</v>
       </c>
-      <c r="E56" s="18" t="s">
+      <c r="B57" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D57" s="22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E57" s="6" t="s">
         <v>460</v>
       </c>
-      <c r="F56" s="6" t="s">
+      <c r="F57" s="6" t="s">
         <v>461</v>
       </c>
-      <c r="G56" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="7" t="s">
+      <c r="G57" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="40.5">
+      <c r="A58" s="7" t="s">
+        <v>464</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D58" s="22" t="s">
+        <v>215</v>
+      </c>
+      <c r="E58" s="18" t="s">
         <v>462</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="16" t="s">
+      <c r="F58" s="18" t="s">
         <v>463</v>
       </c>
-      <c r="D57" s="21" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G58" s="12" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" ht="40.5">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="51.75">
       <c r="A59" s="7" t="s">
+        <v>469</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>471</v>
+      </c>
+      <c r="E59" s="11" t="s">
         <v>468</v>
       </c>
-      <c r="B59" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" s="6" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="G59" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="G59" s="12" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="40.5">
       <c r="A60" s="7" t="s">
         <v>473</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>474</v>
       </c>
-      <c r="C60" s="5" t="s">
+      <c r="C60" s="6" t="s">
         <v>475</v>
       </c>
-      <c r="D60" s="22" t="s">
-[...6 lines deleted...]
-        <v>472</v>
+      <c r="D60" s="8" t="s">
+        <v>476</v>
+      </c>
+      <c r="E60" s="11" t="s">
+        <v>477</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>478</v>
       </c>
       <c r="G60" s="12" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="51.75">
-      <c r="A61" s="7" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="6" t="s">
+      <c r="A61" s="15" t="s">
         <v>479</v>
       </c>
-      <c r="C61" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="8" t="s">
+      <c r="B61" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C61" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="D61" s="14" t="s">
         <v>480</v>
       </c>
-      <c r="E61" s="11" t="s">
+      <c r="E61" s="13" t="s">
         <v>477</v>
       </c>
-      <c r="F61" s="6" t="s">
+      <c r="F61" s="12" t="s">
         <v>481</v>
       </c>
-      <c r="G61" s="12" t="s">
+      <c r="G61" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="62" spans="1:7" ht="40.5">
-[...6 lines deleted...]
-      <c r="C62" s="6" t="s">
+    <row r="62" spans="1:7" ht="90.75">
+      <c r="A62" s="10" t="s">
         <v>484</v>
       </c>
-      <c r="D62" s="8" t="s">
+      <c r="B62" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="E62" s="11" t="s">
+      <c r="C62" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="F62" s="6" t="s">
+      <c r="D62" s="17" t="s">
         <v>487</v>
       </c>
+      <c r="E62" s="18" t="s">
+        <v>488</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>489</v>
+      </c>
       <c r="G62" s="12" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="51.75">
-      <c r="A63" s="15" t="s">
-[...14 lines deleted...]
-      <c r="F63" s="12" t="s">
+      <c r="A63" s="7" t="s">
         <v>490</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="E63" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>493</v>
       </c>
       <c r="G63" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="90.75">
-[...3 lines deleted...]
-      <c r="B64" s="5" t="s">
+    <row r="64" spans="1:7" ht="40.5">
+      <c r="A64" s="7" t="s">
         <v>494</v>
       </c>
-      <c r="C64" s="5" t="s">
+      <c r="B64" s="6" t="s">
         <v>495</v>
       </c>
-      <c r="D64" s="17" t="s">
+      <c r="C64" s="6" t="s">
         <v>496</v>
       </c>
-      <c r="E64" s="18" t="s">
+      <c r="D64" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E64" s="11" t="s">
         <v>497</v>
       </c>
-      <c r="F64" s="5" t="s">
+      <c r="F64" s="11" t="s">
         <v>498</v>
       </c>
       <c r="G64" s="12" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="51.75">
+    <row r="65" spans="1:7" ht="90.75">
       <c r="A65" s="7" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>500</v>
+        <v>155</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>157</v>
+        <v>501</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="F65" s="6" t="s">
         <v>502</v>
       </c>
-      <c r="G65" s="5" t="s">
-        <v>132</v>
+      <c r="F65" s="11" t="s">
+        <v>503</v>
+      </c>
+      <c r="G65" s="12" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="40.5">
       <c r="A66" s="7" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>149</v>
-[...4 lines deleted...]
-      <c r="F66" s="11" t="s">
         <v>507</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>509</v>
       </c>
       <c r="G66" s="12" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="90.75">
       <c r="A67" s="7" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>49</v>
-[...7 lines deleted...]
-      <c r="E67" s="11" t="s">
         <v>511</v>
       </c>
-      <c r="F67" s="11" t="s">
+      <c r="C67" s="16" t="s">
         <v>512</v>
+      </c>
+      <c r="D67" s="21" t="s">
+        <v>513</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>515</v>
       </c>
       <c r="G67" s="12" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="40.5">
       <c r="A68" s="7" t="s">
-        <v>513</v>
-[...11 lines deleted...]
-        <v>517</v>
+        <v>518</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="D68" s="22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>519</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>518</v>
-[...1 lines deleted...]
-      <c r="G68" s="12" t="s">
+        <v>520</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="40.5">
+      <c r="A69" s="10" t="s">
+        <v>521</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D69" s="23" t="s">
+        <v>522</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>519</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="154.5">
+      <c r="A70" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70" s="17" t="s">
+        <v>163</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="G70" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="69" spans="1:7" ht="90.75">
-[...18 lines deleted...]
-      <c r="G69" s="12" t="s">
+    <row r="71" spans="1:7" ht="156">
+      <c r="A71" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="D71" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="167.25">
+      <c r="A72" s="7" t="s">
+        <v>530</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="E72" s="11" t="s">
+        <v>534</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>535</v>
+      </c>
+      <c r="G72" s="12" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="40.5">
-[...18 lines deleted...]
-      <c r="G70" s="5" t="s">
+    <row r="73" spans="1:7" ht="40.5">
+      <c r="A73" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="D73" s="22" t="s">
+        <v>539</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>540</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="G73" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="71" spans="1:7" ht="40.5">
-[...41 lines deleted...]
-      <c r="G72" s="5" t="s">
+    <row r="74" spans="1:7" ht="129">
+      <c r="A74" s="7" t="s">
+        <v>542</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="D74" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>540</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="G74" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="73" spans="1:7" ht="156">
-[...41 lines deleted...]
-      <c r="G74" s="12" t="s">
+    <row r="75" spans="1:7" ht="90.75">
+      <c r="A75" s="7" t="s">
+        <v>546</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="D75" s="21" t="s">
+        <v>549</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>550</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="G75" s="12" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="40.5">
-[...18 lines deleted...]
-      <c r="G75" s="5" t="s">
+    <row r="76" spans="1:7" ht="40.5">
+      <c r="A76" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="B76" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C76" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D76" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="E76" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="F76" s="12" t="s">
+        <v>553</v>
+      </c>
+      <c r="G76" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="76" spans="1:7" ht="129">
-[...22 lines deleted...]
-    <row r="77" spans="1:7" ht="90.75">
+    <row r="77" spans="1:7" ht="141.75">
       <c r="A77" s="7" t="s">
         <v>555</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>556</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>557</v>
       </c>
       <c r="D77" s="21" t="s">
         <v>558</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>559</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>560</v>
       </c>
       <c r="G77" s="12" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="40.5">
-      <c r="A78" s="15" t="s">
+      <c r="A78" s="7" t="s">
         <v>561</v>
       </c>
-      <c r="B78" s="12" t="s">
-[...11 lines deleted...]
-      <c r="F78" s="12" t="s">
+      <c r="B78" s="6" t="s">
         <v>562</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="D78" s="22" t="s">
+        <v>564</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>559</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>560</v>
       </c>
       <c r="G78" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="79" spans="1:7" ht="141.75">
+    <row r="79" spans="1:7" ht="40.5">
       <c r="A79" s="7" t="s">
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="B79" s="6" t="s">
         <v>565</v>
       </c>
+      <c r="B79" s="5" t="s">
+        <v>566</v>
+      </c>
       <c r="C79" s="5" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="D79" s="21" t="s">
         <v>567</v>
       </c>
+      <c r="D79" s="8" t="s">
+        <v>568</v>
+      </c>
       <c r="E79" s="18" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="F79" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="141.75">
+      <c r="A80" s="7" t="s">
         <v>569</v>
       </c>
-      <c r="G79" s="12" t="s">
+      <c r="B80" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>571</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="G80" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="80" spans="1:7" ht="40.5">
-[...22 lines deleted...]
-    <row r="81" spans="1:7" ht="40.5">
+    <row r="81" spans="1:7" ht="141.75">
       <c r="A81" s="7" t="s">
         <v>574</v>
       </c>
       <c r="B81" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C81" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="C81" s="5" t="s">
+      <c r="D81" s="21" t="s">
         <v>576</v>
       </c>
-      <c r="D81" s="8" t="s">
+      <c r="E81" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="F81" s="18" t="s">
+        <v>535</v>
+      </c>
+      <c r="G81" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="54">
+      <c r="A82" s="15" t="s">
         <v>577</v>
       </c>
-      <c r="E81" s="18" t="s">
-[...5 lines deleted...]
-      <c r="G81" s="5" t="s">
+      <c r="B82" s="12" t="s">
+        <v>578</v>
+      </c>
+      <c r="C82" s="12" t="s">
+        <v>579</v>
+      </c>
+      <c r="D82" s="14" t="s">
+        <v>580</v>
+      </c>
+      <c r="E82" s="13" t="s">
+        <v>581</v>
+      </c>
+      <c r="F82" s="12" t="s">
+        <v>582</v>
+      </c>
+      <c r="G82" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="82" spans="1:7" ht="141.75">
-[...23 lines deleted...]
-      <c r="A83" s="7" t="s">
+    <row r="83" spans="1:7" ht="40.5">
+      <c r="A83" s="15" t="s">
         <v>583</v>
       </c>
-      <c r="B83" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="5" t="s">
+      <c r="B83" s="12" t="s">
         <v>584</v>
       </c>
-      <c r="D83" s="21" t="s">
+      <c r="C83" s="12" t="s">
         <v>585</v>
       </c>
-      <c r="E83" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A84" s="15" t="s">
+      <c r="D83" s="14" t="s">
         <v>586</v>
       </c>
-      <c r="B84" s="12" t="s">
+      <c r="E83" s="13" t="s">
         <v>587</v>
       </c>
-      <c r="C84" s="12" t="s">
+      <c r="F83" s="12" t="s">
         <v>588</v>
       </c>
-      <c r="D84" s="14" t="s">
+      <c r="G83" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="141">
+      <c r="A84" s="7" t="s">
         <v>589</v>
       </c>
-      <c r="E84" s="13" t="s">
+      <c r="B84" s="6" t="s">
         <v>590</v>
       </c>
-      <c r="F84" s="12" t="s">
+      <c r="C84" s="6" t="s">
         <v>591</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>592</v>
+      </c>
+      <c r="E84" s="11" t="s">
+        <v>593</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>594</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="85" spans="1:7" ht="40.5">
-[...16 lines deleted...]
-        <v>597</v>
+    <row r="85" spans="1:7" ht="51.75">
+      <c r="A85" s="7" t="s">
+        <v>599</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="D85" s="22" t="s">
+        <v>602</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>598</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="86" spans="1:7" ht="141">
+    <row r="86" spans="1:7" ht="65.25">
       <c r="A86" s="7" t="s">
-        <v>598</v>
-[...13 lines deleted...]
-      <c r="F86" s="6" t="s">
         <v>603</v>
       </c>
-      <c r="G86" s="5" t="s">
-[...3 lines deleted...]
-    <row r="87" spans="1:7" ht="51.75">
+      <c r="B86" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="C86" s="16" t="s">
+        <v>605</v>
+      </c>
+      <c r="D86" s="17" t="s">
+        <v>693</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>606</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="G86" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="77.25">
       <c r="A87" s="7" t="s">
         <v>608</v>
       </c>
-      <c r="B87" s="5" t="s">
+      <c r="B87" s="6" t="s">
         <v>609</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="D87" s="17" t="s">
         <v>610</v>
       </c>
-      <c r="D87" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="18" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>606</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>446</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="88" spans="1:7" ht="65.25">
+    <row r="88" spans="1:7" ht="141.75">
       <c r="A88" s="7" t="s">
+        <v>611</v>
+      </c>
+      <c r="B88" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="B88" s="5" t="s">
+      <c r="C88" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="C88" s="16" t="s">
+      <c r="D88" s="21" t="s">
         <v>614</v>
       </c>
-      <c r="D88" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="F88" s="5" t="s">
         <v>615</v>
       </c>
-      <c r="F88" s="5" t="s">
+      <c r="G88" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="90.75">
+      <c r="A89" s="7" t="s">
         <v>616</v>
       </c>
-      <c r="G88" s="12" t="s">
+      <c r="B89" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="D89" s="21" t="s">
+        <v>619</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="G89" s="12" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="89" spans="1:7" ht="77.25">
-[...18 lines deleted...]
-      <c r="G89" s="5" t="s">
+    <row r="90" spans="1:7" ht="51.75">
+      <c r="A90" s="25" t="s">
+        <v>622</v>
+      </c>
+      <c r="B90" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="D90" s="14" t="s">
+        <v>623</v>
+      </c>
+      <c r="E90" s="13" t="s">
+        <v>624</v>
+      </c>
+      <c r="F90" s="13" t="s">
+        <v>625</v>
+      </c>
+      <c r="G90" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="141.75">
-[...15 lines deleted...]
-      <c r="F90" s="5" t="s">
+    <row r="91" spans="1:7" ht="51.75">
+      <c r="A91" s="9" t="s">
+        <v>626</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>627</v>
+      </c>
+      <c r="E91" s="11" t="s">
         <v>624</v>
       </c>
-      <c r="G90" s="5" t="s">
-[...13 lines deleted...]
-      <c r="D91" s="21" t="s">
+      <c r="F91" s="6" t="s">
         <v>628</v>
       </c>
-      <c r="E91" s="18" t="s">
+      <c r="G91" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="51.75">
+      <c r="A92" s="10" t="s">
         <v>629</v>
       </c>
-      <c r="F91" s="5" t="s">
+      <c r="B92" s="5" t="s">
         <v>630</v>
       </c>
-      <c r="G91" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A92" s="25" t="s">
+      <c r="C92" s="5" t="s">
         <v>631</v>
       </c>
-      <c r="B92" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D92" s="14" t="s">
+      <c r="D92" s="17" t="s">
+        <v>638</v>
+      </c>
+      <c r="E92" s="18" t="s">
         <v>632</v>
       </c>
-      <c r="E92" s="13" t="s">
+      <c r="F92" s="5" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
       <c r="G92" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="93" spans="1:7" ht="51.75">
-      <c r="A93" s="9" t="s">
+    <row r="93" spans="1:7" ht="40.5">
+      <c r="A93" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="C93" s="5" t="s">
         <v>635</v>
       </c>
-      <c r="B93" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E93" s="11" t="s">
+      <c r="D93" s="17" t="s">
+        <v>639</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>632</v>
+      </c>
+      <c r="F93" s="5" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="94" spans="1:7" ht="51.75">
-[...1 lines deleted...]
-        <v>638</v>
+    <row r="94" spans="1:7" ht="158.25">
+      <c r="A94" s="7" t="s">
+        <v>636</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>639</v>
+        <v>34</v>
       </c>
       <c r="C94" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="D94" s="22" t="s">
         <v>640</v>
       </c>
-      <c r="D94" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" s="18" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="F94" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="104.25">
+      <c r="A95" s="10" t="s">
         <v>642</v>
       </c>
-      <c r="G94" s="5" t="s">
-[...7 lines deleted...]
-      <c r="B95" s="5" t="s">
+      <c r="B95" s="7" t="s">
         <v>643</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>644</v>
       </c>
       <c r="D95" s="17" t="s">
+        <v>645</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>646</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="51.75">
+      <c r="A96" s="10" t="s">
         <v>648</v>
       </c>
-      <c r="E95" s="18" t="s">
-[...5 lines deleted...]
-      <c r="G95" s="5" t="s">
+      <c r="B96" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="D96" s="22" t="s">
+        <v>651</v>
+      </c>
+      <c r="E96" s="18" t="s">
+        <v>646</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="G96" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="96" spans="1:7" ht="158.25">
-[...22 lines deleted...]
-    <row r="97" spans="1:7" ht="104.25">
+    <row r="97" spans="1:7" ht="54">
       <c r="A97" s="10" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="B97" s="7" t="s">
         <v>652</v>
+      </c>
+      <c r="B97" s="19" t="s">
+        <v>173</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>653</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>654</v>
       </c>
-      <c r="E97" s="18" t="s">
+      <c r="E97" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="G97" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="171">
+      <c r="A98" s="15" t="s">
         <v>655</v>
       </c>
-      <c r="F97" s="5" t="s">
+      <c r="B98" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C98" s="12" t="s">
         <v>656</v>
       </c>
-      <c r="G97" s="5" t="s">
+      <c r="D98" s="14" t="s">
+        <v>657</v>
+      </c>
+      <c r="E98" s="12" t="s">
+        <v>658</v>
+      </c>
+      <c r="F98" s="12" t="s">
+        <v>659</v>
+      </c>
+      <c r="G98" s="5" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="98" spans="1:7" ht="51.75">
-[...18 lines deleted...]
-      <c r="G98" s="5" t="s">
+    <row r="99" spans="1:7" ht="90.75">
+      <c r="A99" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="D99" s="21" t="s">
+        <v>665</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>666</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="181.5">
+      <c r="A100" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="D100" s="21" t="s">
+        <v>670</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>671</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="54">
+      <c r="A101" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="B101" s="12" t="s">
+        <v>674</v>
+      </c>
+      <c r="C101" s="12" t="s">
+        <v>675</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>676</v>
+      </c>
+      <c r="E101" s="13" t="s">
+        <v>677</v>
+      </c>
+      <c r="F101" s="12" t="s">
+        <v>678</v>
+      </c>
+      <c r="G101" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="99" spans="1:7" ht="54">
-[...18 lines deleted...]
-      <c r="G99" s="12" t="s">
+    <row r="102" spans="1:7" ht="40.5">
+      <c r="A102" s="7" t="s">
+        <v>679</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>681</v>
+      </c>
+      <c r="E102" s="11" t="s">
+        <v>682</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="209.25">
+      <c r="A103" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="B103" s="12" t="s">
+        <v>685</v>
+      </c>
+      <c r="C103" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>686</v>
+      </c>
+      <c r="E103" s="13" t="s">
+        <v>687</v>
+      </c>
+      <c r="F103" s="12" t="s">
+        <v>688</v>
+      </c>
+      <c r="G103" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="180">
+      <c r="A104" s="7" t="s">
+        <v>689</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="D104" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="E104" s="11" t="s">
+        <v>692</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="G104" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="100" spans="1:7" ht="171">
-[...41 lines deleted...]
-      <c r="G101" s="5" t="s">
+    <row r="105" spans="1:7" ht="180">
+      <c r="A105" s="7" t="s">
+        <v>694</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D105" s="24" t="s">
+        <v>695</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>696</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="G105" s="12" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="102" spans="1:7" ht="181.5">
-[...41 lines deleted...]
-      <c r="G103" s="5" t="s">
+    <row r="106" spans="1:7" ht="40.5">
+      <c r="A106" s="7" t="s">
+        <v>697</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="D106" s="22" t="s">
+        <v>700</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>701</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="G106" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="40.5">
-[...18 lines deleted...]
-      <c r="G104" s="5" t="s">
+    <row r="107" spans="1:7" ht="40.5">
+      <c r="A107" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="B107" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C107" s="12" t="s">
+        <v>704</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>705</v>
+      </c>
+      <c r="E107" s="13" t="s">
+        <v>706</v>
+      </c>
+      <c r="F107" s="12" t="s">
+        <v>707</v>
+      </c>
+      <c r="G107" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="105" spans="1:7" ht="209.25">
-[...75 lines deleted...]
-      <c r="C108" s="5" t="s">
+    <row r="108" spans="1:7" ht="39">
+      <c r="A108" s="15" t="s">
         <v>708</v>
       </c>
-      <c r="D108" s="22" t="s">
+      <c r="B108" s="12" t="s">
         <v>709</v>
       </c>
-      <c r="E108" s="18" t="s">
+      <c r="C108" s="12" t="s">
         <v>710</v>
       </c>
-      <c r="F108" s="6" t="s">
+      <c r="D108" s="14" t="s">
         <v>711</v>
+      </c>
+      <c r="E108" s="13" t="s">
+        <v>712</v>
+      </c>
+      <c r="F108" s="12" t="s">
+        <v>713</v>
       </c>
       <c r="G108" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="109" spans="1:7" ht="40.5">
+    <row r="109" spans="1:7" ht="296.25">
       <c r="A109" s="15" t="s">
+        <v>714</v>
+      </c>
+      <c r="B109" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C109" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>715</v>
+      </c>
+      <c r="E109" s="13" t="s">
         <v>712</v>
-      </c>
-[...10 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F109" s="12" t="s">
         <v>716</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      <c r="A110" s="15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="51.75">
+      <c r="A110" s="7" t="s">
         <v>717</v>
       </c>
-      <c r="B110" s="12" t="s">
+      <c r="B110" s="6" t="s">
         <v>718</v>
       </c>
-      <c r="C110" s="12" t="s">
+      <c r="C110" s="6" t="s">
         <v>719</v>
       </c>
-      <c r="D110" s="14" t="s">
+      <c r="D110" s="8" t="s">
         <v>720</v>
       </c>
-      <c r="E110" s="13" t="s">
+      <c r="E110" s="11" t="s">
         <v>721</v>
       </c>
-      <c r="F110" s="12" t="s">
+      <c r="F110" s="6" t="s">
         <v>722</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="111" spans="1:7" ht="296.25">
-      <c r="A111" s="15" t="s">
+    <row r="111" spans="1:7" ht="40.5">
+      <c r="A111" s="7" t="s">
         <v>723</v>
       </c>
-      <c r="B111" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D111" s="14" t="s">
+      <c r="B111" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="E111" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F111" s="12" t="s">
+      <c r="C111" s="5" t="s">
         <v>725</v>
       </c>
+      <c r="D111" s="17" t="s">
+        <v>726</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>727</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>728</v>
+      </c>
       <c r="G111" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" ht="51.75">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="103.5">
       <c r="A112" s="7" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="B112" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="D112" s="21" t="s">
+        <v>732</v>
+      </c>
+      <c r="E112" s="18" t="s">
         <v>727</v>
       </c>
-      <c r="C112" s="6" t="s">
+      <c r="F112" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="D112" s="8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G112" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:7" ht="40.5">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="128.25">
       <c r="A113" s="7" t="s">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="B113" s="6" t="s">
         <v>733</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>734</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>735</v>
       </c>
       <c r="E113" s="18" t="s">
-        <v>736</v>
+        <v>727</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>737</v>
+        <v>232</v>
       </c>
       <c r="G113" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="114" spans="1:7" ht="103.5">
-      <c r="A114" s="7" t="s">
+    <row r="114" spans="1:7" ht="129">
+      <c r="A114" s="25" t="s">
         <v>738</v>
       </c>
-      <c r="B114" s="5" t="s">
+      <c r="B114" s="12" t="s">
         <v>739</v>
       </c>
-      <c r="C114" s="5" t="s">
+      <c r="C114" s="12" t="s">
         <v>740</v>
       </c>
-      <c r="D114" s="21" t="s">
+      <c r="D114" s="14" t="s">
         <v>741</v>
       </c>
-      <c r="E114" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F114" s="5" t="s">
+      <c r="E114" s="13" t="s">
         <v>737</v>
+      </c>
+      <c r="F114" s="12" t="s">
+        <v>742</v>
       </c>
       <c r="G114" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="115" spans="1:7" ht="128.25">
-[...6 lines deleted...]
-      <c r="C115" s="5" t="s">
+    <row r="115" spans="1:7" ht="51.75">
+      <c r="A115" s="9" t="s">
         <v>743</v>
       </c>
-      <c r="D115" s="17" t="s">
+      <c r="B115" s="6" t="s">
         <v>744</v>
       </c>
-      <c r="E115" s="18" t="s">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="C115" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>746</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>747</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="116" spans="1:7" ht="129">
-[...3 lines deleted...]
-      <c r="B116" s="12" t="s">
+    <row r="116" spans="1:7" ht="54">
+      <c r="A116" s="7" t="s">
         <v>748</v>
       </c>
-      <c r="C116" s="12" t="s">
+      <c r="B116" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C116" s="6" t="s">
         <v>749</v>
       </c>
-      <c r="D116" s="14" t="s">
+      <c r="D116" s="8" t="s">
+        <v>507</v>
+      </c>
+      <c r="E116" s="11" t="s">
         <v>750</v>
       </c>
-      <c r="E116" s="13" t="s">
-[...5 lines deleted...]
-      <c r="G116" s="5" t="s">
+      <c r="F116" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="G116" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="117" spans="1:7" ht="51.75">
-[...6 lines deleted...]
-      <c r="C117" s="6" t="s">
+    <row r="117" spans="1:7" ht="154.5">
+      <c r="A117" s="7" t="s">
         <v>754</v>
       </c>
-      <c r="D117" s="8" t="s">
+      <c r="B117" s="12" t="s">
         <v>755</v>
       </c>
-      <c r="E117" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F117" s="6" t="s">
+      <c r="C117" s="12" t="s">
         <v>756</v>
       </c>
+      <c r="D117" s="14" t="s">
+        <v>757</v>
+      </c>
+      <c r="E117" s="13" t="s">
+        <v>758</v>
+      </c>
+      <c r="F117" s="12" t="s">
+        <v>759</v>
+      </c>
       <c r="G117" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="40.5">
+      <c r="A118" s="7" t="s">
+        <v>760</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="G118" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="118" spans="1:7" ht="54">
-[...18 lines deleted...]
-      <c r="G118" s="6" t="s">
+    <row r="119" spans="1:7" ht="103.5">
+      <c r="A119" s="10" t="s">
+        <v>764</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D119" s="17" t="s">
+        <v>765</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="G119" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="119" spans="1:7" ht="154.5">
-[...6 lines deleted...]
-      <c r="C119" s="12" t="s">
+    <row r="120" spans="1:7" ht="207">
+      <c r="A120" s="10" t="s">
+        <v>767</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D120" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>762</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="78">
+      <c r="A121" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="D121" s="21" t="s">
+        <v>772</v>
+      </c>
+      <c r="E121" s="11" t="s">
+        <v>865</v>
+      </c>
+      <c r="F121" s="6" t="s">
         <v>766</v>
       </c>
-      <c r="D119" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="13" t="s">
+      <c r="G121" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="51.75">
+      <c r="A122" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="C122" s="12" t="s">
+        <v>776</v>
+      </c>
+      <c r="D122" s="12" t="s">
+        <v>777</v>
+      </c>
+      <c r="E122" s="13" t="s">
+        <v>778</v>
+      </c>
+      <c r="F122" s="12" t="s">
+        <v>779</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="102.75">
+      <c r="A123" s="25" t="s">
+        <v>781</v>
+      </c>
+      <c r="B123" s="12" t="s">
+        <v>782</v>
+      </c>
+      <c r="C123" s="12" t="s">
+        <v>432</v>
+      </c>
+      <c r="D123" s="14" t="s">
+        <v>783</v>
+      </c>
+      <c r="E123" s="13" t="s">
+        <v>778</v>
+      </c>
+      <c r="F123" s="12" t="s">
+        <v>784</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="102.75">
+      <c r="A124" s="7" t="s">
+        <v>785</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="D124" s="8" t="s">
+        <v>787</v>
+      </c>
+      <c r="E124" s="11" t="s">
+        <v>788</v>
+      </c>
+      <c r="F124" s="6" t="s">
         <v>768</v>
       </c>
-      <c r="F119" s="12" t="s">
-[...2 lines deleted...]
-      <c r="G119" s="5" t="s">
+      <c r="G124" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="180">
+      <c r="A125" s="7" t="s">
+        <v>789</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="D125" s="21" t="s">
+        <v>792</v>
+      </c>
+      <c r="E125" s="18" t="s">
+        <v>793</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="G125" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="120" spans="1:7" ht="40.5">
-[...137 lines deleted...]
-    <row r="126" spans="1:7" ht="102.75">
+    <row r="126" spans="1:7" ht="171">
       <c r="A126" s="7" t="s">
         <v>795</v>
       </c>
-      <c r="B126" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C126" s="6" t="s">
+      <c r="B126" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C126" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D126" s="14" t="s">
         <v>796</v>
       </c>
-      <c r="D126" s="8" t="s">
+      <c r="E126" s="13" t="s">
         <v>797</v>
       </c>
-      <c r="E126" s="11" t="s">
+      <c r="F126" s="13" t="s">
         <v>798</v>
       </c>
-      <c r="F126" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:7" ht="180">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="141.75">
       <c r="A127" s="7" t="s">
         <v>799</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>800</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>801</v>
       </c>
       <c r="D127" s="21" t="s">
         <v>802</v>
       </c>
       <c r="E127" s="18" t="s">
+        <v>797</v>
+      </c>
+      <c r="F127" s="5" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="G127" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="128" spans="1:7" ht="171">
-[...1 lines deleted...]
-        <v>805</v>
+    <row r="128" spans="1:7" ht="183.75">
+      <c r="A128" s="15" t="s">
+        <v>807</v>
       </c>
       <c r="B128" s="12" t="s">
-        <v>50</v>
+        <v>554</v>
       </c>
       <c r="C128" s="12" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D128" s="14" t="s">
-        <v>806</v>
-[...4 lines deleted...]
-      <c r="F128" s="13" t="s">
         <v>808</v>
+      </c>
+      <c r="E128" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="F128" s="12" t="s">
+        <v>809</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="129" spans="1:7" ht="141.75">
-[...3 lines deleted...]
-      <c r="B129" s="6" t="s">
+    <row r="129" spans="1:7" ht="64.5">
+      <c r="A129" s="15" t="s">
         <v>810</v>
       </c>
-      <c r="C129" s="5" t="s">
+      <c r="B129" s="12" t="s">
         <v>811</v>
       </c>
-      <c r="D129" s="21" t="s">
+      <c r="C129" s="12" t="s">
         <v>812</v>
       </c>
-      <c r="E129" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F129" s="5" t="s">
+      <c r="D129" s="14" t="s">
         <v>813</v>
       </c>
+      <c r="E129" s="13" t="s">
+        <v>814</v>
+      </c>
+      <c r="F129" s="12" t="s">
+        <v>798</v>
+      </c>
       <c r="G129" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="52.5">
+      <c r="A130" s="15" t="s">
+        <v>815</v>
+      </c>
+      <c r="B130" s="12" t="s">
+        <v>482</v>
+      </c>
+      <c r="C130" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="D130" s="14" t="s">
+        <v>816</v>
+      </c>
+      <c r="E130" s="13" t="s">
+        <v>817</v>
+      </c>
+      <c r="F130" s="12" t="s">
+        <v>818</v>
+      </c>
+      <c r="G130" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="130" spans="1:7" ht="183.75">
-[...15 lines deleted...]
-      <c r="F130" s="12" t="s">
+    <row r="131" spans="1:7" ht="192.75">
+      <c r="A131" s="7" t="s">
         <v>819</v>
       </c>
-      <c r="G130" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A131" s="15" t="s">
+      <c r="B131" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="C131" s="6" t="s">
         <v>820</v>
       </c>
-      <c r="B131" s="12" t="s">
+      <c r="D131" s="8" t="s">
         <v>821</v>
       </c>
-      <c r="C131" s="12" t="s">
+      <c r="E131" s="11" t="s">
         <v>822</v>
       </c>
-      <c r="D131" s="14" t="s">
+      <c r="F131" s="6" t="s">
         <v>823</v>
       </c>
-      <c r="E131" s="13" t="s">
+      <c r="G131" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="90.75">
+      <c r="A132" s="7" t="s">
         <v>824</v>
       </c>
-      <c r="F131" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="15" t="s">
+      <c r="B132" s="6" t="s">
         <v>825</v>
       </c>
-      <c r="B132" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D132" s="14" t="s">
+      <c r="C132" s="6" t="s">
         <v>826</v>
       </c>
-      <c r="E132" s="13" t="s">
+      <c r="D132" s="8" t="s">
         <v>827</v>
       </c>
-      <c r="F132" s="12" t="s">
+      <c r="E132" s="11" t="s">
+        <v>822</v>
+      </c>
+      <c r="F132" s="6" t="s">
         <v>828</v>
       </c>
-      <c r="G132" s="5" t="s">
+      <c r="G132" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="133" spans="1:7" ht="192.75">
+    <row r="133" spans="1:7" ht="141.75">
       <c r="A133" s="7" t="s">
         <v>829</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>183</v>
+        <v>13</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>830</v>
       </c>
       <c r="D133" s="8" t="s">
         <v>831</v>
       </c>
-      <c r="E133" s="11" t="s">
+      <c r="E133" s="6" t="s">
         <v>832</v>
       </c>
       <c r="F133" s="6" t="s">
         <v>833</v>
       </c>
       <c r="G133" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="134" spans="1:7" ht="90.75">
+    <row r="134" spans="1:7" ht="397.5">
       <c r="A134" s="7" t="s">
         <v>834</v>
       </c>
       <c r="B134" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D134" s="8" t="s">
+        <v>773</v>
+      </c>
+      <c r="E134" s="11" t="s">
+        <v>774</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="103.5">
+      <c r="A135" s="7" t="s">
         <v>835</v>
       </c>
-      <c r="C134" s="6" t="s">
+      <c r="B135" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C135" s="5" t="s">
         <v>836</v>
       </c>
-      <c r="D134" s="8" t="s">
+      <c r="D135" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="E135" s="27" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F135" s="6" t="s">
         <v>837</v>
-      </c>
-[...27 lines deleted...]
-        <v>843</v>
       </c>
       <c r="G135" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="136" spans="1:7" ht="397.5">
+    <row r="136" spans="1:7" ht="129">
       <c r="A136" s="7" t="s">
+        <v>838</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="D136" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="64.5">
+      <c r="A137" s="7" t="s">
+        <v>843</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="D137" s="8" t="s">
         <v>844</v>
       </c>
-      <c r="B136" s="6" t="s">
-[...19 lines deleted...]
-      <c r="A137" s="7" t="s">
+      <c r="E137" s="11" t="s">
         <v>845</v>
       </c>
-      <c r="B137" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C137" s="5" t="s">
+      <c r="F137" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="G137" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="77.25">
+      <c r="A138" s="7" t="s">
         <v>846</v>
       </c>
-      <c r="D137" s="21" t="s">
-[...5 lines deleted...]
-      <c r="F137" s="6" t="s">
+      <c r="B138" s="5" t="s">
         <v>847</v>
       </c>
-      <c r="G137" s="5" t="s">
+      <c r="C138" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="D138" s="17" t="s">
+        <v>849</v>
+      </c>
+      <c r="E138" s="18" t="s">
+        <v>850</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="G138" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="141.75">
+      <c r="A139" s="7" t="s">
+        <v>852</v>
+      </c>
+      <c r="B139" s="19" t="s">
+        <v>853</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="D139" s="8" t="s">
+        <v>855</v>
+      </c>
+      <c r="E139" s="18" t="s">
+        <v>850</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="G139" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="138" spans="1:7" ht="129">
-[...45 lines deleted...]
-    <row r="140" spans="1:7" ht="77.25">
+    <row r="140" spans="1:7" ht="154.5">
       <c r="A140" s="7" t="s">
         <v>856</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>857</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>858</v>
       </c>
       <c r="D140" s="17" t="s">
         <v>859</v>
       </c>
       <c r="E140" s="18" t="s">
+        <v>850</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="51.75">
+      <c r="A141" s="7" t="s">
         <v>860</v>
       </c>
-      <c r="F140" s="6" t="s">
+      <c r="B141" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C141" s="6" t="s">
         <v>861</v>
       </c>
-      <c r="G140" s="6" t="s">
+      <c r="D141" s="8" t="s">
+        <v>862</v>
+      </c>
+      <c r="E141" s="11" t="s">
+        <v>863</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="G141" s="6" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="141" spans="1:7" ht="141.75">
-[...22 lines deleted...]
-    <row r="142" spans="1:7" ht="154.5">
+    <row r="142" spans="1:7" ht="102.75">
       <c r="A142" s="7" t="s">
         <v>866</v>
       </c>
-      <c r="B142" s="5" t="s">
+      <c r="B142" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D142" s="8" t="s">
         <v>867</v>
       </c>
-      <c r="C142" s="5" t="s">
+      <c r="E142" s="11" t="s">
         <v>868</v>
       </c>
-      <c r="D142" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" s="6" t="s">
-        <v>861</v>
-[...5 lines deleted...]
-    <row r="143" spans="1:7" ht="51.75">
+        <v>864</v>
+      </c>
+      <c r="G142" s="6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="77.25">
       <c r="A143" s="7" t="s">
         <v>870</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>6</v>
+        <v>286</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>871</v>
+        <v>287</v>
       </c>
       <c r="D143" s="8" t="s">
         <v>872</v>
       </c>
       <c r="E143" s="11" t="s">
+        <v>871</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="180">
+      <c r="A144" s="7" t="s">
         <v>873</v>
       </c>
-      <c r="F143" s="6" t="s">
+      <c r="B144" s="5" t="s">
         <v>874</v>
       </c>
-      <c r="G143" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A144" s="7" t="s">
+      <c r="C144" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="D144" s="17" t="s">
         <v>876</v>
       </c>
-      <c r="B144" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D144" s="8" t="s">
+      <c r="E144" s="18" t="s">
         <v>877</v>
       </c>
-      <c r="E144" s="11" t="s">
+      <c r="F144" s="18" t="s">
         <v>878</v>
       </c>
-      <c r="F144" s="6" t="s">
-[...6 lines deleted...]
-    <row r="145" spans="1:7" ht="77.25">
+      <c r="G144" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="180">
       <c r="A145" s="7" t="s">
+        <v>879</v>
+      </c>
+      <c r="B145" s="5" t="s">
         <v>880</v>
       </c>
-      <c r="B145" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D145" s="8" t="s">
+      <c r="C145" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="D145" s="24" t="s">
+        <v>695</v>
+      </c>
+      <c r="E145" s="18" t="s">
+        <v>877</v>
+      </c>
+      <c r="F145" s="18" t="s">
+        <v>878</v>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="154.5">
+      <c r="A146" s="7" t="s">
         <v>882</v>
       </c>
-      <c r="E145" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A146" s="7" t="s">
+      <c r="B146" s="5" t="s">
         <v>883</v>
       </c>
-      <c r="B146" s="5" t="s">
+      <c r="C146" s="5" t="s">
         <v>884</v>
       </c>
-      <c r="C146" s="5" t="s">
+      <c r="D146" s="17" t="s">
         <v>885</v>
       </c>
-      <c r="D146" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="18" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="F146" s="18" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
       <c r="G146" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="147" spans="1:7" ht="180">
+    <row r="147" spans="1:7" ht="52.5">
       <c r="A147" s="7" t="s">
+        <v>886</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="D147" s="21" t="s">
         <v>889</v>
       </c>
-      <c r="B147" s="5" t="s">
+      <c r="E147" s="18" t="s">
         <v>890</v>
       </c>
-      <c r="C147" s="5" t="s">
+      <c r="F147" s="18" t="s">
         <v>891</v>
-      </c>
-[...7 lines deleted...]
-        <v>888</v>
       </c>
       <c r="G147" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="148" spans="1:7" ht="154.5">
+    <row r="148" spans="1:7" ht="39">
       <c r="A148" s="7" t="s">
         <v>892</v>
       </c>
-      <c r="B148" s="5" t="s">
+      <c r="B148" s="6" t="s">
         <v>893</v>
       </c>
-      <c r="C148" s="5" t="s">
+      <c r="C148" s="6" t="s">
         <v>894</v>
       </c>
-      <c r="D148" s="17" t="s">
+      <c r="D148" s="8" t="s">
         <v>895</v>
       </c>
-      <c r="E148" s="18" t="s">
-[...3 lines deleted...]
-        <v>888</v>
+      <c r="E148" s="11" t="s">
+        <v>896</v>
+      </c>
+      <c r="F148" s="11" t="s">
+        <v>897</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:7" ht="52.5">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="141.75">
       <c r="A149" s="7" t="s">
-        <v>896</v>
-[...4 lines deleted...]
-      <c r="C149" s="5" t="s">
         <v>898</v>
       </c>
-      <c r="D149" s="21" t="s">
+      <c r="B149" s="6" t="s">
         <v>899</v>
       </c>
-      <c r="E149" s="18" t="s">
+      <c r="C149" s="6" t="s">
         <v>900</v>
       </c>
-      <c r="F149" s="18" t="s">
+      <c r="D149" s="8" t="s">
         <v>901</v>
+      </c>
+      <c r="E149" s="11" t="s">
+        <v>902</v>
+      </c>
+      <c r="F149" s="11" t="s">
+        <v>903</v>
       </c>
       <c r="G149" s="5" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="150" spans="1:7" ht="39">
       <c r="A150" s="7" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="D150" s="8" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="E150" s="11" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="F150" s="11" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="G150" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="151" spans="1:7" ht="141.75">
+    <row r="151" spans="1:7" ht="51.75">
       <c r="A151" s="7" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="D151" s="8" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="E151" s="11" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>916</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>917</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:7" ht="65.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="297">
       <c r="A152" s="7" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>915</v>
+        <v>72</v>
       </c>
       <c r="C152" s="6" t="s">
-        <v>916</v>
+        <v>59</v>
       </c>
       <c r="D152" s="8" t="s">
-        <v>917</v>
-[...5 lines deleted...]
-        <v>919</v>
+        <v>922</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>923</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:7" ht="39">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="220.5">
       <c r="A153" s="7" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>921</v>
+        <v>36</v>
       </c>
       <c r="C153" s="6" t="s">
-        <v>922</v>
+        <v>64</v>
       </c>
       <c r="D153" s="8" t="s">
-        <v>923</v>
-[...4 lines deleted...]
-      <c r="F153" s="11" t="s">
         <v>925</v>
       </c>
+      <c r="E153" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>927</v>
+      </c>
       <c r="G153" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:7" ht="51.75">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="116.25">
       <c r="A154" s="7" t="s">
+        <v>928</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="D154" s="8" t="s">
+        <v>930</v>
+      </c>
+      <c r="E154" s="6" t="s">
         <v>926</v>
-      </c>
-[...10 lines deleted...]
-        <v>930</v>
       </c>
       <c r="F154" s="6" t="s">
         <v>931</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:7" ht="54">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="64.5">
       <c r="A155" s="7" t="s">
         <v>932</v>
       </c>
       <c r="B155" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="D155" s="8" t="s">
         <v>933</v>
       </c>
-      <c r="C155" s="6" t="s">
+      <c r="E155" s="6" t="s">
         <v>934</v>
       </c>
-      <c r="D155" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155" s="6" t="s">
-        <v>937</v>
+        <v>598</v>
       </c>
       <c r="G155" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="156" spans="1:7" ht="297">
-      <c r="A156" s="7" t="s">
+    <row r="156" spans="1:7" ht="51.75">
+      <c r="A156" s="15" t="s">
+        <v>935</v>
+      </c>
+      <c r="B156" s="12" t="s">
+        <v>936</v>
+      </c>
+      <c r="C156" s="12" t="s">
+        <v>937</v>
+      </c>
+      <c r="D156" s="14" t="s">
         <v>938</v>
       </c>
-      <c r="B156" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D156" s="8" t="s">
+      <c r="E156" s="13" t="s">
         <v>939</v>
       </c>
-      <c r="E156" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F156" s="6" t="s">
+      <c r="F156" s="12" t="s">
         <v>940</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      <c r="A157" s="7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="65.25">
+      <c r="A157" s="15" t="s">
         <v>941</v>
       </c>
-      <c r="B157" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D157" s="8" t="s">
+      <c r="B157" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="C157" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="D157" s="14" t="s">
         <v>942</v>
       </c>
-      <c r="E157" s="6" t="s">
+      <c r="E157" s="12" t="s">
+        <v>939</v>
+      </c>
+      <c r="F157" s="12" t="s">
         <v>943</v>
       </c>
-      <c r="F157" s="6" t="s">
+      <c r="G157" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="336">
+      <c r="A158" s="15" t="s">
         <v>944</v>
       </c>
-      <c r="G157" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A158" s="7" t="s">
+      <c r="B158" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="C158" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="D158" s="14" t="s">
         <v>945</v>
       </c>
-      <c r="B158" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C158" s="6" t="s">
+      <c r="E158" s="13" t="s">
+        <v>939</v>
+      </c>
+      <c r="F158" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="65.25">
+      <c r="A159" s="7" t="s">
         <v>946</v>
       </c>
-      <c r="D158" s="8" t="s">
+      <c r="B159" s="5" t="s">
         <v>947</v>
       </c>
-      <c r="E158" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F158" s="6" t="s">
+      <c r="C159" s="5" t="s">
         <v>948</v>
       </c>
-      <c r="G158" s="5" t="s">
+      <c r="D159" s="17" t="s">
+        <v>949</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="G159" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="159" spans="1:7" ht="64.5">
-[...9 lines deleted...]
-      <c r="D159" s="8" t="s">
+    <row r="160" spans="1:7" ht="54">
+      <c r="A160" s="7" t="s">
+        <v>952</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="D160" s="17" t="s">
+        <v>954</v>
+      </c>
+      <c r="E160" s="5" t="s">
         <v>950</v>
       </c>
-      <c r="E159" s="6" t="s">
+      <c r="F160" s="5" t="s">
         <v>951</v>
-      </c>
-[...24 lines deleted...]
-        <v>957</v>
       </c>
       <c r="G160" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="161" spans="1:7" ht="65.25">
-      <c r="A161" s="15" t="s">
+    <row r="161" spans="1:7" ht="51.75">
+      <c r="A161" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="D161" s="22" t="s">
+        <v>957</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="F161" s="28" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G161" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="51.75">
+      <c r="A162" s="7" t="s">
         <v>958</v>
       </c>
-      <c r="B161" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D161" s="14" t="s">
+      <c r="B162" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="E161" s="12" t="s">
-[...2 lines deleted...]
-      <c r="F161" s="12" t="s">
+      <c r="C162" s="5" t="s">
         <v>960</v>
       </c>
-      <c r="G161" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A162" s="15" t="s">
+      <c r="D162" s="17" t="s">
+        <v>188</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="F162" s="5" t="s">
         <v>961</v>
       </c>
-      <c r="B162" s="12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G162" s="5" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:7" ht="65.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="90.75">
       <c r="A163" s="7" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="B163" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="D163" s="8" t="s">
         <v>964</v>
       </c>
-      <c r="C163" s="5" t="s">
+      <c r="E163" s="6" t="s">
         <v>965</v>
       </c>
-      <c r="D163" s="17" t="s">
+      <c r="F163" s="6" t="s">
         <v>966</v>
-      </c>
-[...4 lines deleted...]
-        <v>968</v>
       </c>
       <c r="G163" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="164" spans="1:7" ht="54">
-[...6 lines deleted...]
-      <c r="C164" s="5" t="s">
+    <row r="164" spans="1:7" ht="105">
+      <c r="A164" s="9" t="s">
         <v>970</v>
       </c>
-      <c r="D164" s="17" t="s">
+      <c r="B164" s="6" t="s">
         <v>971</v>
       </c>
-      <c r="E164" s="5" t="s">
-[...3 lines deleted...]
-        <v>968</v>
+      <c r="C164" s="6" t="s">
+        <v>972</v>
+      </c>
+      <c r="D164" s="8" t="s">
+        <v>973</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>966</v>
       </c>
       <c r="G164" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:7" ht="51.75">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="40.5">
       <c r="A165" s="7" t="s">
-        <v>972</v>
-[...14 lines deleted...]
-        <v>1032</v>
+        <v>975</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D165" s="8" t="s">
+        <v>976</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>978</v>
       </c>
       <c r="G165" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="166" spans="1:7" ht="51.75">
+    <row r="166" spans="1:7" ht="207">
       <c r="A166" s="7" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>976</v>
+        <v>158</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>977</v>
-[...8 lines deleted...]
-        <v>978</v>
+        <v>159</v>
+      </c>
+      <c r="D166" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E166" s="18" t="s">
+        <v>980</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>981</v>
       </c>
       <c r="G166" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:7" ht="90.75">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="78">
       <c r="A167" s="7" t="s">
         <v>984</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>985</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>986</v>
       </c>
       <c r="D167" s="8" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="F167" s="6" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="G167" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="168" spans="1:7" ht="105">
-[...9 lines deleted...]
-      <c r="D168" s="8" t="s">
+    <row r="168" spans="1:7" ht="90.75">
+      <c r="A168" s="7" t="s">
         <v>990</v>
       </c>
-      <c r="E168" s="6" t="s">
-[...3 lines deleted...]
-        <v>983</v>
+      <c r="B168" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D168" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>992</v>
       </c>
       <c r="G168" s="5" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:7" ht="40.5">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="207">
       <c r="A169" s="7" t="s">
+        <v>993</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="D169" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="F169" s="5" t="s">
         <v>992</v>
       </c>
-      <c r="B169" s="6" t="s">
-[...11 lines deleted...]
-      <c r="F169" s="6" t="s">
+      <c r="G169" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="54">
+      <c r="A170" s="7" t="s">
         <v>995</v>
       </c>
-      <c r="G169" s="5" t="s">
+      <c r="B170" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="D170" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="G170" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="170" spans="1:7" ht="207">
-[...15 lines deleted...]
-      <c r="F170" s="6" t="s">
+    <row r="171" spans="1:7" ht="102.75">
+      <c r="A171" s="7" t="s">
         <v>998</v>
       </c>
-      <c r="G170" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A171" s="7" t="s">
+      <c r="B171" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="D171" s="17" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="F171" s="6" t="s">
         <v>1001</v>
       </c>
-      <c r="B171" s="6" t="s">
+      <c r="G171" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="129">
+      <c r="A172" s="7" t="s">
         <v>1002</v>
       </c>
-      <c r="C171" s="6" t="s">
+      <c r="B172" s="5" t="s">
         <v>1003</v>
       </c>
-      <c r="D171" s="8" t="s">
+      <c r="C172" s="5" t="s">
         <v>1004</v>
       </c>
-      <c r="E171" s="6" t="s">
+      <c r="D172" s="17" t="s">
         <v>1005</v>
       </c>
-      <c r="F171" s="6" t="s">
+      <c r="E172" s="5" t="s">
         <v>1006</v>
       </c>
-      <c r="G171" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A172" s="7" t="s">
+      <c r="F172" s="5" t="s">
         <v>1007</v>
-      </c>
-[...13 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="G172" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="173" spans="1:7" ht="207">
+    <row r="173" spans="1:7" ht="141.75">
       <c r="A173" s="7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C173" s="5" t="s">
         <v>1010</v>
       </c>
-      <c r="B173" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C173" s="5" t="s">
+      <c r="D173" s="17" t="s">
         <v>1011</v>
       </c>
-      <c r="D173" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E173" s="5" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="F173" s="5" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="G173" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="174" spans="1:7" ht="54">
+    <row r="174" spans="1:7" ht="154.5">
       <c r="A174" s="7" t="s">
         <v>1012</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>29</v>
+        <v>192</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>1013</v>
       </c>
       <c r="D174" s="17" t="s">
-        <v>212</v>
+        <v>377</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="F174" s="5" t="s">
         <v>1014</v>
       </c>
       <c r="G174" s="5" t="s">
-        <v>132</v>
-[...9 lines deleted...]
-      <c r="C175" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="77.25">
+      <c r="A175" s="15" t="s">
         <v>1016</v>
       </c>
-      <c r="D175" s="17" t="s">
+      <c r="B175" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C175" s="12" t="s">
         <v>1017</v>
       </c>
-      <c r="E175" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F175" s="6" t="s">
+      <c r="D175" s="14" t="s">
         <v>1018</v>
+      </c>
+      <c r="E175" s="13" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F175" s="12" t="s">
+        <v>1020</v>
       </c>
       <c r="G175" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="176" spans="1:7" ht="129">
-      <c r="A176" s="7" t="s">
+    <row r="176" spans="1:7" ht="158.25">
+      <c r="A176" s="15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B176" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C176" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D176" s="14" t="s">
+        <v>736</v>
+      </c>
+      <c r="E176" s="13" t="s">
         <v>1019</v>
       </c>
-      <c r="B176" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D176" s="17" t="s">
+      <c r="F176" s="12" t="s">
         <v>1022</v>
       </c>
-      <c r="E176" s="5" t="s">
+      <c r="G176" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="51.75">
+      <c r="A177" s="15" t="s">
         <v>1023</v>
       </c>
-      <c r="F176" s="5" t="s">
+      <c r="B177" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C177" s="12" t="s">
         <v>1024</v>
       </c>
-      <c r="G176" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A177" s="7" t="s">
+      <c r="D177" s="14" t="s">
         <v>1025</v>
       </c>
-      <c r="B177" s="5" t="s">
+      <c r="E177" s="13" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F177" s="12" t="s">
         <v>1026</v>
       </c>
-      <c r="C177" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G177" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="178" spans="1:7" ht="154.5">
       <c r="A178" s="7" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C178" s="5" t="s">
         <v>1029</v>
       </c>
-      <c r="B178" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C178" s="5" t="s">
+      <c r="D178" s="21" t="s">
         <v>1030</v>
       </c>
-      <c r="D178" s="17" t="s">
-[...3 lines deleted...]
-        <v>1023</v>
+      <c r="E178" s="18" t="s">
+        <v>1031</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="G178" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="77.25">
-      <c r="A179" s="15" t="s">
+    <row r="179" spans="1:7" ht="141.75">
+      <c r="A179" s="7" t="s">
         <v>1033</v>
       </c>
-      <c r="B179" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C179" s="12" t="s">
+      <c r="B179" s="5" t="s">
         <v>1034</v>
       </c>
-      <c r="D179" s="14" t="s">
+      <c r="C179" s="5" t="s">
         <v>1035</v>
       </c>
-      <c r="E179" s="13" t="s">
+      <c r="D179" s="21" t="s">
         <v>1036</v>
       </c>
-      <c r="F179" s="12" t="s">
+      <c r="E179" s="18" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="51.75">
+      <c r="A180" s="25" t="s">
         <v>1037</v>
       </c>
-      <c r="G179" s="5" t="s">
+      <c r="B180" s="12" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C180" s="12" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D180" s="14" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E180" s="13" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F180" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="G180" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="158.25">
-[...32 lines deleted...]
-      <c r="D181" s="14" t="s">
+    <row r="181" spans="1:7" ht="78">
+      <c r="A181" s="7" t="s">
         <v>1042</v>
       </c>
-      <c r="E181" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F181" s="12" t="s">
+      <c r="B181" s="5" t="s">
         <v>1043</v>
       </c>
+      <c r="C181" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D181" s="21" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E181" s="18" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>1047</v>
+      </c>
       <c r="G181" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:7" ht="154.5">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="180">
       <c r="A182" s="7" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>1045</v>
+        <v>962</v>
       </c>
       <c r="C182" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="D182" s="17" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E182" s="18" t="s">
         <v>1046</v>
       </c>
-      <c r="D182" s="21" t="s">
-[...6 lines deleted...]
-        <v>1049</v>
+      <c r="F182" s="18" t="s">
+        <v>966</v>
       </c>
       <c r="G182" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="141.75">
-      <c r="A183" s="7" t="s">
+    <row r="183" spans="1:7" ht="51.75">
+      <c r="A183" s="9" t="s">
         <v>1050</v>
       </c>
-      <c r="B183" s="5" t="s">
+      <c r="B183" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C183" s="6" t="s">
         <v>1051</v>
       </c>
-      <c r="C183" s="5" t="s">
+      <c r="D183" s="8" t="s">
         <v>1052</v>
       </c>
-      <c r="D183" s="21" t="s">
+      <c r="E183" s="11" t="s">
+        <v>193</v>
+      </c>
+      <c r="F183" s="6" t="s">
         <v>1053</v>
       </c>
-      <c r="E183" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G183" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:7" ht="51.75">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="40.5">
       <c r="A184" s="25" t="s">
         <v>1054</v>
       </c>
       <c r="B184" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C184" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D184" s="14" t="s">
         <v>1055</v>
       </c>
-      <c r="C184" s="12" t="s">
+      <c r="E184" s="13" t="s">
         <v>1056</v>
       </c>
-      <c r="D184" s="14" t="s">
-[...6 lines deleted...]
-        <v>227</v>
+      <c r="F184" s="29" t="s">
+        <v>1065</v>
       </c>
       <c r="G184" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="185" spans="1:7" ht="78">
-      <c r="A185" s="7" t="s">
+    <row r="185" spans="1:7" ht="219.75">
+      <c r="A185" s="15" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C185" s="12" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D185" s="14" t="s">
         <v>1059</v>
       </c>
-      <c r="B185" s="5" t="s">
+      <c r="E185" s="13" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F185" s="12" t="s">
         <v>1060</v>
       </c>
-      <c r="C185" s="5" t="s">
+      <c r="G185" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="272.25">
+      <c r="A186" s="15" t="s">
         <v>1061</v>
       </c>
-      <c r="D185" s="21" t="s">
+      <c r="B186" s="12" t="s">
+        <v>387</v>
+      </c>
+      <c r="C186" s="12" t="s">
         <v>1062</v>
       </c>
-      <c r="E185" s="18" t="s">
+      <c r="D186" s="14" t="s">
         <v>1063</v>
       </c>
-      <c r="F185" s="5" t="s">
+      <c r="E186" s="13" t="s">
         <v>1064</v>
       </c>
-      <c r="G185" s="5" t="s">
-[...13 lines deleted...]
-      <c r="D186" s="17" t="s">
+      <c r="F186" s="12" t="s">
+        <v>467</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="39">
+      <c r="A187" s="15" t="s">
         <v>1066</v>
       </c>
-      <c r="E186" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A187" s="9" t="s">
+      <c r="B187" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C187" s="12" t="s">
         <v>1067</v>
       </c>
-      <c r="B187" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C187" s="6" t="s">
+      <c r="D187" s="14" t="s">
         <v>1068</v>
       </c>
-      <c r="D187" s="8" t="s">
+      <c r="E187" s="13" t="s">
         <v>1069</v>
       </c>
-      <c r="E187" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F187" s="6" t="s">
+      <c r="F187" s="12" t="s">
         <v>1070</v>
       </c>
       <c r="G187" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="188" spans="1:7" ht="40.5">
-      <c r="A188" s="25" t="s">
+    <row r="188" spans="1:7" ht="116.25">
+      <c r="A188" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="B188" s="12" t="s">
-        <v>65</v>
+        <v>1072</v>
       </c>
       <c r="C188" s="12" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>1072</v>
+        <v>1073</v>
+      </c>
+      <c r="D188" s="12" t="s">
+        <v>1074</v>
       </c>
       <c r="E188" s="13" t="s">
-        <v>1073</v>
-[...1 lines deleted...]
-      <c r="F188" s="29" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F188" s="12" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="115.5">
+      <c r="A189" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B189" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C189" s="12" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D189" s="14" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E189" s="13" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F189" s="12" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="78">
+      <c r="A190" s="7" t="s">
         <v>1082</v>
       </c>
-      <c r="G188" s="5" t="s">
-[...22 lines deleted...]
-      <c r="G189" s="5" t="s">
+      <c r="B190" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D190" s="8" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E190" s="11" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F190" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="77.25">
+      <c r="A191" s="7" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D191" s="8" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E191" s="11" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G191" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="51.75">
+      <c r="A192" s="7" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D192" s="8" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E192" s="11" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="219.75">
+      <c r="A193" s="15" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B193" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C193" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D193" s="14" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E193" s="13" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F193" s="12" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G193" s="5" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="190" spans="1:7" ht="272.25">
-[...95 lines deleted...]
-      <c r="B194" s="6" t="s">
+    <row r="194" spans="1:7" ht="155.25">
+      <c r="A194" s="25" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B194" s="12" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C194" s="12" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D194" s="12" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E194" s="13" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F194" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="39">
+      <c r="A195" s="15" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B195" s="12" t="s">
+        <v>197</v>
+      </c>
+      <c r="C195" s="12" t="s">
         <v>1106</v>
       </c>
-      <c r="C194" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D194" s="8" t="s">
+      <c r="D195" s="14" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E195" s="13" t="s">
         <v>1107</v>
       </c>
-      <c r="E194" s="11" t="s">
-[...19 lines deleted...]
-      <c r="D195" s="8" t="s">
+      <c r="F195" s="12" t="s">
         <v>1108</v>
-      </c>
-[...4 lines deleted...]
-        <v>1105</v>
       </c>
       <c r="G195" s="5" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="196" spans="1:7" ht="51.75">
-      <c r="A196" s="7" t="s">
+      <c r="A196" s="15" t="s">
         <v>1109</v>
       </c>
-      <c r="B196" s="6" t="s">
+      <c r="B196" s="12" t="s">
         <v>1110</v>
       </c>
-      <c r="C196" s="6" t="s">
+      <c r="C196" s="12" t="s">
         <v>1111</v>
       </c>
-      <c r="D196" s="8" t="s">
+      <c r="D196" s="14" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E196" s="13" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F196" s="12" t="s">
         <v>1112</v>
-      </c>
-[...4 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="G196" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="197" spans="1:7" ht="219.75">
+    <row r="197" spans="1:7" ht="39">
       <c r="A197" s="15" t="s">
         <v>1115</v>
       </c>
       <c r="B197" s="12" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="C197" s="12" t="s">
-        <v>187</v>
+        <v>1116</v>
       </c>
       <c r="D197" s="14" t="s">
-        <v>1116</v>
+        <v>210</v>
       </c>
       <c r="E197" s="13" t="s">
         <v>1117</v>
       </c>
       <c r="F197" s="12" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="G197" s="5" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      <c r="A198" s="25" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="181.5">
+      <c r="A198" s="15" t="s">
         <v>1118</v>
       </c>
       <c r="B198" s="12" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C198" s="12" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D198" s="14" t="s">
         <v>1119</v>
-      </c>
-[...4 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="E198" s="13" t="s">
         <v>1117</v>
       </c>
       <c r="F198" s="12" t="s">
-        <v>253</v>
+        <v>1007</v>
       </c>
       <c r="G198" s="5" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="199" spans="1:7" ht="39">
+    <row r="199" spans="1:7" ht="103.5">
       <c r="A199" s="15" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B199" s="12" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C199" s="12" t="s">
         <v>1122</v>
       </c>
-      <c r="B199" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C199" s="12" t="s">
+      <c r="D199" s="14" t="s">
         <v>1123</v>
       </c>
-      <c r="D199" s="14" t="s">
+      <c r="E199" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="F199" s="12" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" ht="269.25">
+      <c r="A200" s="15" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B200" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C200" s="12" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D200" s="14" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E200" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="F200" s="12" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="102.75">
+      <c r="A201" s="15" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B201" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C201" s="12" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D201" s="14" t="s">
         <v>1130</v>
       </c>
-      <c r="E199" s="13" t="s">
-[...19 lines deleted...]
-      <c r="D200" s="14" t="s">
+      <c r="E201" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="F201" s="12" t="s">
         <v>1131</v>
-      </c>
-[...27 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="G201" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="202" spans="1:7" ht="181.5">
-      <c r="A202" s="15" t="s">
+    <row r="202" spans="1:7" ht="403.5">
+      <c r="A202" s="7" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D202" s="8" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G202" s="5" t="s">
         <v>1135</v>
       </c>
-      <c r="B202" s="12" t="s">
-[...18 lines deleted...]
-    <row r="203" spans="1:7" ht="103.5">
+    </row>
+    <row r="203" spans="1:7" ht="141.75">
       <c r="A203" s="15" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B203" s="12" t="s">
-        <v>1138</v>
+        <v>176</v>
       </c>
       <c r="C203" s="12" t="s">
         <v>1139</v>
       </c>
       <c r="D203" s="14" t="s">
         <v>1140</v>
       </c>
       <c r="E203" s="13" t="s">
-        <v>195</v>
+        <v>1141</v>
       </c>
       <c r="F203" s="12" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="G203" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="204" spans="1:7" ht="269.25">
-[...6 lines deleted...]
-      <c r="C204" s="12" t="s">
+    <row r="204" spans="1:7" ht="103.5">
+      <c r="A204" s="7" t="s">
         <v>1143</v>
       </c>
-      <c r="D204" s="14" t="s">
+      <c r="B204" s="6" t="s">
         <v>1144</v>
       </c>
-      <c r="E204" s="13" t="s">
-[...3 lines deleted...]
-        <v>1105</v>
+      <c r="C204" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D204" s="8" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E204" s="11" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>1148</v>
       </c>
       <c r="G204" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="205" spans="1:7" ht="102.75">
-[...16 lines deleted...]
-        <v>1148</v>
+    <row r="205" spans="1:7" ht="90">
+      <c r="A205" s="7" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D205" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="E205" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>1152</v>
       </c>
       <c r="G205" s="5" t="s">
-        <v>135</v>
-[...12 lines deleted...]
-      <c r="D206" s="8" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="51.75">
+      <c r="A206" s="15" t="s">
         <v>1153</v>
       </c>
-      <c r="E206" s="6" t="s">
-[...3 lines deleted...]
-        <v>1105</v>
+      <c r="B206" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C206" s="12" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D206" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="E206" s="13" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F206" s="12" t="s">
+        <v>1112</v>
       </c>
       <c r="G206" s="5" t="s">
-        <v>1152</v>
-[...9 lines deleted...]
-      <c r="C207" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="52.5">
+      <c r="A207" s="7" t="s">
         <v>1156</v>
       </c>
-      <c r="D207" s="14" t="s">
+      <c r="B207" s="6" t="s">
         <v>1157</v>
       </c>
-      <c r="E207" s="13" t="s">
+      <c r="C207" s="6" t="s">
         <v>1158</v>
       </c>
-      <c r="F207" s="12" t="s">
+      <c r="D207" s="8" t="s">
         <v>1159</v>
+      </c>
+      <c r="E207" s="11" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>1161</v>
       </c>
       <c r="G207" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="208" spans="1:7" ht="103.5">
-[...6 lines deleted...]
-      <c r="C208" s="6" t="s">
+    <row r="208" spans="1:7" ht="39">
+      <c r="A208" s="15" t="s">
         <v>1162</v>
       </c>
-      <c r="D208" s="8" t="s">
+      <c r="B208" s="12" t="s">
         <v>1163</v>
       </c>
-      <c r="E208" s="11" t="s">
+      <c r="C208" s="12" t="s">
         <v>1164</v>
       </c>
-      <c r="F208" s="6" t="s">
+      <c r="D208" s="14" t="s">
         <v>1165</v>
       </c>
+      <c r="E208" s="13" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F208" s="12" t="s">
+        <v>1167</v>
+      </c>
       <c r="G208" s="5" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      <c r="A209" s="7" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="39">
+      <c r="A209" s="15" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B209" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C209" s="12" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D209" s="14" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E209" s="13" t="s">
         <v>1166</v>
       </c>
-      <c r="B209" s="6" t="s">
-[...12 lines deleted...]
-        <v>1169</v>
+      <c r="F209" s="12" t="s">
+        <v>1171</v>
       </c>
       <c r="G209" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:7" ht="51.75">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="77.25">
       <c r="A210" s="15" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="B210" s="12" t="s">
-        <v>18</v>
+        <v>1173</v>
       </c>
       <c r="C210" s="12" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D210" s="14" t="s">
-        <v>141</v>
+        <v>1175</v>
       </c>
       <c r="E210" s="13" t="s">
-        <v>1172</v>
+        <v>1166</v>
       </c>
       <c r="F210" s="12" t="s">
-        <v>1129</v>
+        <v>1176</v>
       </c>
       <c r="G210" s="5" t="s">
-        <v>132</v>
-[...15 lines deleted...]
-      <c r="E211" s="11" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="183.75">
+      <c r="A211" s="15" t="s">
         <v>1177</v>
       </c>
-      <c r="F211" s="6" t="s">
+      <c r="B211" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C211" s="12" t="s">
         <v>1178</v>
       </c>
+      <c r="D211" s="14" t="s">
+        <v>517</v>
+      </c>
+      <c r="E211" s="13" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F211" s="12" t="s">
+        <v>1142</v>
+      </c>
       <c r="G211" s="5" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      <c r="B212" s="12" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="51.75">
+      <c r="A212" s="7" t="s">
         <v>1180</v>
       </c>
-      <c r="C212" s="12" t="s">
+      <c r="B212" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C212" s="6" t="s">
         <v>1181</v>
       </c>
-      <c r="D212" s="14" t="s">
+      <c r="D212" s="8" t="s">
         <v>1182</v>
       </c>
-      <c r="E212" s="13" t="s">
+      <c r="E212" s="11" t="s">
         <v>1183</v>
       </c>
-      <c r="F212" s="12" t="s">
+      <c r="F212" s="6" t="s">
         <v>1184</v>
       </c>
       <c r="G212" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="213" spans="1:7" ht="39">
-      <c r="A213" s="15" t="s">
+    <row r="213" spans="1:7" ht="51.75">
+      <c r="A213" s="7" t="s">
         <v>1185</v>
       </c>
-      <c r="B213" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C213" s="12" t="s">
+      <c r="B213" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="C213" s="6" t="s">
         <v>1186</v>
       </c>
-      <c r="D213" s="14" t="s">
+      <c r="D213" s="8" t="s">
         <v>1187</v>
       </c>
-      <c r="E213" s="13" t="s">
+      <c r="E213" s="11" t="s">
         <v>1183</v>
       </c>
-      <c r="F213" s="12" t="s">
+      <c r="F213" s="6" t="s">
         <v>1188</v>
       </c>
       <c r="G213" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="214" spans="1:7" ht="77.25">
-      <c r="A214" s="15" t="s">
+    <row r="214" spans="1:7" ht="39">
+      <c r="A214" s="7" t="s">
         <v>1189</v>
       </c>
-      <c r="B214" s="12" t="s">
+      <c r="B214" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C214" s="6" t="s">
         <v>1190</v>
       </c>
-      <c r="C214" s="12" t="s">
+      <c r="D214" s="8" t="s">
         <v>1191</v>
       </c>
-      <c r="D214" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="13" t="s">
+      <c r="E214" s="11" t="s">
         <v>1183</v>
       </c>
-      <c r="F214" s="12" t="s">
-        <v>1193</v>
+      <c r="F214" s="6" t="s">
+        <v>1131</v>
       </c>
       <c r="G214" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="215" spans="1:7" ht="183.75">
-      <c r="A215" s="15" t="s">
+    <row r="215" spans="1:7" ht="77.25">
+      <c r="A215" s="7" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D215" s="8" t="s">
+        <v>661</v>
+      </c>
+      <c r="E215" s="11" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G215" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="78">
+      <c r="A216" s="15" t="s">
         <v>1194</v>
       </c>
-      <c r="B215" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="12" t="s">
+      <c r="B216" s="12" t="s">
         <v>1195</v>
       </c>
-      <c r="D215" s="14" t="s">
-[...13 lines deleted...]
-      <c r="A216" s="7" t="s">
+      <c r="C216" s="12" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D216" s="14" t="s">
         <v>1197</v>
       </c>
-      <c r="B216" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C216" s="6" t="s">
+      <c r="E216" s="13" t="s">
         <v>1198</v>
       </c>
-      <c r="D216" s="8" t="s">
+      <c r="F216" s="12" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G216" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="51.75">
+      <c r="A217" s="15" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B217" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C217" s="12" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D217" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="E217" s="13" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F217" s="12" t="s">
         <v>1199</v>
-      </c>
-[...27 lines deleted...]
-        <v>1205</v>
       </c>
       <c r="G217" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="218" spans="1:7" ht="39">
-      <c r="A218" s="7" t="s">
+    <row r="218" spans="1:7" ht="51.75">
+      <c r="A218" s="15" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B218" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C218" s="12" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D218" s="14" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E218" s="13" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F218" s="12" t="s">
         <v>1206</v>
-      </c>
-[...13 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="G218" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="219" spans="1:7" ht="77.25">
-      <c r="A219" s="7" t="s">
+    <row r="219" spans="1:7" ht="90.75">
+      <c r="A219" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B219" s="12" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C219" s="12" t="s">
         <v>1209</v>
       </c>
-      <c r="B219" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C219" s="6" t="s">
+      <c r="D219" s="14" t="s">
         <v>1210</v>
       </c>
-      <c r="D219" s="8" t="s">
-[...6 lines deleted...]
-        <v>1148</v>
+      <c r="E219" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F219" s="12" t="s">
+        <v>1212</v>
       </c>
       <c r="G219" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="102.75">
+      <c r="A220" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B220" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C220" s="12" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D220" s="14" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E220" s="13" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F220" s="12" t="s">
+        <v>1199</v>
+      </c>
+      <c r="G220" s="5" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="220" spans="1:7" ht="78">
-[...22 lines deleted...]
-    <row r="221" spans="1:7" ht="51.75">
+    <row r="221" spans="1:7" ht="298.5">
       <c r="A221" s="15" t="s">
         <v>1217</v>
       </c>
       <c r="B221" s="12" t="s">
-        <v>26</v>
+        <v>1218</v>
       </c>
       <c r="C221" s="12" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="D221" s="14" t="s">
-        <v>211</v>
+        <v>1220</v>
       </c>
       <c r="E221" s="13" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="F221" s="12" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="G221" s="5" t="s">
-        <v>135</v>
-[...18 lines deleted...]
-      <c r="F222" s="12" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="154.5">
+      <c r="A222" s="7" t="s">
         <v>1223</v>
       </c>
+      <c r="B222" s="6" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D222" s="8" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E222" s="11" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F222" s="6" t="s">
+        <v>1228</v>
+      </c>
       <c r="G222" s="5" t="s">
-        <v>135</v>
-[...18 lines deleted...]
-      <c r="F223" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="154.5">
+      <c r="A223" s="7" t="s">
         <v>1229</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D223" s="8" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E223" s="11" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F223" s="6" t="s">
+        <v>1234</v>
       </c>
       <c r="G223" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="224" spans="1:7" ht="102.75">
+    <row r="224" spans="1:7" ht="39">
       <c r="A224" s="15" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="B224" s="12" t="s">
-        <v>27</v>
+        <v>1236</v>
       </c>
       <c r="C224" s="12" t="s">
-        <v>1231</v>
-[...5 lines deleted...]
-        <v>1233</v>
+        <v>1237</v>
+      </c>
+      <c r="D224" s="12" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E224" s="12" t="s">
+        <v>1239</v>
       </c>
       <c r="F224" s="12" t="s">
-        <v>1216</v>
+        <v>1240</v>
       </c>
       <c r="G224" s="5" t="s">
-        <v>135</v>
-[...19 lines deleted...]
-        <v>1239</v>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="192.75">
+      <c r="A225" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D225" s="8" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E225" s="11" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F225" s="6" t="s">
+        <v>1240</v>
       </c>
       <c r="G225" s="5" t="s">
-        <v>207</v>
-[...13 lines deleted...]
-        <v>1243</v>
+        <v>131</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="39">
+      <c r="A226" s="15" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B226" s="12" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C226" s="12" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D226" s="14" t="s">
+        <v>1249</v>
       </c>
       <c r="E226" s="11" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-        <v>1245</v>
+        <v>1250</v>
+      </c>
+      <c r="F226" s="12" t="s">
+        <v>1222</v>
       </c>
       <c r="G226" s="5" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:7" ht="154.5">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="52.5">
       <c r="A227" s="7" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="C227" s="6" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="D227" s="8" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="E227" s="11" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="F227" s="6" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="G227" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="228" spans="1:7" ht="39">
+    <row r="228" spans="1:7" ht="40.5">
       <c r="A228" s="15" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="B228" s="12" t="s">
-        <v>1253</v>
+        <v>203</v>
       </c>
       <c r="C228" s="12" t="s">
-        <v>1254</v>
-[...5 lines deleted...]
-        <v>1256</v>
+        <v>1258</v>
+      </c>
+      <c r="D228" s="14" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E228" s="13" t="s">
+        <v>1260</v>
       </c>
       <c r="F228" s="12" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="G228" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="229" spans="1:7" ht="192.75">
+    <row r="229" spans="1:7" ht="39">
       <c r="A229" s="7" t="s">
-        <v>1261</v>
-[...10 lines deleted...]
-      <c r="E229" s="11" t="s">
         <v>1262</v>
       </c>
-      <c r="F229" s="6" t="s">
-        <v>1257</v>
+      <c r="B229" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D229" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="E229" s="18" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>1265</v>
       </c>
       <c r="G229" s="5" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      <c r="B230" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="51.75">
+      <c r="A230" s="7" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D230" s="22" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E230" s="18" t="s">
         <v>1264</v>
       </c>
-      <c r="C230" s="12" t="s">
-[...9 lines deleted...]
-        <v>1239</v>
+      <c r="F230" s="5" t="s">
+        <v>1269</v>
       </c>
       <c r="G230" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="231" spans="1:7" ht="52.5">
-[...6 lines deleted...]
-      <c r="C231" s="6" t="s">
+    <row r="231" spans="1:7" ht="77.25">
+      <c r="A231" s="15" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B231" s="12" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C231" s="12" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D231" s="14" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E231" s="13" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F231" s="12" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G231" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="180">
+      <c r="A232" s="7" t="s">
         <v>1270</v>
       </c>
-      <c r="D231" s="8" t="s">
+      <c r="B232" s="6" t="s">
         <v>1271</v>
       </c>
-      <c r="E231" s="11" t="s">
+      <c r="C232" s="6" t="s">
         <v>1272</v>
       </c>
-      <c r="F231" s="6" t="s">
+      <c r="D232" s="8" t="s">
         <v>1273</v>
       </c>
-      <c r="G231" s="5" t="s">
+      <c r="E232" s="11" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F232" s="6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G232" s="5" t="s">
         <v>131</v>
-      </c>
-[...21 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="233" spans="1:7" ht="39">
       <c r="A233" s="7" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D233" s="8" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E233" s="11" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F233" s="6" t="s">
         <v>1279</v>
-      </c>
-[...13 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="G233" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="234" spans="1:7" ht="51.75">
+    <row r="234" spans="1:7" ht="207">
       <c r="A234" s="7" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D234" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E234" s="18" t="s">
         <v>1283</v>
       </c>
-      <c r="B234" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C234" s="5" t="s">
+      <c r="F234" s="5" t="s">
         <v>1284</v>
       </c>
-      <c r="D234" s="22" t="s">
+      <c r="G234" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="51.75">
+      <c r="A235" s="7" t="s">
         <v>1285</v>
       </c>
-      <c r="E234" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F234" s="5" t="s">
+      <c r="B235" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C235" s="5" t="s">
         <v>1286</v>
       </c>
-      <c r="G234" s="5" t="s">
-[...20 lines deleted...]
-        <v>1326</v>
+      <c r="D235" s="22" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E235" s="18" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>1289</v>
       </c>
       <c r="G235" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="236" spans="1:7" ht="180">
+    <row r="236" spans="1:7" ht="39">
       <c r="A236" s="7" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>1288</v>
-[...7 lines deleted...]
-      <c r="E236" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C236" s="5" t="s">
         <v>1291</v>
       </c>
-      <c r="F236" s="6" t="s">
+      <c r="D236" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="E236" s="18" t="s">
         <v>1292</v>
       </c>
+      <c r="F236" s="5" t="s">
+        <v>1293</v>
+      </c>
       <c r="G236" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="103.5">
+      <c r="A237" s="7" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D237" s="17" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E237" s="18" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="G237" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="237" spans="1:7" ht="39">
-[...22 lines deleted...]
-    <row r="238" spans="1:7" ht="207">
+    <row r="238" spans="1:7" ht="294.75">
       <c r="A238" s="7" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>1298</v>
+        <v>204</v>
       </c>
       <c r="C238" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D238" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="E238" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="F238" s="5" t="s">
         <v>1299</v>
-      </c>
-[...7 lines deleted...]
-        <v>1301</v>
       </c>
       <c r="G238" s="5" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="239" spans="1:7" ht="51.75">
       <c r="A239" s="7" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D239" s="22" t="s">
         <v>1302</v>
       </c>
-      <c r="B239" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C239" s="5" t="s">
+      <c r="E239" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="F239" s="5" t="s">
         <v>1303</v>
-      </c>
-[...7 lines deleted...]
-        <v>1306</v>
       </c>
       <c r="G239" s="5" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="240" spans="1:7" ht="39">
       <c r="A240" s="7" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>85</v>
+        <v>1311</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="D240" s="22" t="s">
-        <v>86</v>
+        <v>1313</v>
       </c>
       <c r="E240" s="18" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="F240" s="5" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="G240" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="241" spans="1:7" ht="103.5">
+    <row r="241" spans="1:7" ht="141.75">
       <c r="A241" s="7" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="D241" s="17" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="E241" s="18" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="F241" s="5" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="G241" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="242" spans="1:7" ht="294.75">
+    <row r="242" spans="1:7" ht="40.5">
       <c r="A242" s="7" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>204</v>
+        <v>1323</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>205</v>
+        <v>1324</v>
       </c>
       <c r="D242" s="17" t="s">
-        <v>213</v>
+        <v>1325</v>
       </c>
       <c r="E242" s="18" t="s">
-        <v>206</v>
+        <v>1320</v>
       </c>
       <c r="F242" s="5" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="G242" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" ht="65.25">
+      <c r="A243" s="7" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D243" s="8" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E243" s="11" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F243" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G243" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="243" spans="1:7" ht="51.75">
-[...18 lines deleted...]
-      <c r="G243" s="5" t="s">
+    <row r="244" spans="1:7" ht="180">
+      <c r="A244" s="7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D244" s="8" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E244" s="11" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="G244" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="64.5">
+      <c r="A245" s="7" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D245" s="8" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E245" s="11" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F245" s="11" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G245" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="244" spans="1:7" ht="39">
-[...45 lines deleted...]
-    <row r="246" spans="1:7" ht="40.5">
+    <row r="246" spans="1:7" ht="219.75">
       <c r="A246" s="7" t="s">
-        <v>1339</v>
-[...14 lines deleted...]
-        <v>1343</v>
+        <v>1344</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="C246" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="D246" s="8" t="s">
+        <v>1345</v>
+      </c>
+      <c r="E246" s="11" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>806</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:7" ht="65.25">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="103.5">
       <c r="A247" s="7" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="C247" s="6" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="D247" s="8" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="E247" s="11" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="F247" s="6" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="G247" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="248" spans="1:7" ht="180">
+    <row r="248" spans="1:7" ht="154.5">
       <c r="A248" s="7" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>1351</v>
+        <v>904</v>
       </c>
       <c r="C248" s="6" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="D248" s="8" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="E248" s="11" t="s">
-        <v>1354</v>
-[...2 lines deleted...]
-        <v>1355</v>
+        <v>1357</v>
+      </c>
+      <c r="F248" s="11" t="s">
+        <v>905</v>
       </c>
       <c r="G248" s="5" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="249" spans="1:7" ht="64.5">
       <c r="A249" s="7" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>91</v>
+        <v>918</v>
       </c>
       <c r="C249" s="6" t="s">
-        <v>1357</v>
+        <v>919</v>
       </c>
       <c r="D249" s="8" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="E249" s="11" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-        <v>1360</v>
+        <v>1361</v>
+      </c>
+      <c r="F249" s="6" t="s">
+        <v>920</v>
       </c>
       <c r="G249" s="5" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="250" spans="1:7" ht="219.75">
+    <row r="250" spans="1:7" ht="40.5">
       <c r="A250" s="7" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>814</v>
+        <v>1363</v>
       </c>
       <c r="C250" s="6" t="s">
-        <v>815</v>
+        <v>1364</v>
       </c>
       <c r="D250" s="8" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="E250" s="11" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="F250" s="6" t="s">
-        <v>816</v>
+        <v>1367</v>
       </c>
       <c r="G250" s="5" t="s">
-        <v>214</v>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" ht="39">
+      <c r="A251" s="7" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D251" s="8" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E251" s="11" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G251" s="5" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:G250" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:G251" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>