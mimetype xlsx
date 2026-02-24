--- v0 (2025-12-07)
+++ v1 (2026-02-24)
@@ -1,117 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Sertifikacija\ECM SERTIFIKATI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF169905-D425-4939-8E6E-A91718AB85E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42435238-9303-41E4-9EF0-2C4C2A27383A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{195FBDAC-0A29-496D-AFA8-3BB9D10BBEE9}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapa1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Lapa1!$A$1:$I$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Lapa1!$A$1:$I$35</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="133">
   <si>
     <t>Sertifikāta Nr.</t>
   </si>
   <si>
     <t>Sertifikāta turētājs</t>
   </si>
   <si>
     <t>Derīgs līdz</t>
   </si>
   <si>
     <t>Veicamās funkcijas</t>
   </si>
   <si>
     <t>Daļēji veicamo funkciju apraksts</t>
   </si>
   <si>
     <t>17.02.2026.</t>
   </si>
   <si>
     <t xml:space="preserve">Pārvaldības funkcija
 </t>
   </si>
   <si>
     <t>Tehniskās apkopes pilnveidošanas funkcija</t>
   </si>
   <si>
     <t>Tehniskās apkopes pārvaldības funkcija</t>
   </si>
   <si>
     <t>Tehniskās apkopes veikšanas funkcija (daļēji)</t>
-  </si>
-[...10 lines deleted...]
-    <t>dīzeļlokomotīves TGM23B tehniskās apkopes TA-1, TA-2 un TA-3 apjomā</t>
   </si>
   <si>
     <t xml:space="preserve">AS “Baltijas Ekspresis”  </t>
   </si>
   <si>
     <t>27.09.2026.</t>
   </si>
   <si>
     <t>Vilces līdzekļi</t>
   </si>
   <si>
     <t>LV3102210006</t>
   </si>
   <si>
     <t xml:space="preserve">SIA ražošanas komercfirma “TRANSCELTNIEKS”  </t>
   </si>
   <si>
     <t>05.10.2026.</t>
   </si>
   <si>
     <t>Savā valdījumā esošie vilces līdzekļi, speciālie ritekļi un kravas vagoni</t>
   </si>
   <si>
     <t>Vilces līdzekļu un ceļamkrānu tehniskā apkope (TA-1, TA-2); kravas vagonu tehniskā apkope (TA); piekabināmās platformas tehniskā apkope (TA-1, TA-2).</t>
   </si>
@@ -437,50 +425,62 @@
     <t>LV3120258001</t>
   </si>
   <si>
     <t>SIA "DZ Loko"</t>
   </si>
   <si>
     <t>dīzeļlokomotīvju  TGM4 (sērijas), TGM23 tipa (sērijas) un to modifikāciju tehniskās apkopes TA-1, TA-2, TA-3, TA-5 apjomā un kārtējais remonts TR-1 apjomā</t>
   </si>
   <si>
     <t>LV3120258002</t>
   </si>
   <si>
     <t>SIA "ERSTE EG"</t>
   </si>
   <si>
     <t>LV3120258003</t>
   </si>
   <si>
     <t>SIA LSEZ "LIEPAJA BULK TERMINAL LTD"</t>
   </si>
   <si>
     <t>22.05.2029.</t>
   </si>
   <si>
     <t>Dīzeļlokomotīvju TGM23V tipa (sērijas) tehniskās apkopes TA-2 un TA-3 apjomā un kārtējais remonts TR-1 un TR-3 apjomā</t>
+  </si>
+  <si>
+    <t>LV3120258004</t>
+  </si>
+  <si>
+    <t>SIA "Linas Agro" Graudu centrs</t>
+  </si>
+  <si>
+    <t>15.05.2029.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dīzeļlokomotīvju TGM23V tipa (sērijas) tehniskās apkopes TA-2 un TA-3 apjomā </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
@@ -963,1031 +963,1031 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8D2C34F-9569-4BD1-9445-699C6CD592C8}">
   <dimension ref="A1:I36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A34" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
-      <selection activeCell="A36" sqref="A36:I36"/>
+    <sheetView tabSelected="1" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
+      <selection activeCell="J31" sqref="J1:K1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="2" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="13.140625" style="2"/>
     <col min="4" max="4" width="43.140625" style="2" customWidth="1"/>
     <col min="5" max="8" width="10.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="34.140625" style="2" customWidth="1"/>
     <col min="10" max="16384" width="13.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A2" s="18" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>46137</v>
+        <v>14</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="7" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A3" s="18" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D3" s="5" t="s">
         <v>20</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>21</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A4" s="18" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
     </row>
     <row r="5" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A5" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
     </row>
     <row r="6" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A6" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
     </row>
     <row r="7" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A7" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
     </row>
     <row r="8" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A8" s="18" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="8" t="s">
-        <v>25</v>
+      <c r="D8" s="5" t="s">
+        <v>39</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H8" s="7"/>
-      <c r="I8" s="7"/>
+      <c r="H8" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="9" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A9" s="18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D9" s="5" t="s">
         <v>43</v>
       </c>
+      <c r="D9" s="8" t="s">
+        <v>21</v>
+      </c>
       <c r="E9" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H9" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H9" s="7"/>
+      <c r="I9" s="7"/>
     </row>
     <row r="10" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
     </row>
     <row r="11" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A11" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="C11" s="4" t="s">
+      <c r="D11" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="8" t="s">
-[...12 lines deleted...]
-      <c r="I11" s="7"/>
+      <c r="E11" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="F11" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="G11" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="I11" s="14" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="12" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D12" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="E12" s="12" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="D12" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12" s="7"/>
+      <c r="I12" s="7"/>
     </row>
     <row r="13" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A13" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="C13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
     </row>
     <row r="14" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A14" s="18" t="s">
+      <c r="A14" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="C14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="7"/>
     </row>
     <row r="15" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A15" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H15" s="7"/>
+      <c r="H15" s="14"/>
       <c r="I15" s="7"/>
     </row>
     <row r="16" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A16" s="15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B16" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H16" s="14"/>
       <c r="I16" s="7"/>
     </row>
     <row r="17" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A17" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="B17" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H17" s="14"/>
       <c r="I17" s="7"/>
     </row>
     <row r="18" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A18" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B18" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H18" s="14"/>
-      <c r="I18" s="7"/>
+      <c r="I18" s="14"/>
     </row>
     <row r="19" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A19" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="16" t="s">
         <v>73</v>
       </c>
-      <c r="B19" s="16" t="s">
+      <c r="C19" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="C19" s="3" t="s">
+      <c r="D19" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19" s="14"/>
+      <c r="I19" s="7"/>
+    </row>
+    <row r="20" spans="1:9" ht="242.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="D19" s="8" t="s">
-[...15 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="B20" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B20" s="16" t="s">
+      <c r="C20" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="3" t="s">
+      <c r="D20" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="I20" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="D20" s="8" t="s">
-[...14 lines deleted...]
-    <row r="21" spans="1:9" ht="242.25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="21" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A21" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="B21" s="16" t="s">
         <v>80</v>
       </c>
-      <c r="C21" s="4" t="s">
+      <c r="C21" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="D21" s="5" t="s">
-        <v>16</v>
+      <c r="D21" s="8" t="s">
+        <v>21</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H21" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H21" s="7"/>
+      <c r="I21" s="7"/>
     </row>
     <row r="22" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A22" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>83</v>
       </c>
-      <c r="B22" s="16" t="s">
+      <c r="D22" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="I22" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...15 lines deleted...]
-      <c r="I22" s="7"/>
     </row>
     <row r="23" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A23" s="15" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B23" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="C23" s="4" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I23" s="7" t="s">
+      <c r="I23" s="10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A24" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="B24" s="16" t="s">
         <v>90</v>
       </c>
-      <c r="C24" s="4" t="s">
+      <c r="C24" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="D24" s="5" t="s">
-        <v>16</v>
+      <c r="D24" s="8" t="s">
+        <v>21</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H24" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H24" s="7"/>
+      <c r="I24" s="10"/>
     </row>
     <row r="25" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A25" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B25" s="16" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="C25" s="9" t="s">
         <v>95</v>
       </c>
+      <c r="C25" s="3" t="s">
+        <v>96</v>
+      </c>
       <c r="D25" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H25" s="7"/>
       <c r="I25" s="10"/>
     </row>
     <row r="26" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="B26" s="16" t="s">
         <v>99</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H26" s="7"/>
-      <c r="I26" s="10"/>
+      <c r="I26" s="7"/>
     </row>
     <row r="27" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A27" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="16" t="s">
+      <c r="C27" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="C27" s="3" t="s">
+      <c r="D27" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="I27" s="10" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="8" t="s">
-[...12 lines deleted...]
-      <c r="I27" s="7"/>
     </row>
     <row r="28" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A28" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="B28" s="9" t="s">
+      <c r="B28" s="16" t="s">
         <v>106</v>
       </c>
-      <c r="C28" s="4" t="s">
+      <c r="C28" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="5" t="s">
-        <v>54</v>
+      <c r="D28" s="8" t="s">
+        <v>21</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H28" s="6" t="s">
+      <c r="H28" s="7"/>
+      <c r="I28" s="17"/>
+    </row>
+    <row r="29" spans="1:9" ht="315.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I28" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="15" t="s">
+      <c r="I29" s="19" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="3" t="s">
+    </row>
+    <row r="30" spans="1:9" ht="206.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="D29" s="8" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="B30" s="3" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="I30" s="19" t="s">
+      <c r="I30" s="10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A31" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B31" s="9" t="s">
         <v>113</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <v>15</v>
+      <c r="C31" s="9" t="s">
+        <v>114</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="10" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A32" s="15" t="s">
         <v>116</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>117</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>118</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I32" s="10" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A33" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="B33" s="9" t="s">
+      <c r="B33" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C33" s="9" t="s">
-        <v>122</v>
+      <c r="C33" s="11">
+        <v>47540</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I33" s="10" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A34" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...6 lines deleted...]
-        <v>16</v>
+      <c r="C34" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>21</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H34" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H34" s="7"/>
+      <c r="I34" s="10"/>
     </row>
     <row r="35" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A35" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="C35" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="D35" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="I35" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="C35" s="4" t="s">
-[...15 lines deleted...]
-      <c r="I35" s="10"/>
     </row>
     <row r="36" spans="1:9" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A36" s="15" t="s">
         <v>129</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>131</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I36" s="10" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I34" xr:uid="{B8D2C34F-9569-4BD1-9445-699C6CD592C8}"/>
+  <autoFilter ref="A1:I35" xr:uid="{B8D2C34F-9569-4BD1-9445-699C6CD592C8}"/>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Lapa1</vt:lpstr>