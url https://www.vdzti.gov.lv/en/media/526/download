--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\t.kuzika\Dropbox\Документы Татьяны\STATTAB 30.10.2020\TIPU REĢISTRS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\t.kuzika\Dropbox\Документы Татьяны\TABULAS\TIPU REĢISTRS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F961328E-2E29-4832-AAE4-0B5EFAD977CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF78AE5C-2EA4-4BF3-92F5-6BEA1BFEBF00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F9067B16-8F90-4B55-A5CB-83BBACAE5C7D}"/>
   </bookViews>
   <sheets>
     <sheet name="Saraksts" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Saraksts!$A$1:$D$431</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Saraksts!$A$1:$D$434</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1724" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1736" uniqueCount="619">
   <si>
     <t>Kategorija</t>
   </si>
   <si>
     <t>TIPS</t>
   </si>
   <si>
     <t>IZMANTOŠANA</t>
   </si>
   <si>
     <t>ERATV Nr.</t>
   </si>
   <si>
     <t>preču vagons (velkamais)</t>
   </si>
   <si>
     <t>15-1566-02</t>
   </si>
   <si>
     <t>četrasu cisterna</t>
   </si>
   <si>
     <t>51-390-0001-1-001-001</t>
   </si>
   <si>
@@ -231,53 +231,50 @@
     <t>četrasu hoperdozators</t>
   </si>
   <si>
     <t>51-122-0001-8-001</t>
   </si>
   <si>
     <t>2M62UM</t>
   </si>
   <si>
     <t>dīzeļlokomotīve</t>
   </si>
   <si>
     <t>11-059-0001-1-001</t>
   </si>
   <si>
     <t>16-3001 ID-5</t>
   </si>
   <si>
     <t>saimniecības vagons</t>
   </si>
   <si>
     <t>73-005-0001-9-001</t>
   </si>
   <si>
     <t>11-280</t>
-  </si>
-[...1 lines deleted...]
-    <t>segtais vagons</t>
   </si>
   <si>
     <t>51-035-0002-0-001</t>
   </si>
   <si>
     <t>11-1291</t>
   </si>
   <si>
     <t>51-106-0001-1-001</t>
   </si>
   <si>
     <t>Mercedes Benz UNIMOG U400</t>
   </si>
   <si>
     <t>lokomobilis</t>
   </si>
   <si>
     <t>71-002-0001-8-001</t>
   </si>
   <si>
     <t>DR1AC piekabvagons</t>
   </si>
   <si>
     <t>13-062-0001-3-001</t>
   </si>
@@ -1889,97 +1886,137 @@
   </si>
   <si>
     <t>72-002-0009-0-001-002</t>
   </si>
   <si>
     <t>51-483-0001-4-001-001</t>
   </si>
   <si>
     <t>61-4179</t>
   </si>
   <si>
     <t>kupejvagons</t>
   </si>
   <si>
     <t>19-4152</t>
   </si>
   <si>
     <t>19-6869</t>
   </si>
   <si>
     <t>51-490-0001-9-001-001</t>
   </si>
   <si>
     <t>51-491-0001-7-001-001</t>
   </si>
+  <si>
+    <t>APV 520 SPAZIO 10 – 100 L</t>
+  </si>
+  <si>
+    <t>72-002-0015-7-001-001</t>
+  </si>
+  <si>
+    <t>Stadler FLIRT 2 wagons diesel train</t>
+  </si>
+  <si>
+    <t>pašgājēja pasažieru vilciena sastāvs (dīzeļvilciens)</t>
+  </si>
+  <si>
+    <t>13-336-0001-1-001-002</t>
+  </si>
+  <si>
+    <t>11-9983-01</t>
+  </si>
+  <si>
+    <t>51-502-0001-1-001-001</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
@@ -2004,78 +2041,83 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2347,6136 +2389,6260 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-391-0001-9-001-001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-336-0001-1-001-002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-008-0001-5-001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-155-0001-4-001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-016-0001-8-001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-071-0001-1-001" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-139-0001-2-001" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-245-0001-7-001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-052-0001-7-001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-210-0001-0-001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-057-0001-3-001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-062-0001-3-001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-059-0001-1-001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-002-0001-5-001" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-490-0001-9-001-001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-130-0001-7-001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-402-0001-4-001-001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-026-0001-1-001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-324-0001-7-001-001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-020-0001-4-001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-035-0001-2-001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-153-0001-9-001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/72-002-0009-0-001-002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-070-0001-5-001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-002-0001-8-001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-047-0001-3-001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-072-0001-9-001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-006-0001-6-001" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-021-0001-2-001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-157-0001-0-001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-162-0001-0-001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-044-0001-3-001" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-483-0001-4-001-001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-027-0001-9-001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-024-0001-6-001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-390-0001-1-001-001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-122-0001-8-001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-021-0001-1-001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-058-0001-1-001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-056-0001-5-001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-073-0001-7-001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-034-0001-5-001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-154-0001-7-001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-007-0001-7-001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-004-0001-4-001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-067-0001-9-001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-198-0001-7-001" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-428-0001-9-001-001" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-491-0001-7-001-001" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-196-0001-2-001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-003-0001-3-001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-023-0001-8-001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-005-0001-9-001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-163-0001-8-001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-074-0001-5-001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-022-0001-0-001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/31-016-0001-7-001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-252-0001-0-001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-001-0001-8-001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-324-0001-7-001-001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-159-0001-6-001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/72-002-0015-7-001-001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-013-0001-8-001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-479-0001-2-001-001" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-035-0002-0-001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-025-0001-3-001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-156-0001-6-001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-253-0001-8-001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-502-0001-1-001-001" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-156-0001-2-001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-158-0001-8-001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-197-0001-9-001" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-106-0001-1-001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-161-0001-2-001" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-417-0001-2-001-001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-017-0001-9-001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-014-0001-6-001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-009-0001-3-001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-227-0001-2-001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-160-0001-4-001" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87B77481-99DE-4435-B394-F21F748F57BC}">
-  <dimension ref="A1:D431"/>
+  <dimension ref="A1:D434"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A171" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D175" sqref="D175"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D375" sqref="D375"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="48.33203125" customWidth="1"/>
     <col min="2" max="2" width="29.6640625" customWidth="1"/>
     <col min="3" max="3" width="69.6640625" customWidth="1"/>
-    <col min="4" max="4" width="34.6640625" customWidth="1"/>
+    <col min="4" max="4" width="23.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="C3" s="3" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B4" s="2" t="s">
         <v>483</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="C4" s="3" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C5" s="3" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="C7" s="3" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="C20" s="3" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B23" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C23" s="3" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="C41" s="3" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D66" s="6" t="s">
-        <v>568</v>
+      <c r="D66" s="8" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B78" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="C78" s="3" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A86" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A97" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A98" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A100" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A101" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A104" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A105" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A112" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B112" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="C112" s="3" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="113" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A113" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B113" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="C113" s="3" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="114" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A114" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A115" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A116" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="117" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A117" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="118" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A118" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D118" s="6" t="s">
-        <v>560</v>
+      <c r="D118" s="8" t="s">
+        <v>559</v>
       </c>
     </row>
     <row r="119" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A119" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A120" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="122" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A122" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A123" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A124" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A125" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="126" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A126" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A127" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A128" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="129" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A129" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C129" s="3" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A130" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="131" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="133" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A133" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A134" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="135" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A135" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="136" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A136" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A137" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A138" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A139" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A140" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="141" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A141" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A142" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="144" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A144" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="145" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A145" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="146" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A146" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="147" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A147" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="148" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A148" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="149" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A149" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A150" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A151" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="152" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A152" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A153" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A154" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="155" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A155" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="156" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A156" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="157" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A157" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="158" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A158" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A159" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="160" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A160" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A161" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>189</v>
+      </c>
+      <c r="D161" s="8" t="s">
+        <v>605</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A162" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="163" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A163" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="164" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A164" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="165" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A165" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="166" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A166" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B166" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D166" s="8" t="s">
         <v>600</v>
-      </c>
-[...4 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="167" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A167" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="168" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A168" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="169" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A169" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="170" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A170" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="171" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A171" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>189</v>
+      </c>
+      <c r="D171" s="8" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="172" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A172" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>189</v>
+      </c>
+      <c r="D172" s="8" t="s">
+        <v>611</v>
       </c>
     </row>
     <row r="173" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A173" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A174" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A175" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A176" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="177" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A177" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A178" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A179" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A180" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A181" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B181" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C181" s="3" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="182" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A182" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="183" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A183" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A184" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="185" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A185" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="186" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A186" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B186" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C186" s="3" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A187" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="188" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A188" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="189" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A189" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A190" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="191" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A191" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="192" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A192" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="193" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A193" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="194" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A194" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B194" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C194" s="3" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A195" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="196" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A196" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="197" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A197" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="198" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A198" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A199" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="200" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A200" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B200" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C200" s="3" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A201" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="202" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A202" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B202" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="C202" s="3" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="203" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A203" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="204" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A204" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B204" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="C204" s="3" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="205" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A205" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="206" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A206" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B206" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="C206" s="3" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="207" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A207" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B207" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="C207" s="3" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="208" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A208" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="209" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A209" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="210" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A210" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B210" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="C210" s="3" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A211" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D211" s="6" t="s">
-        <v>68</v>
+      <c r="D211" s="8" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="212" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A212" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B212" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D212" s="8" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="213" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A213" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C213" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D213" s="8" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="214" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A214" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D214" s="6" t="s">
-        <v>98</v>
+      <c r="D214" s="8" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="215" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A215" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D215" s="6" t="s">
-        <v>557</v>
+      <c r="D215" s="8" t="s">
+        <v>556</v>
       </c>
     </row>
     <row r="216" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A216" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D216" s="6" t="s">
-        <v>112</v>
+      <c r="D216" s="8" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="217" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A217" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B217" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C217" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="C217" s="2" t="s">
+      <c r="D217" s="8" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A218" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D218" s="6" t="s">
-        <v>107</v>
+      <c r="D218" s="8" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="219" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A219" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D219" s="6" t="s">
+      <c r="D219" s="8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="220" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A220" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D220" s="6" t="s">
+      <c r="D220" s="8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="221" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A221" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D221" s="6" t="s">
-        <v>102</v>
+      <c r="D221" s="8" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="222" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A222" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D222" s="6" t="s">
+      <c r="D222" s="8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="223" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A223" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D223" s="6" t="s">
-        <v>536</v>
+      <c r="D223" s="8" t="s">
+        <v>535</v>
       </c>
     </row>
     <row r="224" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A224" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D224" s="6" t="s">
-        <v>122</v>
+      <c r="D224" s="8" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="225" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A225" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D225" s="6" t="s">
+      <c r="D225" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="226" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A226" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D226" s="6" t="s">
+      <c r="D226" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A227" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D227" s="6" t="s">
-        <v>96</v>
+      <c r="D227" s="8" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="228" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A228" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B228" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C228" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="C228" s="2" t="s">
+      <c r="D228" s="8" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="229" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A229" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B229" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C229" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="C229" s="2" t="s">
+      <c r="D229" s="8" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="230" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A230" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B230" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C230" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="C230" s="2" t="s">
+      <c r="D230" s="8" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="231" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A231" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D231" s="6" t="s">
+      <c r="D231" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A232" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D232" s="6" t="s">
+      <c r="D232" s="8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="233" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A233" s="2" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>345</v>
-[...5 lines deleted...]
-        <v>548</v>
+        <v>617</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D233" s="8" t="s">
+        <v>618</v>
       </c>
     </row>
     <row r="234" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>344</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="D234" s="8" t="s">
+        <v>547</v>
       </c>
     </row>
     <row r="235" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>347</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>61</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D235" s="8" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="236" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="237" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="238" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="239" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="240" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="241" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B241" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A242" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="D242" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A243" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B243" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="C241" s="3" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="C243" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="244" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>356</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>347</v>
       </c>
       <c r="D245" s="6" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>358</v>
-[...5 lines deleted...]
-        <v>547</v>
+        <v>73</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D246" s="8" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="247" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>479</v>
+        <v>357</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>358</v>
+      </c>
+      <c r="D247" s="8" t="s">
+        <v>546</v>
       </c>
     </row>
     <row r="248" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C248" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="249" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C249" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D249" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C250" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D250" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C251" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>477</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>62</v>
       </c>
       <c r="D252" s="6" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>603</v>
+        <v>17</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>18</v>
+      </c>
+      <c r="D253" s="8" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>360</v>
-[...5 lines deleted...]
-        <v>546</v>
+        <v>602</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="D254" s="8" t="s">
+        <v>604</v>
       </c>
     </row>
     <row r="255" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>345</v>
+      </c>
+      <c r="D255" s="8" t="s">
+        <v>545</v>
       </c>
     </row>
     <row r="256" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>362</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>363</v>
       </c>
       <c r="D257" s="6" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="258" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>365</v>
-[...5 lines deleted...]
-        <v>537</v>
+        <v>23</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D258" s="8" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>365</v>
+      </c>
+      <c r="D259" s="8" t="s">
+        <v>536</v>
       </c>
     </row>
     <row r="260" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>367</v>
+      </c>
+      <c r="D260" s="8" t="s">
+        <v>544</v>
       </c>
     </row>
     <row r="261" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>346</v>
+        <v>365</v>
       </c>
       <c r="D261" s="6" t="s">
-        <v>544</v>
+        <v>31</v>
       </c>
     </row>
     <row r="262" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>345</v>
+      </c>
+      <c r="D262" s="8" t="s">
+        <v>543</v>
       </c>
     </row>
     <row r="263" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D263" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="265" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="266" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="268" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="271" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>443</v>
+        <v>380</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>441</v>
+        <v>379</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="D272" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="273" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>382</v>
+        <v>447</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>383</v>
+        <v>448</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>581</v>
+        <v>383</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="279" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>389</v>
+        <v>582</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>394</v>
+      </c>
+      <c r="C285" s="3" t="s">
+        <v>371</v>
       </c>
       <c r="D285" s="6" t="s">
-        <v>117</v>
+        <v>31</v>
       </c>
     </row>
     <row r="286" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>472</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>114</v>
+      </c>
+      <c r="C286" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D286" s="8" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="287" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>396</v>
+        <v>471</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>372</v>
+        <v>472</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="288" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="289" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="290" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="291" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="292" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D292" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="293" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="294" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>400</v>
+      </c>
+      <c r="C294" s="4" t="s">
+        <v>371</v>
       </c>
       <c r="D294" s="6" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="295" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>404</v>
-[...5 lines deleted...]
-        <v>543</v>
+        <v>14</v>
+      </c>
+      <c r="C295" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D295" s="8" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="296" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>345</v>
+      </c>
+      <c r="D296" s="8" t="s">
+        <v>542</v>
       </c>
     </row>
     <row r="297" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>69</v>
+        <v>401</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>70</v>
+        <v>402</v>
       </c>
       <c r="D297" s="6" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
     </row>
     <row r="298" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>405</v>
+        <v>68</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>69</v>
+      </c>
+      <c r="D298" s="8" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="299" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D299" s="6" t="s">
-        <v>542</v>
+        <v>31</v>
       </c>
     </row>
     <row r="300" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>556</v>
+        <v>406</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>407</v>
+      </c>
+      <c r="D300" s="8" t="s">
+        <v>541</v>
       </c>
     </row>
     <row r="301" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>555</v>
+      </c>
+      <c r="C301" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="D301" s="8" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="302" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D302" s="6" t="s">
-        <v>48</v>
+      <c r="D302" s="8" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="303" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>410</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>47</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D303" s="8" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="304" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>409</v>
+      </c>
+      <c r="C304" s="3" t="s">
+        <v>410</v>
       </c>
       <c r="D304" s="6" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
     </row>
     <row r="305" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>412</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>20</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D305" s="8" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="306" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D306" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="307" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>415</v>
+        <v>402</v>
       </c>
       <c r="D307" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="308" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>580</v>
+        <v>413</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D308" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="309" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>419</v>
+        <v>579</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D309" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="310" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D310" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="311" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="D311" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="312" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D312" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="313" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D313" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="314" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D314" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>348</v>
+        <v>428</v>
       </c>
       <c r="D315" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="316" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>476</v>
+        <v>422</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>383</v>
+        <v>347</v>
       </c>
       <c r="D316" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="317" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="318" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>430</v>
+        <v>476</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>415</v>
+        <v>382</v>
       </c>
       <c r="D318" s="6" t="s">
-        <v>541</v>
+        <v>31</v>
       </c>
     </row>
     <row r="319" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="D319" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="D319" s="8" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="320" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>414</v>
+      </c>
+      <c r="D320" s="8" t="s">
+        <v>539</v>
       </c>
     </row>
     <row r="321" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>364</v>
+        <v>432</v>
       </c>
       <c r="D321" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="322" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D322" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="323" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D323" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="324" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>438</v>
+        <v>363</v>
       </c>
       <c r="D324" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="D325" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="326" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="D326" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="327" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D327" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="D328" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="329" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>549</v>
+        <v>443</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D329" s="6" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="C330" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D330" s="8" t="s">
         <v>552</v>
       </c>
-      <c r="D330" s="6" t="s">
-[...3 lines deleted...]
-    <row r="331" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+    </row>
+    <row r="331" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="C331" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="D331" s="6" t="s">
+      <c r="D331" s="8" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="332" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>446</v>
+        <v>549</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>550</v>
+      </c>
+      <c r="D332" s="8" t="s">
+        <v>553</v>
       </c>
     </row>
     <row r="333" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D333" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="D334" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="335" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="D335" s="6" t="s">
-        <v>454</v>
+        <v>31</v>
       </c>
     </row>
     <row r="336" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>539</v>
+        <v>450</v>
+      </c>
+      <c r="D336" s="8" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="337" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>455</v>
+      </c>
+      <c r="D337" s="8" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="338" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>474</v>
+        <v>456</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>475</v>
+        <v>69</v>
       </c>
       <c r="D338" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="339" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>458</v>
+        <v>473</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>459</v>
+        <v>474</v>
       </c>
       <c r="D339" s="6" t="s">
-        <v>538</v>
+        <v>31</v>
       </c>
     </row>
     <row r="340" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>458</v>
+      </c>
+      <c r="D340" s="8" t="s">
+        <v>537</v>
       </c>
     </row>
     <row r="341" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D341" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="342" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="D342" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="343" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="344" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>366</v>
+        <v>462</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="345" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="346" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D346" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>403</v>
+        <v>365</v>
       </c>
       <c r="D347" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="349" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>445</v>
+        <v>402</v>
       </c>
       <c r="D349" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="350" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A350" s="2" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>470</v>
+      </c>
+      <c r="C350" s="4" t="s">
+        <v>444</v>
       </c>
       <c r="D350" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="351" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A351" s="2" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>323</v>
+        <v>612</v>
       </c>
       <c r="C351" s="7" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>603</v>
+      </c>
+      <c r="D351" s="8" t="s">
+        <v>613</v>
       </c>
     </row>
     <row r="352" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A352" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C352" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D352" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="353" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A353" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C353" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D353" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A354" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C354" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D354" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="355" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A355" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>58</v>
+        <v>320</v>
       </c>
       <c r="C355" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D355" s="6" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
     </row>
     <row r="356" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A356" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C356" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="357" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A357" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>324</v>
+        <v>58</v>
       </c>
       <c r="C357" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D357" s="6" t="s">
-        <v>31</v>
+      <c r="D357" s="8" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="358" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A358" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C358" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="359" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A359" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C359" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="360" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A360" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C360" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D360" s="6" t="s">
-        <v>564</v>
+        <v>31</v>
       </c>
     </row>
     <row r="361" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A361" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>32</v>
+        <v>325</v>
       </c>
       <c r="C361" s="7" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="D361" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="362" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A362" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>29</v>
+        <v>326</v>
       </c>
       <c r="C362" s="7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>59</v>
+      </c>
+      <c r="D362" s="8" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="363" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A363" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="C363" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D363" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="364" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A364" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="C364" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D364" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="365" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A365" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C365" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D365" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="366" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A366" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C366" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="367" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A367" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C367" s="7" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="368" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A368" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>562</v>
+        <v>37</v>
       </c>
       <c r="C368" s="7" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="D368" s="6" t="s">
-        <v>563</v>
+        <v>31</v>
       </c>
     </row>
     <row r="369" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A369" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C369" s="7" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D369" s="6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="370" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A370" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>91</v>
+        <v>561</v>
       </c>
       <c r="C370" s="7" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>59</v>
+      </c>
+      <c r="D370" s="8" t="s">
+        <v>562</v>
       </c>
     </row>
     <row r="371" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A371" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>118</v>
+        <v>26</v>
       </c>
       <c r="C371" s="7" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>27</v>
+      </c>
+      <c r="D371" s="8" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A372" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B372" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C372" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="C372" s="7" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="D372" s="8" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="373" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A373" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>596</v>
+        <v>117</v>
       </c>
       <c r="C373" s="7" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>118</v>
+      </c>
+      <c r="D373" s="8" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="374" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A374" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>587</v>
+        <v>87</v>
       </c>
       <c r="C374" s="7" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>88</v>
+      </c>
+      <c r="D374" s="8" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="375" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A375" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="C375" s="7" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>596</v>
+      </c>
+      <c r="D375" s="8" t="s">
+        <v>597</v>
       </c>
     </row>
     <row r="376" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A376" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C376" s="7" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="D376" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="377" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A377" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="C377" s="7" t="s">
         <v>593</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="378" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A378" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C378" s="7" t="s">
         <v>594</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="379" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A379" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C379" s="7" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="D379" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="380" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A380" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C380" s="7" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="D380" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="381" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A381" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C381" s="7" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="D381" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="382" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A382" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="C382" s="7" t="s">
-        <v>30</v>
+        <v>593</v>
       </c>
       <c r="D382" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A383" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="C383" s="7" t="s">
-        <v>36</v>
+        <v>594</v>
       </c>
       <c r="D383" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="384" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A384" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="C384" s="7" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="D384" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="385" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A385" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C385" s="7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D385" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="386" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A386" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="C386" s="7" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D386" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="387" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A387" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C387" s="7" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="D387" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A388" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>81</v>
+        <v>575</v>
       </c>
       <c r="C388" s="7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D388" s="6" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
     </row>
     <row r="389" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A389" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>72</v>
+        <v>576</v>
       </c>
       <c r="C389" s="7" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D389" s="6" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
     </row>
     <row r="390" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A390" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C390" s="7" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>30</v>
+      </c>
+      <c r="D390" s="8" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="391" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A391" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C391" s="7" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>36</v>
+      </c>
+      <c r="D391" s="8" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="392" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A392" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>529</v>
+        <v>77</v>
       </c>
       <c r="C392" s="7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>78</v>
+      </c>
+      <c r="D392" s="8" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="393" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A393" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>528</v>
+        <v>75</v>
       </c>
       <c r="C393" s="7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>49</v>
+      </c>
+      <c r="D393" s="8" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="394" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A394" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="C394" s="7" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>532</v>
+        <v>30</v>
+      </c>
+      <c r="D394" s="8" t="s">
+        <v>529</v>
       </c>
     </row>
     <row r="395" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A395" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="C395" s="7" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>36</v>
+      </c>
+      <c r="D395" s="8" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="396" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A396" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>532</v>
+      </c>
+      <c r="C396" s="7" t="s">
+        <v>533</v>
+      </c>
+      <c r="D396" s="8" t="s">
+        <v>531</v>
       </c>
     </row>
     <row r="397" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A397" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>343</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>85</v>
+      </c>
+      <c r="C397" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D397" s="8" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="398" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A398" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B398" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="C398" s="4" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="399" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A399" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>342</v>
+      </c>
+      <c r="C399" s="4" t="s">
+        <v>341</v>
       </c>
       <c r="D399" s="6" t="s">
-        <v>566</v>
+        <v>31</v>
       </c>
     </row>
     <row r="400" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A400" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>340</v>
+      </c>
+      <c r="C400" s="4" t="s">
+        <v>341</v>
       </c>
       <c r="D400" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="401" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A401" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>113</v>
+        <v>564</v>
       </c>
       <c r="C401" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D401" s="6" t="s">
-        <v>114</v>
+      <c r="D401" s="8" t="s">
+        <v>565</v>
       </c>
     </row>
     <row r="402" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A402" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>557</v>
+      </c>
+      <c r="C402" s="7" t="s">
+        <v>59</v>
       </c>
       <c r="D402" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="403" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A403" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>330</v>
+        <v>112</v>
       </c>
       <c r="C403" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D403" s="6" t="s">
-        <v>31</v>
+      <c r="D403" s="8" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="404" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A404" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>315</v>
+      </c>
+      <c r="C404" s="4" t="s">
+        <v>316</v>
       </c>
       <c r="D404" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="405" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A405" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C405" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D405" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A406" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C406" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D406" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="407" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A407" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C407" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D407" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="408" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A408" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="C408" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D408" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="409" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A409" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C409" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D409" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="410" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A410" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>99</v>
+        <v>332</v>
       </c>
       <c r="C410" s="7" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="D410" s="6" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
     </row>
     <row r="411" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A411" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C411" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D411" s="6" t="s">
-        <v>335</v>
+        <v>31</v>
       </c>
     </row>
     <row r="412" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A412" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>303</v>
+        <v>98</v>
       </c>
       <c r="C412" s="7" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>88</v>
+      </c>
+      <c r="D412" s="8" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="413" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A413" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>305</v>
+        <v>333</v>
       </c>
       <c r="C413" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D413" s="6" t="s">
-        <v>31</v>
+      <c r="D413" s="8" t="s">
+        <v>334</v>
       </c>
     </row>
     <row r="414" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A414" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C414" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D414" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="415" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A415" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C415" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D415" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="416" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A416" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C416" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D416" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="417" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A417" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C417" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D417" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="418" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A418" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="C418" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D418" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="419" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A419" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="C419" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D419" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="420" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A420" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C420" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D420" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="421" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A421" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C421" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D421" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="422" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A422" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="C422" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D422" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="423" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A423" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C423" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D423" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="424" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A424" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="C424" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D424" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="425" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A425" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C425" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D425" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="426" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A426" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C426" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D426" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="427" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A427" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="C427" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D427" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="428" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A428" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="C428" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D428" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="429" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A429" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C429" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D429" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="430" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A430" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C430" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D430" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="431" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A431" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>596</v>
+        <v>339</v>
       </c>
       <c r="C431" s="7" t="s">
-        <v>599</v>
+        <v>59</v>
       </c>
       <c r="D431" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A432" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B432" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D432" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A433" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="C433" s="7" t="s">
         <v>598</v>
       </c>
+      <c r="D433" s="8" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A434" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B434" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="C434" s="7" t="s">
+        <v>615</v>
+      </c>
+      <c r="D434" s="8" t="s">
+        <v>616</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D431" xr:uid="{9D295189-F451-4679-8489-C90FAA568E29}">
-[...1 lines deleted...]
-      <sortCondition ref="A1:A431"/>
+  <autoFilter ref="A1:D434" xr:uid="{9D295189-F451-4679-8489-C90FAA568E29}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D434">
+      <sortCondition ref="A1:A432"/>
     </sortState>
   </autoFilter>
+  <hyperlinks>
+    <hyperlink ref="D66" r:id="rId1" xr:uid="{8C5BA3B2-563A-49A8-AD23-9CB3501508C3}"/>
+    <hyperlink ref="D118" r:id="rId2" xr:uid="{01D732DD-1381-48F2-A015-82CA6CC5C2D5}"/>
+    <hyperlink ref="D161" r:id="rId3" xr:uid="{C11C6ED9-7157-43DC-AED0-415ED2902012}"/>
+    <hyperlink ref="D166" r:id="rId4" xr:uid="{87680D78-6445-462A-9141-0B0DBBE89B36}"/>
+    <hyperlink ref="D171" r:id="rId5" xr:uid="{869D0D9F-81E5-4564-82B8-5C6D5A5E5FC6}"/>
+    <hyperlink ref="D172" r:id="rId6" xr:uid="{CA7A3CCC-E123-49A0-994B-DCE98F371659}"/>
+    <hyperlink ref="D211" r:id="rId7" xr:uid="{53109C73-31BA-4EBC-8CBB-4507F362FD07}"/>
+    <hyperlink ref="D212" r:id="rId8" xr:uid="{C498D90D-61A7-46FB-9ABF-F300903BD07F}"/>
+    <hyperlink ref="D213" r:id="rId9" xr:uid="{50FA388D-45D3-43D9-A2F5-E89426325DB5}"/>
+    <hyperlink ref="D214" r:id="rId10" xr:uid="{9FBE9A67-D3C2-4B09-AA90-6BD126AD8978}"/>
+    <hyperlink ref="D215" r:id="rId11" xr:uid="{C576AB47-4950-4C15-9898-3FE291D6D60C}"/>
+    <hyperlink ref="D216" r:id="rId12" xr:uid="{317413FE-AFF5-416D-8A48-F8ABBBD9F4DD}"/>
+    <hyperlink ref="D217" r:id="rId13" xr:uid="{EBDB6832-9B83-44C7-9909-EF580F7DC844}"/>
+    <hyperlink ref="D218" r:id="rId14" xr:uid="{8D23341C-C9FB-4904-B993-C3495D14ADD3}"/>
+    <hyperlink ref="D219" r:id="rId15" xr:uid="{97F0FA62-1CC3-4C6A-A9A7-FA5A84C99720}"/>
+    <hyperlink ref="D220" r:id="rId16" xr:uid="{A447FC9B-7EB1-4CB0-8B42-4506D96C060F}"/>
+    <hyperlink ref="D221" r:id="rId17" xr:uid="{9A73171F-2C2F-4B72-863C-6987278BFEF0}"/>
+    <hyperlink ref="D222" r:id="rId18" xr:uid="{1FCC5DAE-695C-443A-8BBB-A32CF7CABA6B}"/>
+    <hyperlink ref="D223" r:id="rId19" xr:uid="{3C517E45-F8E9-46E7-9275-86F73D087361}"/>
+    <hyperlink ref="D224" r:id="rId20" xr:uid="{4DFFC3B0-1C59-4004-801D-B0C63DBF3C45}"/>
+    <hyperlink ref="D434" r:id="rId21" xr:uid="{681CC4A6-17D8-4FD0-A10A-ADD44E4A7CFF}"/>
+    <hyperlink ref="D433" r:id="rId22" xr:uid="{CD3B2884-FC72-4B78-83A4-A46B4E8F1D02}"/>
+    <hyperlink ref="D413" r:id="rId23" xr:uid="{0FE9B99F-2C00-4705-976D-220BA0440E83}"/>
+    <hyperlink ref="D412" r:id="rId24" xr:uid="{B9128B37-9F55-4843-8E54-05CBD73B58AA}"/>
+    <hyperlink ref="D225" r:id="rId25" xr:uid="{2D5CBE01-DC79-4DC3-A831-D1B612908051}"/>
+    <hyperlink ref="D226" r:id="rId26" xr:uid="{CB24D04D-3A81-4F65-B6E2-355E2F3797B3}"/>
+    <hyperlink ref="D227" r:id="rId27" xr:uid="{8F0FE85B-9303-4A43-BF4C-B4CC0D098BFD}"/>
+    <hyperlink ref="D228" r:id="rId28" xr:uid="{1BA2AC36-694F-482E-9B68-B9E3D68245EE}"/>
+    <hyperlink ref="D403" r:id="rId29" xr:uid="{5830C4A2-4400-44C4-AF21-F7066EFA6664}"/>
+    <hyperlink ref="D229" r:id="rId30" xr:uid="{5AAE79D2-2FBF-4709-B750-C877683880B3}"/>
+    <hyperlink ref="D230" r:id="rId31" xr:uid="{AB1A1787-3545-41F7-A0CE-2B27D144DFD5}"/>
+    <hyperlink ref="D231" r:id="rId32" xr:uid="{728F33C3-DAA5-4011-91A7-B922BCCF3E0A}"/>
+    <hyperlink ref="D232" r:id="rId33" xr:uid="{5EFF7137-9ADB-4632-AD30-0AF8E07A848E}"/>
+    <hyperlink ref="D233" r:id="rId34" xr:uid="{CD6B3D74-3605-435C-A124-63F4326A7899}"/>
+    <hyperlink ref="D234" r:id="rId35" xr:uid="{1A5B7094-1F49-4AC7-ABA1-957C39C861B4}"/>
+    <hyperlink ref="D235" r:id="rId36" xr:uid="{9225A9B9-62CA-4396-911F-4025BC026564}"/>
+    <hyperlink ref="D401" r:id="rId37" xr:uid="{7CF94645-2C89-4001-8DD8-708219E5A75D}"/>
+    <hyperlink ref="D397" r:id="rId38" xr:uid="{808D33B0-C6DC-4B77-BE67-67F7230E9FB0}"/>
+    <hyperlink ref="D396" r:id="rId39" xr:uid="{6BDE9205-F86E-4611-9B63-C3F8A8771695}"/>
+    <hyperlink ref="D246" r:id="rId40" xr:uid="{8B333792-A19C-456B-A159-357764EBDCF8}"/>
+    <hyperlink ref="D247" r:id="rId41" xr:uid="{CFFCEAC0-DD75-42EE-B5D7-7AE73B7F3809}"/>
+    <hyperlink ref="D253" r:id="rId42" xr:uid="{7798F1EC-F2EF-4254-A945-A7034CBE0ACF}"/>
+    <hyperlink ref="D254" r:id="rId43" xr:uid="{D8ADC46C-AAD4-4E28-AE1B-8366DBFC9AF6}"/>
+    <hyperlink ref="D395" r:id="rId44" xr:uid="{EBC23A40-FDE4-4780-9079-21453EBEC9B2}"/>
+    <hyperlink ref="D394" r:id="rId45" xr:uid="{F4F346D9-0057-4844-BD91-C01DB5459353}"/>
+    <hyperlink ref="D393" r:id="rId46" xr:uid="{2D37626D-84C4-4B73-88CB-E90C715DF386}"/>
+    <hyperlink ref="D255" r:id="rId47" xr:uid="{2F072004-2A55-4B60-B366-B6B679623317}"/>
+    <hyperlink ref="D258" r:id="rId48" xr:uid="{618929A5-B1B5-407B-935A-0EA7CC649EDF}"/>
+    <hyperlink ref="D259" r:id="rId49" xr:uid="{F412C91E-492F-49E5-B77B-201FB6529A2C}"/>
+    <hyperlink ref="D260" r:id="rId50" xr:uid="{6521CBC5-7E64-4B08-80DB-AC4B592E5466}"/>
+    <hyperlink ref="D262" r:id="rId51" xr:uid="{0BC06BD5-38DA-4000-8D35-87B9EAFEE015}"/>
+    <hyperlink ref="D286" r:id="rId52" xr:uid="{880C0A1A-79C5-419E-A29A-231970A62320}"/>
+    <hyperlink ref="D392" r:id="rId53" xr:uid="{F78D3E06-FB6A-4089-8BBC-F8B9B1BB840C}"/>
+    <hyperlink ref="D295" r:id="rId54" xr:uid="{CCE51F62-C6CE-432D-93DE-841AB9135047}"/>
+    <hyperlink ref="D296" r:id="rId55" xr:uid="{B007DDA9-6F59-463D-9B93-F5DDD2BF768D}"/>
+    <hyperlink ref="D298" r:id="rId56" xr:uid="{482311A4-7863-4D50-B4F1-24E59C5F7FC7}"/>
+    <hyperlink ref="D300" r:id="rId57" xr:uid="{F3C4B974-E5FD-4858-A928-38C49B994369}"/>
+    <hyperlink ref="D391" r:id="rId58" xr:uid="{86C6D212-6D7D-4DFB-9267-4238AEAD59E1}"/>
+    <hyperlink ref="D390" r:id="rId59" xr:uid="{CEA5E6E0-44E9-4571-B13D-6815A76A9596}"/>
+    <hyperlink ref="D375" r:id="rId60" xr:uid="{E5D6E977-52F5-4450-A77E-97BBBF89606C}"/>
+    <hyperlink ref="D301" r:id="rId61" xr:uid="{17904868-6056-41BE-9C24-50257F83F2FE}"/>
+    <hyperlink ref="D302" r:id="rId62" xr:uid="{8A8E9334-5E56-4257-9499-34AB2D29D57F}"/>
+    <hyperlink ref="D303" r:id="rId63" xr:uid="{A1A61C40-0CCB-4678-B373-6616615BA149}"/>
+    <hyperlink ref="D305" r:id="rId64" xr:uid="{E6808180-3DA3-48BC-B4EE-C62365E6F6B4}"/>
+    <hyperlink ref="D319" r:id="rId65" xr:uid="{EC10B246-838A-4CD3-82AD-987F48C0EF9A}"/>
+    <hyperlink ref="D320" r:id="rId66" xr:uid="{3D322C08-E81D-4D3E-A2B9-4E130A898559}"/>
+    <hyperlink ref="D330" r:id="rId67" xr:uid="{64BF49D0-E582-4D5E-B318-E844609FF47B}"/>
+    <hyperlink ref="D331" r:id="rId68" xr:uid="{804F3C42-CE58-4FA7-8006-276D66B8183B}"/>
+    <hyperlink ref="D332" r:id="rId69" xr:uid="{4666921E-1FE1-45B3-84ED-8022A0727D19}"/>
+    <hyperlink ref="D336" r:id="rId70" xr:uid="{00DEF7D3-962B-4538-93CD-4A88448E55A7}"/>
+    <hyperlink ref="D337" r:id="rId71" xr:uid="{64B601C8-758E-40DC-BFFB-DD079240CE30}"/>
+    <hyperlink ref="D340" r:id="rId72" xr:uid="{A700F244-4B07-4AF6-8245-B6B65BA0A873}"/>
+    <hyperlink ref="D351" r:id="rId73" xr:uid="{2F564346-0603-487B-BEF5-7FE518ECDD2D}"/>
+    <hyperlink ref="D357" r:id="rId74" xr:uid="{5F27A4DF-CC69-4C07-8232-5D87516CB04B}"/>
+    <hyperlink ref="D362" r:id="rId75" xr:uid="{916A1162-3CDA-4A3D-A450-2813A69008A1}"/>
+    <hyperlink ref="D370" r:id="rId76" xr:uid="{64AA0C80-FA13-4A2D-BBB9-A2799F451C4C}"/>
+    <hyperlink ref="D371" r:id="rId77" xr:uid="{F82D6DF8-F45C-4DCE-84FB-04ECF81A3D75}"/>
+    <hyperlink ref="D372" r:id="rId78" xr:uid="{8FD497A9-152F-4610-BE07-DC811237FD26}"/>
+    <hyperlink ref="D373" r:id="rId79" xr:uid="{FCD70BEF-8566-4232-89F9-F3AEA09871B5}"/>
+    <hyperlink ref="D374" r:id="rId80" xr:uid="{727DCD44-EA8A-49AD-8953-49D8CFF2FEE9}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId81"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Saraksts</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Nimfa Diona</dc:creator>
+  <dc:creator>VdZTI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>