--- v1 (2025-12-11)
+++ v2 (2026-02-22)
@@ -5,82 +5,82 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\t.kuzika\Dropbox\Документы Татьяны\TABULAS\TIPU REĢISTRS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF78AE5C-2EA4-4BF3-92F5-6BEA1BFEBF00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{05DEC50D-89D1-4C4E-8C86-CD5D277807DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F9067B16-8F90-4B55-A5CB-83BBACAE5C7D}"/>
   </bookViews>
   <sheets>
     <sheet name="Saraksts" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Saraksts!$A$1:$D$434</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Saraksts!$A$1:$D$433</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1736" uniqueCount="619">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1732" uniqueCount="617">
   <si>
     <t>Kategorija</t>
   </si>
   <si>
     <t>TIPS</t>
   </si>
   <si>
     <t>IZMANTOŠANA</t>
   </si>
   <si>
     <t>ERATV Nr.</t>
   </si>
   <si>
     <t>preču vagons (velkamais)</t>
   </si>
   <si>
     <t>15-1566-02</t>
   </si>
   <si>
     <t>četrasu cisterna</t>
   </si>
   <si>
     <t>51-390-0001-1-001-001</t>
   </si>
   <si>
@@ -255,56 +255,50 @@
     <t>11-280</t>
   </si>
   <si>
     <t>51-035-0002-0-001</t>
   </si>
   <si>
     <t>11-1291</t>
   </si>
   <si>
     <t>51-106-0001-1-001</t>
   </si>
   <si>
     <t>Mercedes Benz UNIMOG U400</t>
   </si>
   <si>
     <t>lokomobilis</t>
   </si>
   <si>
     <t>71-002-0001-8-001</t>
   </si>
   <si>
     <t>DR1AC piekabvagons</t>
   </si>
   <si>
     <t>13-062-0001-3-001</t>
-  </si>
-[...4 lines deleted...]
-    <t>71-009-0001-3-001</t>
   </si>
   <si>
     <t>DR1AC vadības vagons</t>
   </si>
   <si>
     <t>13-058-0001-1-001</t>
   </si>
   <si>
     <t>DR1AC piekabvagons ar daudzfunkcionālo zonu</t>
   </si>
   <si>
     <t>dīzeļvilciena piekabes vagons ar daudzfunkcionālo zonu</t>
   </si>
   <si>
     <t>13-057-0001-3-001</t>
   </si>
   <si>
     <t>DR1AC motorvagons</t>
   </si>
   <si>
     <t>13-056-0001-5-001</t>
   </si>
   <si>
     <t>61-4440</t>
   </si>
@@ -2389,6236 +2383,6221 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-391-0001-9-001-001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-336-0001-1-001-002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-008-0001-5-001" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-155-0001-4-001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-016-0001-8-001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-071-0001-1-001" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-139-0001-2-001" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-245-0001-7-001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-052-0001-7-001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-210-0001-0-001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-057-0001-3-001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-062-0001-3-001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-059-0001-1-001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-002-0001-5-001" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-490-0001-9-001-001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-130-0001-7-001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-402-0001-4-001-001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-026-0001-1-001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-324-0001-7-001-001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-020-0001-4-001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-035-0001-2-001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-153-0001-9-001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/72-002-0009-0-001-002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-070-0001-5-001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-002-0001-8-001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-047-0001-3-001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-072-0001-9-001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-006-0001-6-001" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-021-0001-2-001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-157-0001-0-001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-162-0001-0-001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-044-0001-3-001" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-483-0001-4-001-001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-027-0001-9-001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-024-0001-6-001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-390-0001-1-001-001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-122-0001-8-001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-021-0001-1-001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-058-0001-1-001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-056-0001-5-001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-073-0001-7-001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-034-0001-5-001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-154-0001-7-001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-007-0001-7-001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-004-0001-4-001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-067-0001-9-001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-198-0001-7-001" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-428-0001-9-001-001" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-491-0001-7-001-001" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-196-0001-2-001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-003-0001-3-001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-023-0001-8-001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-005-0001-9-001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-163-0001-8-001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-074-0001-5-001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-022-0001-0-001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/31-016-0001-7-001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-252-0001-0-001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-001-0001-8-001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-324-0001-7-001-001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-159-0001-6-001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/72-002-0015-7-001-001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-013-0001-8-001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-479-0001-2-001-001" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-035-0002-0-001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-025-0001-3-001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-156-0001-6-001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-253-0001-8-001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-502-0001-1-001-001" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-156-0001-2-001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-158-0001-8-001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-197-0001-9-001" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-106-0001-1-001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-161-0001-2-001" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-417-0001-2-001-001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-017-0001-9-001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-014-0001-6-001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-009-0001-3-001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-227-0001-2-001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-160-0001-4-001" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-391-0001-9-001-001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-336-0001-1-001-002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/72-002-0009-0-001-002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-070-0001-5-001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-047-0001-3-001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-072-0001-9-001" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-139-0001-2-001" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-245-0001-7-001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-014-0001-6-001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-052-0001-7-001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-210-0001-0-001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-154-0001-7-001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-058-0001-1-001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-007-0001-7-001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-056-0001-5-001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-073-0001-7-001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-198-0001-7-001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-044-0001-3-001" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-490-0001-9-001-001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-004-0001-4-001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-402-0001-4-001-001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-026-0001-1-001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-324-0001-7-001-001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-020-0001-4-001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-035-0001-2-001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-153-0001-9-001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-252-0001-0-001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-163-0001-8-001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-074-0001-5-001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-159-0001-6-001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-067-0001-9-001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-013-0001-8-001" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-021-0001-2-001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-001-0001-8-001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/72-002-0015-7-001-001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-483-0001-4-001-001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-027-0001-9-001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-024-0001-6-001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-390-0001-1-001-001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-122-0001-8-001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-021-0001-1-001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-155-0001-4-001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-324-0001-7-001-001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-071-0001-1-001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-034-0001-5-001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-008-0001-5-001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-158-0001-8-001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-016-0001-8-001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-161-0001-2-001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-197-0001-9-001" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-428-0001-9-001-001" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-491-0001-7-001-001" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-196-0001-2-001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-003-0001-3-001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-023-0001-8-001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/73-005-0001-9-001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-156-0001-2-001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-062-0001-3-001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-022-0001-0-001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/31-016-0001-7-001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-227-0001-2-001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-057-0001-3-001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-130-0001-7-001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-160-0001-4-001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-059-0001-1-001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-002-0001-5-001" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-479-0001-2-001-001" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-035-0002-0-001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-025-0001-3-001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-156-0001-6-001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/13-253-0001-8-001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-502-0001-1-001-001" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-157-0001-0-001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-002-0001-8-001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/17-006-0001-6-001" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-106-0001-1-001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/71-162-0001-0-001" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/51-417-0001-2-001-001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eratv.era.europa.eu/Eratv/Home/View/11-017-0001-9-001" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87B77481-99DE-4435-B394-F21F748F57BC}">
-  <dimension ref="A1:D434"/>
+  <dimension ref="A1:D433"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D375" sqref="D375"/>
+      <pane ySplit="1" topLeftCell="A246" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A246" sqref="A246:XFD246"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="48.33203125" customWidth="1"/>
     <col min="2" max="2" width="29.6640625" customWidth="1"/>
     <col min="3" max="3" width="69.6640625" customWidth="1"/>
     <col min="4" max="4" width="23.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="C4" s="3" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="C6" s="3" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A86" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A97" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A98" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A100" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A101" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A104" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A105" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A112" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="113" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A113" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="114" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A114" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A115" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="116" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A116" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="117" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A117" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="118" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A118" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D118" s="8" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
     </row>
     <row r="119" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A119" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A120" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="122" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A122" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A123" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A124" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A125" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="126" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A126" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="127" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A127" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C127" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A128" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C128" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="129" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A129" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A130" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="131" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="133" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A133" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="134" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A134" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="135" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A135" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C135" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="136" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A136" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A137" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A138" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="139" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A139" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A140" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="141" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A141" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A142" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="144" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A144" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="145" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A145" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="146" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A146" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="147" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A147" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="148" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A148" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="149" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A149" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A150" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A151" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="152" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A152" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A153" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A154" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="155" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A155" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="156" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A156" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="157" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A157" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="158" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A158" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A159" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="160" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A160" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A161" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D161" s="8" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A162" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="163" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A163" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="164" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A164" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="165" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A165" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="166" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A166" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D166" s="8" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="167" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A167" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="168" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A168" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="169" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A169" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="170" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A170" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="171" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A171" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B171" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D171" s="8" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="172" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A172" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B172" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D172" s="8" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="173" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A173" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A174" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A175" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A176" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="177" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A177" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A178" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A179" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A180" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A181" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="182" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A182" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="183" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A183" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A184" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="185" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A185" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="186" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A186" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A187" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="188" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A188" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="189" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A189" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A190" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="191" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A191" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="192" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A192" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="193" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A193" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="194" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A194" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A195" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="196" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A196" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="197" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A197" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="198" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A198" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A199" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="200" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A200" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A201" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="202" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A202" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="203" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A203" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="204" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A204" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="205" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A205" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="206" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A206" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="207" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A207" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="208" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A208" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="209" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A209" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="210" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A210" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A211" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D211" s="8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="212" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A212" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D212" s="8" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="213" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A213" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D213" s="8" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="214" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A214" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D214" s="8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="215" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A215" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D215" s="8" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
     </row>
     <row r="216" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A216" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D216" s="8" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="217" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A217" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B217" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D217" s="8" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="218" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A218" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D218" s="8" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="219" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A219" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D219" s="8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="220" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A220" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D220" s="8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="221" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A221" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D221" s="8" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="222" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A222" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D222" s="8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="223" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A223" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D223" s="8" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
     </row>
     <row r="224" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A224" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D224" s="8" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="225" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A225" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D225" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="226" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A226" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D226" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A227" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D227" s="8" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="228" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A228" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B228" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D228" s="8" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="229" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A229" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B229" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D229" s="8" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="230" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A230" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B230" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D230" s="8" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="231" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A231" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D231" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A232" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D232" s="8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="233" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A233" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="D233" s="8" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
     </row>
     <row r="234" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D234" s="8" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
     </row>
     <row r="235" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D235" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="236" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="237" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="238" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="239" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="240" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="241" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D241" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="242" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="243" spans="1:4" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="244" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>355</v>
+      </c>
+      <c r="C246" s="3" t="s">
+        <v>356</v>
       </c>
       <c r="D246" s="8" t="s">
-        <v>74</v>
+        <v>544</v>
       </c>
     </row>
     <row r="247" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>357</v>
+        <v>476</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>62</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="248" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C248" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="249" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C249" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D249" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="C250" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D250" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="C251" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="252" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>17</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D252" s="8" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>17</v>
+        <v>600</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>18</v>
+        <v>601</v>
       </c>
       <c r="D253" s="8" t="s">
-        <v>19</v>
+        <v>602</v>
       </c>
     </row>
     <row r="254" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>357</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>343</v>
       </c>
       <c r="D254" s="8" t="s">
-        <v>604</v>
+        <v>543</v>
       </c>
     </row>
     <row r="255" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B255" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="C255" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="C255" s="3" t="s">
-[...3 lines deleted...]
-        <v>545</v>
+      <c r="D255" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C256" s="3" t="s">
         <v>361</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>362</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>23</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D257" s="8" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>362</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>363</v>
       </c>
       <c r="D258" s="8" t="s">
-        <v>24</v>
+        <v>534</v>
       </c>
     </row>
     <row r="259" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C259" s="3" t="s">
         <v>365</v>
       </c>
       <c r="D259" s="8" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
     </row>
     <row r="260" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>363</v>
+      </c>
+      <c r="D260" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="261" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>343</v>
+      </c>
+      <c r="D261" s="8" t="s">
+        <v>541</v>
       </c>
     </row>
     <row r="262" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B262" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="C262" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="C262" s="3" t="s">
-[...3 lines deleted...]
-        <v>543</v>
+      <c r="D262" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="263" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D263" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="264" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="265" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="266" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="268" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="270" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="271" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>380</v>
+        <v>440</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>379</v>
+        <v>438</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="D272" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="273" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>447</v>
+        <v>379</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>448</v>
+        <v>380</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="275" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>383</v>
+        <v>578</v>
       </c>
       <c r="C275" s="3" t="s">
         <v>382</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="276" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="277" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="279" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>582</v>
+        <v>386</v>
       </c>
       <c r="C279" s="3" t="s">
         <v>387</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>389</v>
+        <v>369</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="283" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="284" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="285" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>112</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D285" s="8" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="286" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>469</v>
+      </c>
+      <c r="C286" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>471</v>
+        <v>393</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>472</v>
+        <v>369</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="288" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="289" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="290" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="291" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>397</v>
+      </c>
+      <c r="C291" s="4" t="s">
+        <v>369</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="292" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D292" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="293" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="294" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>400</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>14</v>
+      </c>
+      <c r="C294" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D294" s="8" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="295" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>401</v>
+      </c>
+      <c r="C295" s="4" t="s">
+        <v>343</v>
       </c>
       <c r="D295" s="8" t="s">
-        <v>16</v>
+        <v>540</v>
       </c>
     </row>
     <row r="296" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>542</v>
+        <v>400</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="297" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>401</v>
+        <v>68</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>69</v>
+      </c>
+      <c r="D297" s="8" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="298" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>402</v>
+      </c>
+      <c r="C298" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="299" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C299" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="D299" s="6" t="s">
-        <v>31</v>
+      <c r="D299" s="8" t="s">
+        <v>539</v>
       </c>
     </row>
     <row r="300" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B300" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C300" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="D300" s="8" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="301" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>44</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>45</v>
       </c>
       <c r="D301" s="8" t="s">
-        <v>408</v>
+        <v>46</v>
       </c>
     </row>
     <row r="302" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D302" s="8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="303" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>407</v>
+      </c>
+      <c r="C303" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="D303" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="304" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>409</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>20</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D304" s="8" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="305" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>409</v>
+      </c>
+      <c r="C305" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="D305" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="306" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D306" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="307" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B307" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C307" s="4" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="D307" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="308" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>413</v>
+        <v>577</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D308" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="309" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>579</v>
+        <v>416</v>
       </c>
       <c r="C309" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D309" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="310" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="D310" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="311" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D311" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="312" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D312" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="313" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C313" s="4" t="s">
         <v>424</v>
       </c>
       <c r="D313" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="314" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>425</v>
       </c>
       <c r="C314" s="4" t="s">
         <v>426</v>
       </c>
       <c r="D314" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>428</v>
+        <v>345</v>
       </c>
       <c r="D315" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="316" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>422</v>
+        <v>473</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>347</v>
+        <v>380</v>
       </c>
       <c r="D316" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="317" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="318" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>476</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>427</v>
+      </c>
+      <c r="C318" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="D318" s="8" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="319" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D319" s="8" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
     </row>
     <row r="320" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B320" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="C320" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C320" s="3" t="s">
-[...3 lines deleted...]
-        <v>539</v>
+      <c r="D320" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="321" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>432</v>
+        <v>361</v>
       </c>
       <c r="D321" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="322" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D322" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="323" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D323" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="324" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B324" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C324" s="3" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="D324" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D325" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="326" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="D326" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="327" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D327" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="328" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D328" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="329" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>443</v>
+        <v>546</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-    <row r="330" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+        <v>438</v>
+      </c>
+      <c r="D329" s="8" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>440</v>
+        <v>549</v>
       </c>
       <c r="D330" s="8" t="s">
         <v>552</v>
       </c>
     </row>
-    <row r="331" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="331" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>560</v>
+        <v>547</v>
       </c>
       <c r="C331" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="D331" s="8" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="332" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>549</v>
-[...5 lines deleted...]
-        <v>553</v>
+        <v>443</v>
+      </c>
+      <c r="C332" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="D332" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="333" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D333" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D334" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="335" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B335" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C335" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="D335" s="8" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="336" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D336" s="8" t="s">
-        <v>453</v>
+        <v>536</v>
       </c>
     </row>
     <row r="337" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>69</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="338" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>456</v>
+        <v>471</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>69</v>
+        <v>472</v>
       </c>
       <c r="D338" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="339" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>473</v>
+        <v>455</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>456</v>
+      </c>
+      <c r="D339" s="8" t="s">
+        <v>535</v>
       </c>
     </row>
     <row r="340" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C340" s="4" t="s">
         <v>458</v>
       </c>
-      <c r="D340" s="8" t="s">
-        <v>537</v>
+      <c r="D340" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="341" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C341" s="4" t="s">
         <v>460</v>
       </c>
       <c r="D341" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="342" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D342" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="343" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="344" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>462</v>
+        <v>363</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="345" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="346" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D346" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>365</v>
+        <v>400</v>
       </c>
       <c r="D347" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="349" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>402</v>
+        <v>442</v>
       </c>
       <c r="D349" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="350" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>470</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>610</v>
+      </c>
+      <c r="C350" s="7" t="s">
+        <v>601</v>
+      </c>
+      <c r="D350" s="8" t="s">
+        <v>611</v>
       </c>
     </row>
     <row r="351" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A351" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>612</v>
+        <v>315</v>
       </c>
       <c r="C351" s="7" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>59</v>
+      </c>
+      <c r="D351" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="352" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A352" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C352" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D352" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="353" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A353" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="C353" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D353" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="354" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A354" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C354" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D354" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="355" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A355" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C355" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="356" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A356" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>321</v>
+        <v>58</v>
       </c>
       <c r="C356" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D356" s="6" t="s">
-        <v>31</v>
+      <c r="D356" s="8" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="357" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A357" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>58</v>
+        <v>317</v>
       </c>
       <c r="C357" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D357" s="8" t="s">
-        <v>60</v>
+      <c r="D357" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="358" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A358" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C358" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="359" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A359" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C359" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D359" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="360" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A360" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C360" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D360" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="361" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A361" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C361" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D361" s="6" t="s">
-        <v>31</v>
+      <c r="D361" s="8" t="s">
+        <v>561</v>
       </c>
     </row>
     <row r="362" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A362" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>326</v>
+        <v>32</v>
       </c>
       <c r="C362" s="7" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>30</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="363" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A363" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C363" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D363" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="364" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A364" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="C364" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D364" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="365" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A365" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C365" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D365" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="366" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A366" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C366" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="367" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A367" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C367" s="7" t="s">
         <v>30</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="368" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A368" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C368" s="7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D368" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="369" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A369" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>35</v>
+        <v>559</v>
       </c>
       <c r="C369" s="7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>59</v>
+      </c>
+      <c r="D369" s="8" t="s">
+        <v>560</v>
       </c>
     </row>
     <row r="370" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A370" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>561</v>
+        <v>26</v>
       </c>
       <c r="C370" s="7" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="D370" s="8" t="s">
-        <v>562</v>
+        <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A371" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="C371" s="7" t="s">
-        <v>27</v>
+        <v>86</v>
       </c>
       <c r="D371" s="8" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
     </row>
     <row r="372" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A372" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>90</v>
+        <v>115</v>
       </c>
       <c r="C372" s="7" t="s">
-        <v>88</v>
+        <v>116</v>
       </c>
       <c r="D372" s="8" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
     </row>
     <row r="373" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A373" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="C373" s="7" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="D373" s="8" t="s">
-        <v>119</v>
+        <v>87</v>
       </c>
     </row>
     <row r="374" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A374" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>87</v>
+        <v>593</v>
       </c>
       <c r="C374" s="7" t="s">
-        <v>88</v>
+        <v>594</v>
       </c>
       <c r="D374" s="8" t="s">
-        <v>89</v>
+        <v>595</v>
       </c>
     </row>
     <row r="375" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A375" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="C375" s="7" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>590</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="376" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A376" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="C376" s="7" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="D376" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="377" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A377" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="C377" s="7" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="378" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A378" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C378" s="7" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="379" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A379" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B379" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="C379" s="7" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="D379" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="380" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A380" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B380" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C380" s="7" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="D380" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="381" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A381" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C381" s="7" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="D381" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="382" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A382" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="C382" s="7" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="D382" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="383" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A383" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>587</v>
+        <v>569</v>
       </c>
       <c r="C383" s="7" t="s">
-        <v>594</v>
+        <v>30</v>
       </c>
       <c r="D383" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="384" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A384" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="C384" s="7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D384" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="385" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A385" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="C385" s="7" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D385" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="386" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A386" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="C386" s="7" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="D386" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="387" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A387" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="C387" s="7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D387" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="388" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A388" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="C388" s="7" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D388" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="389" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A389" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>576</v>
+        <v>78</v>
       </c>
       <c r="C389" s="7" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>30</v>
+      </c>
+      <c r="D389" s="8" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="390" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A390" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="C390" s="7" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D390" s="8" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
     </row>
     <row r="391" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A391" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C391" s="7" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="D391" s="8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="392" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A392" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C392" s="7" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="D392" s="8" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="393" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A393" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>75</v>
+        <v>526</v>
       </c>
       <c r="C393" s="7" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="D393" s="8" t="s">
-        <v>76</v>
+        <v>527</v>
       </c>
     </row>
     <row r="394" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A394" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B394" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="C394" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D394" s="8" t="s">
         <v>528</v>
-      </c>
-[...4 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="395" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A395" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C395" s="7" t="s">
-        <v>36</v>
+        <v>531</v>
       </c>
       <c r="D395" s="8" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="396" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A396" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>532</v>
+        <v>83</v>
       </c>
       <c r="C396" s="7" t="s">
-        <v>533</v>
+        <v>59</v>
       </c>
       <c r="D396" s="8" t="s">
-        <v>531</v>
+        <v>84</v>
       </c>
     </row>
     <row r="397" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A397" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>341</v>
+      </c>
+      <c r="C397" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="D397" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="398" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A398" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="399" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A399" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D399" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="400" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A400" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>340</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>562</v>
+      </c>
+      <c r="C400" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D400" s="8" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="401" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A401" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="C401" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D401" s="8" t="s">
-        <v>565</v>
+      <c r="D401" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="402" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A402" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>557</v>
+        <v>110</v>
       </c>
       <c r="C402" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D402" s="6" t="s">
-        <v>31</v>
+      <c r="D402" s="8" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="403" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A403" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>313</v>
+      </c>
+      <c r="C403" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="D403" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="404" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A404" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>327</v>
+      </c>
+      <c r="C404" s="7" t="s">
+        <v>59</v>
       </c>
       <c r="D404" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="405" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A405" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C405" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D405" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A406" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C406" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D406" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="407" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A407" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="C407" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D407" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="408" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A408" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C408" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D408" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="409" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A409" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C409" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D409" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="410" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A410" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C410" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D410" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="411" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A411" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>335</v>
+        <v>96</v>
       </c>
       <c r="C411" s="7" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>86</v>
+      </c>
+      <c r="D411" s="8" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="412" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A412" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>98</v>
+        <v>331</v>
       </c>
       <c r="C412" s="7" t="s">
-        <v>88</v>
+        <v>59</v>
       </c>
       <c r="D412" s="8" t="s">
-        <v>99</v>
+        <v>332</v>
       </c>
     </row>
     <row r="413" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A413" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>333</v>
+        <v>300</v>
       </c>
       <c r="C413" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D413" s="8" t="s">
-        <v>334</v>
+      <c r="D413" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="414" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A414" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C414" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D414" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="415" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A415" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C415" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D415" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="416" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A416" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C416" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D416" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="417" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A417" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C417" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D417" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="418" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A418" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C418" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D418" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="419" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A419" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C419" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D419" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="420" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A420" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C420" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D420" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="421" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A421" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C421" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D421" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="422" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A422" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="C422" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D422" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="423" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A423" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="C423" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D423" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="424" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A424" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C424" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D424" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="425" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A425" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C425" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D425" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="426" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A426" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C426" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D426" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="427" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A427" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="C427" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D427" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="428" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A428" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>311</v>
+        <v>334</v>
       </c>
       <c r="C428" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D428" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="429" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A429" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C429" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D429" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="430" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A430" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="C430" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D430" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="431" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A431" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="C431" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="C431" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D431" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="432" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A432" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>337</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>593</v>
+      </c>
+      <c r="C432" s="7" t="s">
+        <v>596</v>
+      </c>
+      <c r="D432" s="8" t="s">
+        <v>595</v>
       </c>
     </row>
     <row r="433" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A433" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>595</v>
+        <v>612</v>
       </c>
       <c r="C433" s="7" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="D433" s="8" t="s">
-        <v>597</v>
-[...6 lines deleted...]
-      <c r="B434" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="C434" s="7" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D434" xr:uid="{9D295189-F451-4679-8489-C90FAA568E29}">
-[...1 lines deleted...]
-      <sortCondition ref="A1:A432"/>
+  <autoFilter ref="A1:D433" xr:uid="{9D295189-F451-4679-8489-C90FAA568E29}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D433">
+      <sortCondition ref="A1:A431"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="D66" r:id="rId1" xr:uid="{8C5BA3B2-563A-49A8-AD23-9CB3501508C3}"/>
     <hyperlink ref="D118" r:id="rId2" xr:uid="{01D732DD-1381-48F2-A015-82CA6CC5C2D5}"/>
     <hyperlink ref="D161" r:id="rId3" xr:uid="{C11C6ED9-7157-43DC-AED0-415ED2902012}"/>
     <hyperlink ref="D166" r:id="rId4" xr:uid="{87680D78-6445-462A-9141-0B0DBBE89B36}"/>
     <hyperlink ref="D171" r:id="rId5" xr:uid="{869D0D9F-81E5-4564-82B8-5C6D5A5E5FC6}"/>
     <hyperlink ref="D172" r:id="rId6" xr:uid="{CA7A3CCC-E123-49A0-994B-DCE98F371659}"/>
     <hyperlink ref="D211" r:id="rId7" xr:uid="{53109C73-31BA-4EBC-8CBB-4507F362FD07}"/>
     <hyperlink ref="D212" r:id="rId8" xr:uid="{C498D90D-61A7-46FB-9ABF-F300903BD07F}"/>
     <hyperlink ref="D213" r:id="rId9" xr:uid="{50FA388D-45D3-43D9-A2F5-E89426325DB5}"/>
     <hyperlink ref="D214" r:id="rId10" xr:uid="{9FBE9A67-D3C2-4B09-AA90-6BD126AD8978}"/>
     <hyperlink ref="D215" r:id="rId11" xr:uid="{C576AB47-4950-4C15-9898-3FE291D6D60C}"/>
     <hyperlink ref="D216" r:id="rId12" xr:uid="{317413FE-AFF5-416D-8A48-F8ABBBD9F4DD}"/>
     <hyperlink ref="D217" r:id="rId13" xr:uid="{EBDB6832-9B83-44C7-9909-EF580F7DC844}"/>
     <hyperlink ref="D218" r:id="rId14" xr:uid="{8D23341C-C9FB-4904-B993-C3495D14ADD3}"/>
     <hyperlink ref="D219" r:id="rId15" xr:uid="{97F0FA62-1CC3-4C6A-A9A7-FA5A84C99720}"/>
     <hyperlink ref="D220" r:id="rId16" xr:uid="{A447FC9B-7EB1-4CB0-8B42-4506D96C060F}"/>
     <hyperlink ref="D221" r:id="rId17" xr:uid="{9A73171F-2C2F-4B72-863C-6987278BFEF0}"/>
     <hyperlink ref="D222" r:id="rId18" xr:uid="{1FCC5DAE-695C-443A-8BBB-A32CF7CABA6B}"/>
     <hyperlink ref="D223" r:id="rId19" xr:uid="{3C517E45-F8E9-46E7-9275-86F73D087361}"/>
     <hyperlink ref="D224" r:id="rId20" xr:uid="{4DFFC3B0-1C59-4004-801D-B0C63DBF3C45}"/>
-    <hyperlink ref="D434" r:id="rId21" xr:uid="{681CC4A6-17D8-4FD0-A10A-ADD44E4A7CFF}"/>
-[...2 lines deleted...]
-    <hyperlink ref="D412" r:id="rId24" xr:uid="{B9128B37-9F55-4843-8E54-05CBD73B58AA}"/>
+    <hyperlink ref="D433" r:id="rId21" xr:uid="{681CC4A6-17D8-4FD0-A10A-ADD44E4A7CFF}"/>
+    <hyperlink ref="D432" r:id="rId22" xr:uid="{CD3B2884-FC72-4B78-83A4-A46B4E8F1D02}"/>
+    <hyperlink ref="D412" r:id="rId23" xr:uid="{0FE9B99F-2C00-4705-976D-220BA0440E83}"/>
+    <hyperlink ref="D411" r:id="rId24" xr:uid="{B9128B37-9F55-4843-8E54-05CBD73B58AA}"/>
     <hyperlink ref="D225" r:id="rId25" xr:uid="{2D5CBE01-DC79-4DC3-A831-D1B612908051}"/>
     <hyperlink ref="D226" r:id="rId26" xr:uid="{CB24D04D-3A81-4F65-B6E2-355E2F3797B3}"/>
     <hyperlink ref="D227" r:id="rId27" xr:uid="{8F0FE85B-9303-4A43-BF4C-B4CC0D098BFD}"/>
     <hyperlink ref="D228" r:id="rId28" xr:uid="{1BA2AC36-694F-482E-9B68-B9E3D68245EE}"/>
-    <hyperlink ref="D403" r:id="rId29" xr:uid="{5830C4A2-4400-44C4-AF21-F7066EFA6664}"/>
+    <hyperlink ref="D402" r:id="rId29" xr:uid="{5830C4A2-4400-44C4-AF21-F7066EFA6664}"/>
     <hyperlink ref="D229" r:id="rId30" xr:uid="{5AAE79D2-2FBF-4709-B750-C877683880B3}"/>
     <hyperlink ref="D230" r:id="rId31" xr:uid="{AB1A1787-3545-41F7-A0CE-2B27D144DFD5}"/>
     <hyperlink ref="D231" r:id="rId32" xr:uid="{728F33C3-DAA5-4011-91A7-B922BCCF3E0A}"/>
     <hyperlink ref="D232" r:id="rId33" xr:uid="{5EFF7137-9ADB-4632-AD30-0AF8E07A848E}"/>
     <hyperlink ref="D233" r:id="rId34" xr:uid="{CD6B3D74-3605-435C-A124-63F4326A7899}"/>
     <hyperlink ref="D234" r:id="rId35" xr:uid="{1A5B7094-1F49-4AC7-ABA1-957C39C861B4}"/>
     <hyperlink ref="D235" r:id="rId36" xr:uid="{9225A9B9-62CA-4396-911F-4025BC026564}"/>
-    <hyperlink ref="D401" r:id="rId37" xr:uid="{7CF94645-2C89-4001-8DD8-708219E5A75D}"/>
-[...42 lines deleted...]
-    <hyperlink ref="D374" r:id="rId80" xr:uid="{727DCD44-EA8A-49AD-8953-49D8CFF2FEE9}"/>
+    <hyperlink ref="D400" r:id="rId37" xr:uid="{7CF94645-2C89-4001-8DD8-708219E5A75D}"/>
+    <hyperlink ref="D396" r:id="rId38" xr:uid="{808D33B0-C6DC-4B77-BE67-67F7230E9FB0}"/>
+    <hyperlink ref="D395" r:id="rId39" xr:uid="{6BDE9205-F86E-4611-9B63-C3F8A8771695}"/>
+    <hyperlink ref="D246" r:id="rId40" xr:uid="{CFFCEAC0-DD75-42EE-B5D7-7AE73B7F3809}"/>
+    <hyperlink ref="D252" r:id="rId41" xr:uid="{7798F1EC-F2EF-4254-A945-A7034CBE0ACF}"/>
+    <hyperlink ref="D253" r:id="rId42" xr:uid="{D8ADC46C-AAD4-4E28-AE1B-8366DBFC9AF6}"/>
+    <hyperlink ref="D394" r:id="rId43" xr:uid="{EBC23A40-FDE4-4780-9079-21453EBEC9B2}"/>
+    <hyperlink ref="D393" r:id="rId44" xr:uid="{F4F346D9-0057-4844-BD91-C01DB5459353}"/>
+    <hyperlink ref="D392" r:id="rId45" xr:uid="{2D37626D-84C4-4B73-88CB-E90C715DF386}"/>
+    <hyperlink ref="D254" r:id="rId46" xr:uid="{2F072004-2A55-4B60-B366-B6B679623317}"/>
+    <hyperlink ref="D257" r:id="rId47" xr:uid="{618929A5-B1B5-407B-935A-0EA7CC649EDF}"/>
+    <hyperlink ref="D258" r:id="rId48" xr:uid="{F412C91E-492F-49E5-B77B-201FB6529A2C}"/>
+    <hyperlink ref="D259" r:id="rId49" xr:uid="{6521CBC5-7E64-4B08-80DB-AC4B592E5466}"/>
+    <hyperlink ref="D261" r:id="rId50" xr:uid="{0BC06BD5-38DA-4000-8D35-87B9EAFEE015}"/>
+    <hyperlink ref="D285" r:id="rId51" xr:uid="{880C0A1A-79C5-419E-A29A-231970A62320}"/>
+    <hyperlink ref="D391" r:id="rId52" xr:uid="{F78D3E06-FB6A-4089-8BBC-F8B9B1BB840C}"/>
+    <hyperlink ref="D294" r:id="rId53" xr:uid="{CCE51F62-C6CE-432D-93DE-841AB9135047}"/>
+    <hyperlink ref="D295" r:id="rId54" xr:uid="{B007DDA9-6F59-463D-9B93-F5DDD2BF768D}"/>
+    <hyperlink ref="D297" r:id="rId55" xr:uid="{482311A4-7863-4D50-B4F1-24E59C5F7FC7}"/>
+    <hyperlink ref="D299" r:id="rId56" xr:uid="{F3C4B974-E5FD-4858-A928-38C49B994369}"/>
+    <hyperlink ref="D390" r:id="rId57" xr:uid="{86C6D212-6D7D-4DFB-9267-4238AEAD59E1}"/>
+    <hyperlink ref="D389" r:id="rId58" xr:uid="{CEA5E6E0-44E9-4571-B13D-6815A76A9596}"/>
+    <hyperlink ref="D374" r:id="rId59" xr:uid="{E5D6E977-52F5-4450-A77E-97BBBF89606C}"/>
+    <hyperlink ref="D300" r:id="rId60" xr:uid="{17904868-6056-41BE-9C24-50257F83F2FE}"/>
+    <hyperlink ref="D301" r:id="rId61" xr:uid="{8A8E9334-5E56-4257-9499-34AB2D29D57F}"/>
+    <hyperlink ref="D302" r:id="rId62" xr:uid="{A1A61C40-0CCB-4678-B373-6616615BA149}"/>
+    <hyperlink ref="D304" r:id="rId63" xr:uid="{E6808180-3DA3-48BC-B4EE-C62365E6F6B4}"/>
+    <hyperlink ref="D318" r:id="rId64" xr:uid="{EC10B246-838A-4CD3-82AD-987F48C0EF9A}"/>
+    <hyperlink ref="D319" r:id="rId65" xr:uid="{3D322C08-E81D-4D3E-A2B9-4E130A898559}"/>
+    <hyperlink ref="D329" r:id="rId66" xr:uid="{64BF49D0-E582-4D5E-B318-E844609FF47B}"/>
+    <hyperlink ref="D330" r:id="rId67" xr:uid="{804F3C42-CE58-4FA7-8006-276D66B8183B}"/>
+    <hyperlink ref="D331" r:id="rId68" xr:uid="{4666921E-1FE1-45B3-84ED-8022A0727D19}"/>
+    <hyperlink ref="D335" r:id="rId69" xr:uid="{00DEF7D3-962B-4538-93CD-4A88448E55A7}"/>
+    <hyperlink ref="D336" r:id="rId70" xr:uid="{64B601C8-758E-40DC-BFFB-DD079240CE30}"/>
+    <hyperlink ref="D339" r:id="rId71" xr:uid="{A700F244-4B07-4AF6-8245-B6B65BA0A873}"/>
+    <hyperlink ref="D350" r:id="rId72" xr:uid="{2F564346-0603-487B-BEF5-7FE518ECDD2D}"/>
+    <hyperlink ref="D356" r:id="rId73" xr:uid="{5F27A4DF-CC69-4C07-8232-5D87516CB04B}"/>
+    <hyperlink ref="D361" r:id="rId74" xr:uid="{916A1162-3CDA-4A3D-A450-2813A69008A1}"/>
+    <hyperlink ref="D369" r:id="rId75" xr:uid="{64AA0C80-FA13-4A2D-BBB9-A2799F451C4C}"/>
+    <hyperlink ref="D370" r:id="rId76" xr:uid="{F82D6DF8-F45C-4DCE-84FB-04ECF81A3D75}"/>
+    <hyperlink ref="D371" r:id="rId77" xr:uid="{8FD497A9-152F-4610-BE07-DC811237FD26}"/>
+    <hyperlink ref="D372" r:id="rId78" xr:uid="{FCD70BEF-8566-4232-89F9-F3AEA09871B5}"/>
+    <hyperlink ref="D373" r:id="rId79" xr:uid="{727DCD44-EA8A-49AD-8953-49D8CFF2FEE9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId81"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId80"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Saraksts</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>