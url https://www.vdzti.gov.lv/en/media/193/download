--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Statistika\Laikrindas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4B0EE52A-A825-4CC8-A8C7-7CED0AD260F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{544DFD9A-597B-4411-81BD-3E185473DD85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Casualties_month" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Casualties_month!$A$2:$O$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Casualties_month!$A$1:$O$262</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Casualties_month!$A$1:$O$263</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="32">
   <si>
     <t>Gads</t>
   </si>
   <si>
     <t>Mēnesis</t>
   </si>
   <si>
     <t>Cietušo skaits</t>
   </si>
   <si>
     <t>Sieviete</t>
   </si>
   <si>
     <t>Vīrietis</t>
   </si>
   <si>
     <t>M01</t>
   </si>
   <si>
     <t>M02</t>
   </si>
   <si>
     <t>M03</t>
   </si>
   <si>
@@ -568,55 +568,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P262"/>
+  <dimension ref="A1:P263"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A246" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G253" sqref="G253"/>
+      <selection pane="bottomLeft" activeCell="A262" sqref="A262:O263"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11" style="2" customWidth="1"/>
     <col min="2" max="2" width="8.88671875" style="2"/>
     <col min="3" max="3" width="10" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.33203125" style="2" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="2" customWidth="1"/>
     <col min="6" max="6" width="9.21875" style="2" customWidth="1"/>
     <col min="7" max="7" width="10" style="2" customWidth="1"/>
     <col min="8" max="8" width="12.5546875" style="2" customWidth="1"/>
     <col min="9" max="9" width="11.88671875" style="2" customWidth="1"/>
     <col min="10" max="10" width="15.6640625" style="2" customWidth="1"/>
     <col min="11" max="11" width="12.88671875" style="2" customWidth="1"/>
     <col min="12" max="13" width="15.6640625" style="2" customWidth="1"/>
     <col min="14" max="14" width="11.88671875" style="2" customWidth="1"/>
     <col min="15" max="15" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
@@ -12863,86 +12863,133 @@
       </c>
       <c r="K261" s="2">
         <v>1</v>
       </c>
       <c r="L261" s="2">
         <v>0</v>
       </c>
       <c r="M261" s="2">
         <v>0</v>
       </c>
       <c r="N261" s="2">
         <v>1</v>
       </c>
       <c r="O261" s="2">
         <v>3.25</v>
       </c>
     </row>
     <row r="262" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A262" s="8">
         <v>2025</v>
       </c>
       <c r="B262" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D262" s="8">
         <v>2</v>
       </c>
       <c r="E262" s="8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F262" s="8">
         <v>1</v>
       </c>
       <c r="G262" s="8">
+        <v>3</v>
+      </c>
+      <c r="H262" s="8">
+        <v>0</v>
+      </c>
+      <c r="I262" s="8">
+        <v>0</v>
+      </c>
+      <c r="J262" s="8">
+        <v>1</v>
+      </c>
+      <c r="K262" s="8">
+        <v>1</v>
+      </c>
+      <c r="L262" s="8">
+        <v>0</v>
+      </c>
+      <c r="M262" s="8">
+        <v>0</v>
+      </c>
+      <c r="N262" s="8">
+        <v>2</v>
+      </c>
+      <c r="O262" s="8">
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="263" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A263" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C263" s="1">
         <v>4</v>
       </c>
-      <c r="H262" s="8">
-[...20 lines deleted...]
-      <c r="O262" s="8">
+      <c r="D263" s="2">
+        <v>2</v>
+      </c>
+      <c r="E263" s="2">
+        <v>2</v>
+      </c>
+      <c r="F263" s="2">
+        <v>3</v>
+      </c>
+      <c r="G263" s="2">
+        <v>1</v>
+      </c>
+      <c r="H263" s="2">
+        <v>0</v>
+      </c>
+      <c r="I263" s="2">
+        <v>0</v>
+      </c>
+      <c r="J263" s="2">
+        <v>2</v>
+      </c>
+      <c r="K263" s="2">
+        <v>2</v>
+      </c>
+      <c r="L263" s="2">
+        <v>0</v>
+      </c>
+      <c r="M263" s="2">
+        <v>0</v>
+      </c>
+      <c r="N263" s="2">
+        <v>0</v>
+      </c>
+      <c r="O263" s="2">
         <v>3.25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <autoFilter ref="A2:N2" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>