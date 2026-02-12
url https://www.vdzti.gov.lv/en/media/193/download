--- v1 (2025-12-08)
+++ v2 (2026-02-12)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.30.102\Statistika\Laikrindas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{544DFD9A-597B-4411-81BD-3E185473DD85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{030F30C0-11B5-4CB6-B0B9-0FC1B7BC72DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Casualties_month" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Casualties_month!$A$2:$O$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Casualties_month!$A$1:$O$263</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Casualties_month!$A$1:$O$266</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="32">
   <si>
     <t>Gads</t>
   </si>
   <si>
     <t>Mēnesis</t>
   </si>
   <si>
     <t>Cietušo skaits</t>
   </si>
   <si>
     <t>Sieviete</t>
   </si>
   <si>
     <t>Vīrietis</t>
   </si>
   <si>
     <t>M01</t>
   </si>
   <si>
     <t>M02</t>
   </si>
   <si>
     <t>M03</t>
   </si>
   <si>
@@ -568,55 +568,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P263"/>
+  <dimension ref="A1:P266"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A246" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A262" sqref="A262:O263"/>
+      <selection pane="bottomLeft" activeCell="F260" sqref="F260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11" style="2" customWidth="1"/>
     <col min="2" max="2" width="8.88671875" style="2"/>
     <col min="3" max="3" width="10" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.33203125" style="2" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="2" customWidth="1"/>
     <col min="6" max="6" width="9.21875" style="2" customWidth="1"/>
     <col min="7" max="7" width="10" style="2" customWidth="1"/>
     <col min="8" max="8" width="12.5546875" style="2" customWidth="1"/>
     <col min="9" max="9" width="11.88671875" style="2" customWidth="1"/>
     <col min="10" max="10" width="15.6640625" style="2" customWidth="1"/>
     <col min="11" max="11" width="12.88671875" style="2" customWidth="1"/>
     <col min="12" max="13" width="15.6640625" style="2" customWidth="1"/>
     <col min="14" max="14" width="11.88671875" style="2" customWidth="1"/>
     <col min="15" max="15" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23.25" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
@@ -12947,50 +12947,191 @@
         <v>1</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="2">
         <v>0</v>
       </c>
       <c r="J263" s="2">
         <v>2</v>
       </c>
       <c r="K263" s="2">
         <v>2</v>
       </c>
       <c r="L263" s="2">
         <v>0</v>
       </c>
       <c r="M263" s="2">
         <v>0</v>
       </c>
       <c r="N263" s="2">
         <v>0</v>
       </c>
       <c r="O263" s="2">
         <v>3.25</v>
+      </c>
+    </row>
+    <row r="264" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A264" s="8">
+        <v>2025</v>
+      </c>
+      <c r="B264" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C264" s="11">
+        <v>2</v>
+      </c>
+      <c r="D264" s="8">
+        <v>2</v>
+      </c>
+      <c r="E264" s="8">
+        <v>0</v>
+      </c>
+      <c r="F264" s="8">
+        <v>0</v>
+      </c>
+      <c r="G264" s="8">
+        <v>2</v>
+      </c>
+      <c r="H264" s="8">
+        <v>0</v>
+      </c>
+      <c r="I264" s="8">
+        <v>0</v>
+      </c>
+      <c r="J264" s="8">
+        <v>0</v>
+      </c>
+      <c r="K264" s="8">
+        <v>1</v>
+      </c>
+      <c r="L264" s="8">
+        <v>0</v>
+      </c>
+      <c r="M264" s="8">
+        <v>0</v>
+      </c>
+      <c r="N264" s="8">
+        <v>1</v>
+      </c>
+      <c r="O264" s="8">
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="265" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A265" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C265" s="1">
+        <v>1</v>
+      </c>
+      <c r="D265" s="2">
+        <v>1</v>
+      </c>
+      <c r="E265" s="2">
+        <v>0</v>
+      </c>
+      <c r="F265" s="2">
+        <v>0</v>
+      </c>
+      <c r="G265" s="2">
+        <v>1</v>
+      </c>
+      <c r="H265" s="2">
+        <v>0</v>
+      </c>
+      <c r="I265" s="2">
+        <v>0</v>
+      </c>
+      <c r="J265" s="2">
+        <v>0</v>
+      </c>
+      <c r="K265" s="2">
+        <v>0</v>
+      </c>
+      <c r="L265" s="2">
+        <v>1</v>
+      </c>
+      <c r="M265" s="2">
+        <v>0</v>
+      </c>
+      <c r="N265" s="2">
+        <v>0</v>
+      </c>
+      <c r="O265" s="2">
+        <v>3.23</v>
+      </c>
+    </row>
+    <row r="266" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A266" s="8">
+        <v>2026</v>
+      </c>
+      <c r="B266" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="C266" s="11">
+        <v>0</v>
+      </c>
+      <c r="D266" s="8">
+        <v>0</v>
+      </c>
+      <c r="E266" s="8">
+        <v>0</v>
+      </c>
+      <c r="F266" s="8">
+        <v>0</v>
+      </c>
+      <c r="G266" s="8">
+        <v>0</v>
+      </c>
+      <c r="H266" s="8">
+        <v>0</v>
+      </c>
+      <c r="I266" s="8">
+        <v>0</v>
+      </c>
+      <c r="J266" s="8">
+        <v>0</v>
+      </c>
+      <c r="K266" s="8">
+        <v>0</v>
+      </c>
+      <c r="L266" s="8">
+        <v>0</v>
+      </c>
+      <c r="M266" s="8">
+        <v>0</v>
+      </c>
+      <c r="N266" s="8">
+        <v>0</v>
+      </c>
+      <c r="O266" s="8">
+        <v>3.23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <autoFilter ref="A2:N2" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>